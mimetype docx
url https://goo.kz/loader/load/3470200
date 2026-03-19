--- v0 (2025-12-10)
+++ v1 (2026-03-19)
@@ -1,450 +1,1320 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00952806" w:rsidRPr="00952806" w:rsidRDefault="00952806" w:rsidP="00952806">
+    <w:p w:rsidR="000C31C9" w:rsidRDefault="000C31C9" w:rsidP="00952806">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Адамгершілік тәрбие</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00441668" w:rsidRDefault="00441668" w:rsidP="00952806">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00952806" w:rsidRPr="00952806" w:rsidRDefault="00952806" w:rsidP="00952806">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00952806">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00952806" w:rsidRPr="00952806" w:rsidRDefault="00952806" w:rsidP="00952806">
+    <w:p w:rsidR="00D90E2C" w:rsidRDefault="000C31C9" w:rsidP="00952806">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Терең адамгершілік сезімісіз</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D90E2C" w:rsidRDefault="00E96F80" w:rsidP="00952806">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адам махабатқа, намысқа, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D90E2C" w:rsidRDefault="00D90E2C" w:rsidP="00952806">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ештеңеге ие бола алмайды, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D90E2C" w:rsidRPr="00D90E2C" w:rsidRDefault="00D90E2C" w:rsidP="00D90E2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">адам бола алмайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00952806" w:rsidRPr="00952806" w:rsidRDefault="00D90E2C" w:rsidP="00952806">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00952806">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Без глубокого нравственного чувства</w:t>
+        <w:t>В. Г.</w:t>
+      </w:r>
+      <w:r w:rsidR="00952806" w:rsidRPr="00952806">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Белинский </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00952806" w:rsidRPr="00952806" w:rsidRDefault="00952806" w:rsidP="00952806">
+    <w:p w:rsidR="00952806" w:rsidRDefault="00952806" w:rsidP="00952806">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="right"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00952806">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>человек не может иметь ни любви,</w:t>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00952806" w:rsidRPr="00952806" w:rsidRDefault="00952806" w:rsidP="00952806">
-[...63 lines deleted...]
-    <w:p w:rsidR="00952806" w:rsidRPr="00952806" w:rsidRDefault="00952806" w:rsidP="00952806">
+    <w:p w:rsidR="00441668" w:rsidRPr="00441668" w:rsidRDefault="00441668" w:rsidP="00952806">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00952806">
+    </w:p>
+    <w:p w:rsidR="007E6349" w:rsidRDefault="00F84195" w:rsidP="007E6349">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Білім беру жүйесін модернизациялаудың басты міндеттерінің бірі бәсегеке </w:t>
+      </w:r>
+      <w:r w:rsidR="001E02E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лайық білімі бар</w:t>
+      </w:r>
+      <w:r w:rsidR="003C2398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зияткер</w:t>
+      </w:r>
+      <w:r w:rsidR="007E6349">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00952806" w:rsidRPr="007E6349">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C2398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шығармашылық ойлау қабілетіне ие</w:t>
+      </w:r>
+      <w:r w:rsidR="00952806" w:rsidRPr="007E6349">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003C2398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоғары а</w:t>
+      </w:r>
+      <w:r w:rsidR="00780AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заматтық </w:t>
+      </w:r>
+      <w:r w:rsidR="004905DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қағидалары бар, </w:t>
+      </w:r>
+      <w:r w:rsidR="00952806" w:rsidRPr="007E6349">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C509B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">адамгершіл мәдениетке ие, патриоттық және әлеуметттік жауапкершілігі бар </w:t>
+      </w:r>
+      <w:r w:rsidR="007E6349">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тұлғаны қалыптастыру</w:t>
+      </w:r>
+      <w:r w:rsidR="00952806" w:rsidRPr="007E6349">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00952806" w:rsidRPr="007E6349" w:rsidRDefault="00BE6026" w:rsidP="007E6349">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
+      <w:r w:rsidR="00A51A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқу және тәрбие процессіндегі негізгі </w:t>
+      </w:r>
+      <w:r w:rsidR="00D33D60">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>міндеттерді жүзеге асыру  барысында</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1B7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D33D60">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жоғары </w:t>
+      </w:r>
+      <w:r w:rsidR="00054D4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">адамгершілік </w:t>
+      </w:r>
+      <w:r w:rsidR="00590B11">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қасиеттерді қалыптастыру </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB62B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және көшбасшылық қасиеттерді </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1B7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дамытуды басшылыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алуға </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1B7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болады.</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4261">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00952806" w:rsidRPr="007E6349">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>             </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00952806" w:rsidRPr="00952806" w:rsidRDefault="00952806" w:rsidP="00952806">
+    <w:p w:rsidR="00BE6026" w:rsidRDefault="00BE6026" w:rsidP="00952806">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00952806">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> мышлением, высокими гражданскими принципами, нравственной культурой, чувством патриотизма и социальной ответственности.                                     </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазіргі өмірде </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE73A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">адамның рухани және адамгершілік әлеміне, </w:t>
+      </w:r>
+      <w:r w:rsidR="00094B21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оның әрекеттері мен </w:t>
+      </w:r>
+      <w:r w:rsidR="00283E34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қарым-қатынасына барынша </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE73A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жоғары </w:t>
+      </w:r>
+      <w:r w:rsidR="00283E34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">талаптар қойылады. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00952806" w:rsidRPr="00952806" w:rsidRDefault="00952806" w:rsidP="00952806">
+    <w:p w:rsidR="00094B21" w:rsidRDefault="00094B21" w:rsidP="00441668">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тәрбиедегі ең басты </w:t>
+      </w:r>
+      <w:r w:rsidR="00880A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тізбек болып </w:t>
+      </w:r>
+      <w:r w:rsidR="00E35CDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">моральдік </w:t>
+      </w:r>
+      <w:r w:rsidR="00E020D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүріс-тұрыс нормаларын және </w:t>
+      </w:r>
+      <w:r w:rsidR="00E35CDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әдеп мәдениетін </w:t>
+      </w:r>
+      <w:r w:rsidR="00A67504">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E35CDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">игерулері  негіз болған, </w:t>
+      </w:r>
+      <w:r w:rsidR="00584CF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқушыларды</w:t>
+      </w:r>
+      <w:r w:rsidR="00C02838">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00880A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адамгершілік-</w:t>
+      </w:r>
+      <w:r w:rsidR="00E35CDA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құндылыққа бағдарлау.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F32D58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қоғамдағы жүріс-тұрысты </w:t>
+      </w:r>
+      <w:r w:rsidR="00623B54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">адамгершілік ретейді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00094B21" w:rsidRDefault="00623B54" w:rsidP="00441668">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ұсынылған сабақтар 5-сынып оқушыларына арналған. </w:t>
+      </w:r>
+      <w:r w:rsidR="007E2CA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Себебі, жасөспірімдік кезеңде дербестікке талпыныс</w:t>
+      </w:r>
+      <w:r w:rsidR="008F464A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E2CA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басталады.</w:t>
+      </w:r>
+      <w:r w:rsidR="008F464A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000468C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Адамгершілік білімнің бейберекеттігі, түсініктердің қалыптасуының </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC38A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көмескілігі дәл осындай шақта байқалады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00441668" w:rsidRDefault="00EC5838" w:rsidP="00441668">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұсынылған сабақтарың негізгі мақсаты: ада</w:t>
+      </w:r>
+      <w:r w:rsidR="00F26DD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мгершілік білімді қалыптастыру және қоршаған адамдармен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жүріс-тұрыстың </w:t>
+      </w:r>
+      <w:r w:rsidR="00F26DD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">адамгершілік тәжірибесін жинақтау болып табылады. </w:t>
+      </w:r>
+      <w:r w:rsidR="005A3EB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы сабақтар келесі нәтиже бере алады: </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7130">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">коммуникативтік дағдыларды, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1482F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көптеген адамгершілік түсініктерді меңгеру</w:t>
+      </w:r>
+      <w:r w:rsidR="008E57C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ге негіз болатын</w:t>
+      </w:r>
+      <w:r w:rsidR="00C1482F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7130">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>эмоционалдық</w:t>
+      </w:r>
+      <w:r w:rsidR="00C1482F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E57C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сезім әлемін  дамыту.</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7130">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE46FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қоршаған адамдарға байланысты </w:t>
+      </w:r>
+      <w:r w:rsidR="0024737D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ішкі және сыртқы жүріс-тұрыс </w:t>
+      </w:r>
+      <w:r w:rsidR="00262DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тұтастығы </w:t>
+      </w:r>
+      <w:r w:rsidR="00873B86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">туындаған </w:t>
+      </w:r>
+      <w:r w:rsidR="00262DC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдаятт</w:t>
+      </w:r>
+      <w:r w:rsidR="00873B86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арды өз бетімен шешуге мүмкіндік береді.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00006820">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5-сынып оқушысының моделін жасау, әр оқушыға бір-біріне сыйластық пен мейірімділікпен қарауға мүмкіндік береді. Осындай жұ</w:t>
+      </w:r>
+      <w:r w:rsidR="009C6142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мыс тәрбие нормаларына қосылу нәижесін береді. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB5A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қоршаған ортамен қарым-қатынаста  ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00763B04">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еке қасиеттердің қалыптасуы </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB5A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00584964">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білімнің басты мазмұны болып саналады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC5838" w:rsidRDefault="00584964" w:rsidP="00441668">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ұсынылған </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB2B72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өмірлік жағдаятттарды шеше отрып оқушылар </w:t>
+      </w:r>
+      <w:r w:rsidR="00853035">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>достарының</w:t>
+      </w:r>
+      <w:r w:rsidR="001C602F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және өздерінің </w:t>
+      </w:r>
+      <w:r w:rsidR="00853035">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әрекеттерін </w:t>
+      </w:r>
+      <w:r w:rsidR="001C602F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">салыстыру, саралауды, әдептік </w:t>
+      </w:r>
+      <w:r w:rsidR="00483395">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мазмұнын</w:t>
+      </w:r>
+      <w:r w:rsidR="001C602F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көруге үйренеді. </w:t>
+      </w:r>
+      <w:r w:rsidR="00483395">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сабақтар сын тұрғысынан ойлауға бағытталған. Осынын нәтижесінде оқушы өзіне және оны қоршағандарға </w:t>
+      </w:r>
+      <w:r w:rsidR="00441668">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әділ бағасын бере алады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00952806" w:rsidRPr="00EC5838" w:rsidRDefault="00AC38A9" w:rsidP="00952806">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00952806">
-[...109 lines deleted...]
-        <w:t>  личностных качеств, необходимых при взаимодействии с окружающим миром является главным содержанием занятий. Ученики, решая предложенные жизненные ситуации, связывают с проявленными личностными качествами, где происходит познание не только другого человека, но и самого себя, развивают у учащихся  умение сравнивать, анализировать, обобщать поступки товарищей и собственные, уметь видеть этическое содержание. Занятия направлены на развитие критического мышления, которые позволят давать адекватную оценку не только окружающим, но и самому себе.</w:t>
+      <w:r w:rsidRPr="00EC5838">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>        </w:t>
+      </w:r>
+      <w:r w:rsidR="00952806" w:rsidRPr="00EC5838">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                                       </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E34FE8" w:rsidRDefault="00E34FE8"/>
     <w:sectPr w:rsidR="00E34FE8" w:rsidSect="00E34FE8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="105"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00952806"/>
+    <w:rsid w:val="00006820"/>
+    <w:rsid w:val="000468C5"/>
+    <w:rsid w:val="00054D4A"/>
+    <w:rsid w:val="00094B21"/>
+    <w:rsid w:val="000C31C9"/>
+    <w:rsid w:val="001C602F"/>
+    <w:rsid w:val="001E02E4"/>
+    <w:rsid w:val="0024737D"/>
+    <w:rsid w:val="00262DC8"/>
+    <w:rsid w:val="00283E34"/>
+    <w:rsid w:val="002A44C4"/>
+    <w:rsid w:val="00315CD4"/>
+    <w:rsid w:val="003A047B"/>
+    <w:rsid w:val="003C2398"/>
+    <w:rsid w:val="00441668"/>
+    <w:rsid w:val="00483395"/>
+    <w:rsid w:val="004905DE"/>
+    <w:rsid w:val="004B4B80"/>
+    <w:rsid w:val="00584964"/>
+    <w:rsid w:val="00584CF1"/>
+    <w:rsid w:val="00590B11"/>
+    <w:rsid w:val="005A3EB5"/>
+    <w:rsid w:val="00623B54"/>
+    <w:rsid w:val="00763B04"/>
+    <w:rsid w:val="00780AE5"/>
+    <w:rsid w:val="007E2CA6"/>
+    <w:rsid w:val="007E6349"/>
+    <w:rsid w:val="00853035"/>
+    <w:rsid w:val="00873B86"/>
+    <w:rsid w:val="00880A21"/>
+    <w:rsid w:val="008C7130"/>
+    <w:rsid w:val="008E57C5"/>
+    <w:rsid w:val="008F464A"/>
     <w:rsid w:val="00952806"/>
+    <w:rsid w:val="009C6142"/>
+    <w:rsid w:val="00A51A38"/>
+    <w:rsid w:val="00A67504"/>
+    <w:rsid w:val="00AB5A84"/>
+    <w:rsid w:val="00AC38A9"/>
+    <w:rsid w:val="00AE73A4"/>
+    <w:rsid w:val="00B56043"/>
+    <w:rsid w:val="00BB2B72"/>
+    <w:rsid w:val="00BE6026"/>
+    <w:rsid w:val="00C02838"/>
+    <w:rsid w:val="00C1482F"/>
+    <w:rsid w:val="00C509B2"/>
+    <w:rsid w:val="00D33D60"/>
     <w:rsid w:val="00D74E75"/>
+    <w:rsid w:val="00D879C5"/>
+    <w:rsid w:val="00D90E2C"/>
+    <w:rsid w:val="00DE46FF"/>
+    <w:rsid w:val="00E020D3"/>
     <w:rsid w:val="00E34FE8"/>
+    <w:rsid w:val="00E35CDA"/>
+    <w:rsid w:val="00E96F80"/>
+    <w:rsid w:val="00EB62B2"/>
+    <w:rsid w:val="00EC5838"/>
+    <w:rsid w:val="00ED4261"/>
+    <w:rsid w:val="00F26DD4"/>
+    <w:rsid w:val="00F32D58"/>
+    <w:rsid w:val="00F84195"/>
+    <w:rsid w:val="00FB1B7D"/>
+    <w:rsid w:val="00FD50D0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -934,53 +1804,68 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2472</Characters>
+  <Pages>1</Pages>
+  <Words>331</Words>
+  <Characters>1890</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2900</CharactersWithSpaces>
+  <CharactersWithSpaces>2217</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>