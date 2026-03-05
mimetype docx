--- v0 (2025-12-19)
+++ v1 (2026-03-05)
@@ -1,4185 +1,1918 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00D80B30" w:rsidRPr="00A45099" w:rsidRDefault="00A45099" w:rsidP="00A45099">
+    <w:p w:rsidR="00EF3AC5" w:rsidRPr="00EF3AC5" w:rsidRDefault="00E93077" w:rsidP="00333E31">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...76 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidR="00333E31">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A45099">
+        <w:t xml:space="preserve">«Развитие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00333E31">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">бағдарламасы </w:t>
+        <w:t>трёхъязычи</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00333E31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00333E31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00333E31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> основа формирования </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00333E31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>полиязыковой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00333E31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> личности»</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:top w:w="30" w:type="dxa"/>
           <w:left w:w="30" w:type="dxa"/>
           <w:bottom w:w="30" w:type="dxa"/>
           <w:right w:w="30" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9415"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00385A30" w:rsidRPr="000C179F" w:rsidTr="00385A30">
+      <w:tr w:rsidR="00385A30" w:rsidRPr="00385A30" w:rsidTr="00385A30">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DF5027" w:rsidRPr="000C179F" w:rsidRDefault="00DF5027" w:rsidP="00DF5027">
+          <w:p w:rsidR="00DF5027" w:rsidRDefault="00385A30" w:rsidP="00DF5027">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidR="00333E31">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Цель: </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED39D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Развитие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>полиязыковой</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личности, способной на социальное самоопределение, владеющей несколькими языками, способной осуществлять коммуникативно-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельностные</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> операции на трех языках во всех ситуациях. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">       Современное казахстанское общество сегодня характеризуются общественной модернизацией и стремлением к мировым интеграционным процессам, где ведущую позицию в процессе модернизации занимает образование. Известно, что только  то общество может успешно развиваться и гармонично вписаться в ряд ведущих стран мира, которое сумеет создать для своих граждан достойные условия приобретения качественного и современного образования. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Повсеместный переход делопроизводства на государственный язык требует глубоких его знаний, интеграция Казахстана в мировое пространство – знания английского, а русский необходим как язык межнационального общения. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        Идея </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>полиязычного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> впервые была высказана Президентом страны</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF5027">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.А. Назарбаевым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в октябре 2006 г. на Ассамблее народов Казахстана.  </w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="0071129A" w:rsidRDefault="0071129A" w:rsidP="00DF5027">
+          <w:p w:rsidR="00CB2973" w:rsidRDefault="00DF5027" w:rsidP="00DF5027">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B117E1">
-[...29 lines deleted...]
-              <w:t>Көп тілді тұлғаны дамыту өзін-өзі әлеуметті анықтауға қаблетті, бірнеше тілді меңгерген, барлық жағдайларда коммуникативті іс-әрекеттер операцияларын үш тілде жасауға қаблетті.</w:t>
+            <w:r w:rsidR="00385A30" w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00385A30" w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В феврале 2007 г. в Послании «Новый Казахстан в новом мире» была предложена поэтапная реализация культурного проекта «Триединство языков в Республике Казахстан», который был принят на государственном уровне в июле 2007 г. Суть данного проекта в том, чтобы каждый </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00385A30" w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>казахстанец</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00385A30" w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> проникся идеей овладения тремя языками, а система школьного образования создала для этого реальные условия.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00385A30" w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Конечная цель – способствовать прорыву экономики Казахстана, обеспечению его конкурентоспособности и успешному вхождени</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ю в мировое пространство.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidR="00385A30" w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00385A30" w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Поручение Главы государства, данное на XXII сессии Ассамблеи народа Казахстана от 23 апреля 2015 года (пункт 89 Плана Нации «100 конкретных шагов: современное государство для всех») является основанием разработки дорожной карты  развития трехъязычного образования на 2015-2020 годы, которая направлена на улучшение условий образовательной среды, способствующей овладению обучающимися государственным языком – казахским, русским языком, употребляемым наравне с казахским в качестве официального  и</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00385A30" w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> английским языком как инструментом успешной интеграции     в мировое сообщество.</w:t>
+            </w:r>
+            <w:r w:rsidR="00385A30" w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">       На современном этапе развития Казахстана новый формат языковой политики государства  ориентирует на возрождение интеллектуально-творческого потенциала народа, интеграции личности в международное пространство. Главной составляющей этого триединства языков является государственный казахский язык как фактор консолидации общества, его духовного возрождения через познание истории, культуры, национальной самобытности его создателя – казахского народа. </w:t>
+            </w:r>
+            <w:r w:rsidR="00385A30" w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">       Немаловажна роль в триаде русского языка, который также способствует единению и сплочению различных социальных и этнических групп в единое целое – народ Казахстана. К тому же русский язык выступает средством межкультурной коммуникации и международного сотрудничества со стратегическими партнерами на постсоветском пространстве. </w:t>
+            </w:r>
+            <w:r w:rsidR="00385A30" w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">        Сегодня знание иностранного языка открывает окно в большой глобальный мир с его колоссальным потоком информации и инноваций. Овладение иностранным языком дает возможность обучения за рубежом в лучших вузах мира и создает возможность получения практического опыта в передовых странах.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00610074" w:rsidRDefault="00B117E1" w:rsidP="00DF5027">
+          <w:p w:rsidR="00385A30" w:rsidRPr="00385A30" w:rsidRDefault="00385A30" w:rsidP="00CB2973">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...55 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЭТАПЫ РЕАЛИЗАЦИИ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00385A30" w:rsidRPr="00385A30" w:rsidRDefault="00385A30" w:rsidP="00385A30">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7  направлений</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1.    Нормативная и правовая база</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00385A30" w:rsidRPr="00385A30" w:rsidRDefault="00385A30" w:rsidP="00B47012">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1 ЭТАП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00F9222B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Изучение, выявление ресурсов, необходимых для участника областного эксперимента. Оформление заявочных материалов. Утверждение программы </w:t>
+            </w:r>
+            <w:r w:rsidR="00F9222B" w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Развитие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F9222B" w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>трехъязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F9222B" w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> как основа форм</w:t>
+            </w:r>
+            <w:r w:rsidR="00F9222B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ирования </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F9222B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>полиязыковой</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F9222B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личности», планирование. </w:t>
+            </w:r>
+            <w:r w:rsidR="00F9222B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00610074">
-[...149 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Внесение изменений и дополнений в учебные программы </w:t>
+            </w:r>
+            <w:r w:rsidR="00F9222B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">спецкурсов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">языковых дисциплин с учетом коммуникативного подхода, </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB2973">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">определение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сквозных тем, преемственности  в</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB2973">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> преподавании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> предмет</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB2973">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2 ЭТАП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>. Разработка рабочих учебных планов на основе сопоставимых уровневых систем обучения казахскому языку, русскому и английскому языкам. Работа с нормативн</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> правовыми актами, понятийным аппаратом в преподавании предмета «История Казахстана» на казахском языке, предмета «Всемирная история» на русском языке вне зависимости от языка обучения.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3 ЭТАП. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выполнение профессионального стандарта в сфере образования, Типовых учебных программ по казахскому, русскому и английскому языкам на основе </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB2973">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГОСО-2012</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00320C28" w:rsidRDefault="00F82D57" w:rsidP="00DF5027">
-[...1062 lines deleted...]
-          <w:p w:rsidR="00385A30" w:rsidRPr="00F82D57" w:rsidRDefault="00385A30" w:rsidP="00385A30">
+          <w:p w:rsidR="00385A30" w:rsidRPr="00385A30" w:rsidRDefault="00385A30" w:rsidP="00385A30">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F82D57">
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Ғылыми- зерттеу қызметі </w:t>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2.    Научно-исследовательская деятельность</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005F2761" w:rsidRDefault="00385A30" w:rsidP="00B47012">
+          <w:p w:rsidR="00385A30" w:rsidRPr="00385A30" w:rsidRDefault="00385A30" w:rsidP="00B47012">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F82D57">
-[...58 lines deleted...]
-              <w:t xml:space="preserve">Үштілді оқытудың ғылыми зерттеу бағыттарын анықтау. </w:t>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1 ЭТАП. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Определение направлений научных исследований по трехъязычному образованию.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2 ЭТАП.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>  Участие в научно-исследовательской работе в реализации трехъязычного образования. Проведение мониторинга внедрения результатов исследований для улучшения практики трехъязычного образования.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3 ЭТАП. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Анализ научно-исследовательской деятельности преподавателей по реализации трехъязычного образования.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009613A0" w:rsidRDefault="00385A30" w:rsidP="00B47012">
-[...171 lines deleted...]
-          <w:p w:rsidR="00385A30" w:rsidRPr="00F82D57" w:rsidRDefault="00385A30" w:rsidP="00385A30">
+          <w:p w:rsidR="00385A30" w:rsidRPr="00385A30" w:rsidRDefault="00385A30" w:rsidP="00385A30">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F82D57">
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Әдістемелік және оқыту- әдістемелік қамту </w:t>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3.    Методологическое и учебно-методическое обеспечение</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00655A1A" w:rsidRDefault="00385A30" w:rsidP="00CB2973">
+          <w:p w:rsidR="00CB2973" w:rsidRDefault="00385A30" w:rsidP="00CB2973">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F82D57">
-[...234 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1 ЭТАП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>. Разработка учебно-методических комплексов и выпуск учебно-методической продукции по языковым предметам. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2 ЭТАП. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Разработка учебно-методических пособий по интегрированному обучению предмету (информатика, физика, химия, биология) и языку. Разработка программ предметов вариативного компонента старших классов на английском языке.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3 ЭТАП.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> Систематизация учебно-методического обеспечения: учебно-методических комплексов, выпуск учебно-методической продукции, вариативных программ по реализации трехъязычного образования.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CB2973" w:rsidRPr="00F82D57" w:rsidRDefault="00385A30" w:rsidP="00CB2973">
+          <w:p w:rsidR="00385A30" w:rsidRPr="00CB2973" w:rsidRDefault="00385A30" w:rsidP="00CB2973">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F82D57">
-[...138 lines deleted...]
-              <w:br/>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.    Подготовка кадров и повышение квалификации </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00373D42" w:rsidRDefault="00385A30" w:rsidP="00CB2973">
+          <w:p w:rsidR="00B47012" w:rsidRPr="00CB2973" w:rsidRDefault="00385A30" w:rsidP="00CB2973">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F82D57">
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Кадрларды дайындап, біліктілігін көтеру </w:t>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1 ЭТАП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Проведение мониторинга потребности в педагогических кадрах для реализации трехъязычного образования в </w:t>
+            </w:r>
+            <w:r w:rsidR="00B47012">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>школе-лицее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2 ЭТАП.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> Разработка плана подготовки и повышения квалификации педагогических кадров для реализации трехъязычного образования. Прохождение курсов повышения квалификации преподавателями по реализации трехъязычного образования. Получение по возможности второго высшего образования (английского языка) преподавателями биологии, физики, химии, информатики.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3 ЭТАП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Рефлексивный отчет   </w:t>
+            </w:r>
+            <w:r w:rsidR="00B47012">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учителей </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB2973">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> реализации трехъязычного образования.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B47012" w:rsidRPr="00AE4D6E" w:rsidRDefault="00385A30" w:rsidP="00CB2973">
-[...406 lines deleted...]
-          <w:p w:rsidR="00385A30" w:rsidRPr="00AE4D6E" w:rsidRDefault="00385A30" w:rsidP="00385A30">
+          <w:p w:rsidR="00385A30" w:rsidRPr="00385A30" w:rsidRDefault="00385A30" w:rsidP="00385A30">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE4D6E">
-[...41 lines deleted...]
-              <w:t> </w:t>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.    Институциональная  поддержка </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00914836" w:rsidRDefault="00385A30" w:rsidP="00B47012">
+          <w:p w:rsidR="00B47012" w:rsidRDefault="00385A30" w:rsidP="00B47012">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE4D6E">
-[...37 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1 ЭТАП.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Создание творческой группы по реализации трехъязычного образования в </w:t>
+            </w:r>
+            <w:r w:rsidR="00B47012">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>школе-лицее, участие в работе городских, областных творческих групп</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AE4D6E">
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2 ЭТАП. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Составление плана работы творческой группы по реализации трехъязычного образования в </w:t>
+            </w:r>
+            <w:r w:rsidR="00B47012">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>школе-лицее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>. Организация и проведение семинаров и совещаний по реализации трехъязычного образования.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3 ЭТАП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>. Анализ работы творческой группы по реализации трехъязычного образования</w:t>
+            </w:r>
+            <w:r w:rsidR="00B47012">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00207B1F" w:rsidRDefault="00385A30" w:rsidP="00B47012">
+          <w:p w:rsidR="00385A30" w:rsidRPr="00385A30" w:rsidRDefault="00385A30" w:rsidP="00B47012">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F82D57">
-[...111 lines deleted...]
-              <w:t xml:space="preserve"> бойынша семинарлар мен кеңестерді ұйымдастыру. </w:t>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6.    Информационное сопровождение</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00207B1F" w:rsidRDefault="00385A30" w:rsidP="00B47012">
-[...161 lines deleted...]
-          <w:p w:rsidR="00385A30" w:rsidRPr="00A45099" w:rsidRDefault="00207B1F" w:rsidP="00385A30">
+          <w:p w:rsidR="00385A30" w:rsidRPr="00385A30" w:rsidRDefault="00385A30" w:rsidP="00385A30">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F82D57">
-[...17 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1 ЭТАП.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> Установление социального партнерства в реализации трехъязычного образования.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2 ЭТАП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Освещение мероприятий, проделанной работы, достижения преподавателей и </w:t>
+            </w:r>
+            <w:r w:rsidR="00B47012">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учащихся </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>по реализации трехъязычного образования на веб-сайте</w:t>
+            </w:r>
+            <w:r w:rsidR="00B47012">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> школы-лицея</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B47012">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00FB7FD6" w:rsidRPr="00F82D57">
-[...26 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Освещение в СМИ о реализации проекта трехъязычного образования.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3 ЭТАП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>. Подготовка рефлексивного отчета по реализ</w:t>
+            </w:r>
+            <w:r w:rsidR="00B47012">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ации трехъязычного образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r>
-[...291 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="00E039E6" w:rsidRDefault="00FB7FD6" w:rsidP="00131AAE">
+          <w:p w:rsidR="00385A30" w:rsidRPr="00385A30" w:rsidRDefault="00385A30" w:rsidP="00131AAE">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ожидаемые результаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">•    будут сформированы принципиально новые подходы к языковой подготовке </w:t>
+            </w:r>
+            <w:r w:rsidR="00131AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>учащихся</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, что позволит создать условия по обеспечению опережающего развития обучения;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>•    осуществится переход на трехступенчатый</w:t>
+            </w:r>
+            <w:r w:rsidR="00131AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="004A5A84">
-[...15 lines deleted...]
-              <w:t>қамтамасыз етуге мүмкіншілік береді;</w:t>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>уровень</w:t>
+            </w:r>
+            <w:r w:rsidR="00131AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">языковой подготовки </w:t>
+            </w:r>
+            <w:r w:rsidR="00131AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учащихся </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(начальный, продолжающий, углубленный);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>•    активизируется научная, методическая и инновационная деятельность в использовании языка, в частности, в области применения интерактивных</w:t>
+            </w:r>
+            <w:r w:rsidR="00131AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, проектных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> технологий;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>•    будет обеспечена непрерывность, доступность и преемственность всех уровней обучения языкам;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>•    будут созданы условия для получения качественного, конкурентоспособного образования, ориентированного на результат;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>•    будет создана эффективная система научного и учебно-методического обеспечения;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">•    будут усилены внешние связи </w:t>
+            </w:r>
+            <w:r w:rsidR="006E56F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>школы - лицея с другими участниками эксперимента</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">•    будет создано позитивное общественное мнение о приоритетности изучения  языка как необходимого условия  формирования </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>полиязычной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00385A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личности и воспитание достойных граждан Казахстана.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E039E6" w:rsidRDefault="00626A5F" w:rsidP="00131AAE">
-[...369 lines deleted...]
-          <w:p w:rsidR="00385A30" w:rsidRDefault="00385A30" w:rsidP="00D74970">
+          <w:p w:rsidR="00385A30" w:rsidRPr="00385A30" w:rsidRDefault="00385A30" w:rsidP="00385A30">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="0" w:name="_GoBack"/>
         <w:bookmarkEnd w:id="0"/>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C648AE" w:rsidRPr="002932A5" w:rsidRDefault="00C648AE">
+    <w:p w:rsidR="006B42A8" w:rsidRPr="00385A30" w:rsidRDefault="006B42A8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00C648AE" w:rsidRPr="002932A5">
+    <w:sectPr w:rsidR="006B42A8" w:rsidRPr="00385A30">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A7682C"/>
-    <w:rsid w:val="00003C96"/>
-[...2 lines deleted...]
-    <w:rsid w:val="000C179F"/>
+    <w:rsid w:val="000A6002"/>
+    <w:rsid w:val="000F02F3"/>
     <w:rsid w:val="00131AAE"/>
-    <w:rsid w:val="00135E63"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00295A96"/>
     <w:rsid w:val="002C5067"/>
-    <w:rsid w:val="002D1550"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00373D42"/>
+    <w:rsid w:val="00333E31"/>
     <w:rsid w:val="00385A30"/>
-    <w:rsid w:val="003D004A"/>
-[...18 lines deleted...]
-    <w:rsid w:val="006A421C"/>
     <w:rsid w:val="006B42A8"/>
     <w:rsid w:val="006E56F8"/>
-    <w:rsid w:val="0071129A"/>
-[...17 lines deleted...]
-    <w:rsid w:val="00A45099"/>
+    <w:rsid w:val="0070261C"/>
     <w:rsid w:val="00A7682C"/>
-    <w:rsid w:val="00A95733"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B117E1"/>
     <w:rsid w:val="00B47012"/>
     <w:rsid w:val="00C0241A"/>
-    <w:rsid w:val="00C04B9A"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00CA7183"/>
     <w:rsid w:val="00CB2973"/>
-    <w:rsid w:val="00CD2725"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00DE0E1E"/>
     <w:rsid w:val="00DF5027"/>
-    <w:rsid w:val="00E002F5"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00F82D57"/>
+    <w:rsid w:val="00E865D1"/>
+    <w:rsid w:val="00E93077"/>
+    <w:rsid w:val="00ED39D9"/>
+    <w:rsid w:val="00EF3AC5"/>
     <w:rsid w:val="00F9222B"/>
-    <w:rsid w:val="00FB7FD6"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FE7904"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -4382,50 +2115,61 @@
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00385A30"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00385A30"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF3AC5"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -4604,92 +2348,103 @@
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00385A30"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00385A30"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF3AC5"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="1536502279">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="2026008996">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4933,86 +2688,70 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>939</Words>
-  <Characters>5353</Characters>
+  <Words>1165</Words>
+  <Characters>6645</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>55</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6280</CharactersWithSpaces>
+  <CharactersWithSpaces>7795</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ZAVUCH</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>