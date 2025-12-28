--- v0 (2025-12-05)
+++ v1 (2025-12-28)
@@ -1,8067 +1,2725 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00CC694B" w:rsidRPr="00CC694B" w:rsidRDefault="00CC694B" w:rsidP="00CC694B">
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
       <w:pPr>
         <w:spacing w:after="198"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Работа педагогического коллектива со способными и одаренными учащимися.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В школе сложился высококвалифицированный педагогический коллектив, который отличается стабильностью, творческой способностью к восприятию и реализации новых программ развития, стремлением дать учащимся хорошие знания. Учитель школы – творческий исследователь, работающий по экспериментальным программам, который владеет методиками индивидуального и дифференцированного обучения, разрабатывает </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CC694B">
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разноуровневые</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> программы и контрольные измерители, организует научную работу лицеистов, решает проблемы развивающего обучения. Он является одновременно и воспитателем, так как способен составить программу духовного роста ребенка, помочь в развитии индивидуальности каждого, владеет культурой общения и создает гуманистические отношения </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающимися.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:spacing w:after="198"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Одним из приоритетных направлений работы школы является создание системы поддержки талантливых детей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:spacing w:after="198"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Педагогический коллектив школы продолжает работу по реализации программы «Одаренные дети», ц</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Педагогикалық</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00190426">
+        <w:t xml:space="preserve">ели и задачи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>которой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> – в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыявление одаренных детей; создание условий для оптимального развития одаренных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC694B">
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>детей, чья</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>одаренность на данный момент может быть еще не проявившейся, а также</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>просто способных детей, в отношении которых есть серьезная надежда на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>качественный скачок в развитии их способностей.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:spacing w:after="198"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для реализации первой цели реализуются следующие задачи: знакомство педагогов с научными данными о психологических особенностях и методических приемах работы с одаренными детьми; обучение через методическую учебу, педсоветы, самообразование; накопление библиотечного фонда по данному вопросу; знакомство педагогов с приемами целенаправленного педагогического наблюдения, диагностики; проведение различных внеурочных конкурсов, интеллектуальных игр, олимпиад, позволяющих учащимся проявить свои способности.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:spacing w:after="198"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Составлен школьный план работы с одаренными и способными учащимися на 201</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-201</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:spacing w:after="198"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основными формами работы с одаренными учащимися являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>занятия в профильных классах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">внеурочная работа с </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>одаренными</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детьми-модель УВП системы школы «Путь к успеху»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>научное общество учащихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CC694B">
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(руководитель </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Амиркаирова З.А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00CC694B">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00CC694B">
+          <w:sz w:val="56"/>
+          <w:szCs w:val="56"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В рамках заявленной темы были выделены следующие приоритетные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>қабілетті</w:t>
+        <w:t>направления работы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1. Развитие благоприятной и мотивирующей на учебу атмосферы в школе, обучение школьников навыкам самоконтроля, самообразования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Развитие творческих способностей обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.Развитие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>одаренности и адаптивных возможностей учеников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Совершенствование процедуры мониторинга </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обученности</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CC694B">
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школьников с целью повышения качества образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Проведение работы, направленной на сохранение и укрепление здоровья обучающихся и привитие им навыков здорового образа жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>Задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Создание в школе благоприятных условий для умственного, нравственного и физического развития каждого ученика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Повышение профессиональной компетентности учителей школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Обеспечение высокого методического уровня проведения всех видов занятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Изучение и внедрение методик и приемов проведения современного урока</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Повышение качества проведения учебных занятий на основе внедрения новых технологий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. Выявление, обобщение и распространение опыта творчески работающих учителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7. Разработка учебных, научно-методических и дидактических материалов, сосредоточение основных усилий МО на создание у учащихся выпускных классов научной базы для успешного продолжения образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...78 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00190426" w:rsidRDefault="00CC694B" w:rsidP="00CC694B">
-[...2316 lines deleted...]
-    <w:p w:rsidR="00CC694B" w:rsidRPr="00CC694B" w:rsidRDefault="00CC694B" w:rsidP="00CC694B">
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
       <w:pPr>
         <w:spacing w:after="198"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC694B">
-[...205 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В течение года осуществляется сбор информации и материалов по всем аспектам деятельности одаренных детей и систематизация их в методическом кабинете, пополняется электронный банк (Портфолио) каждого учащегося школы. На сайте, в фойе школы систематически размещается информация о достижениях отдельных учеников школы и ученического коллектива в целом. Ученики награждаются По</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">хвальными листами и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> грамотами в торжественной обстановке на общешкольной линейке.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC694B" w:rsidRPr="00CC694B" w:rsidRDefault="00CC694B" w:rsidP="00CC694B">
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
       <w:pPr>
         <w:spacing w:after="198"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC694B">
-[...84 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Модель </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>учебно-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>воспитательной системы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: «Путь к успеху».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC694B" w:rsidRPr="00CC694B" w:rsidRDefault="00CC694B" w:rsidP="00CC694B">
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
       <w:pPr>
         <w:spacing w:after="198"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC694B">
-[...157 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тема года:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Формирование всесторонне развитой личности в условиях динамично развивающегося общества».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC694B" w:rsidRPr="002A5C64" w:rsidRDefault="00CC694B" w:rsidP="00CC694B">
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
       <w:pPr>
         <w:spacing w:after="198"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...109 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> воспитание гражданина – патриота Казахстана, конкурентно способной, поликультурной личности с высоким уровнем гражданского, национального, исторического самосознания, с развитым интеллектом, экономическим мышлением и одаренностью, творческими способностями в освоении общечеловеческих ценностей, умеющего оперативно решать трудные жизненные вопросы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC694B" w:rsidRPr="002A5C64" w:rsidRDefault="00CC694B" w:rsidP="00CC694B">
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
       <w:pPr>
         <w:spacing w:after="198"/>
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> сапасын арттыру.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Работа с одаренными в разных областях и способными учащимися, их поиск, выявление и развитие является одним из важнейших аспектов деятельности школы. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC694B" w:rsidRPr="002A5C64" w:rsidRDefault="00CC694B" w:rsidP="00CC694B">
-[...612 lines deleted...]
-    <w:p w:rsidR="00CC694B" w:rsidRPr="002A5C64" w:rsidRDefault="00CC694B" w:rsidP="00CC694B">
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">С каждым годом увеличивается количество учащихся школы, которые занимаются в предметных кружках и дополнительных занятиях по одаренности. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Все </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">спецкурсы, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предметные кружки </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">работают по расписанию в соответствии с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> целью повышения результативности работы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с одаренными </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащимися </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в 2017-2018 учебном году продолжает</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  работу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>НОУ «ЭРУДИТ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. НОУ школы  создавалось с целью организации учебно-исследовательской деятельности одаренных детей, формирования у учащихся исследовательского типа мышления, научного мировоззрения.  Первостепенной задачей является обучение учащихся постановке цели и поиску оптимальных путей достижения поставленной цели.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЦЕЛИ  И  ЗАДАЧИ  УЧЕНИЧЕСКОГО НАУЧНОГО  ОБЩЕСТВА «ЭРУДИТ»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="152400" cy="152400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="10" name="Рисунок 10" descr="*"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Рисунок 3" descr="*"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="152400" cy="152400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>  Целью научно-исследовательской работы учеников является углубленное изучение и закрепление учебного материала, овладение разносторонними методами познания, современной методикой научных исследований.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:ind w:firstLine="142"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СОДЕРЖАНИЕ И ФОРМЫ РАБОТЫ НАУЧНОГО ОБЩЕСТВА «ЭРУДИТ»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="152400" cy="152400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="9" name="Рисунок 9" descr="*"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Рисунок 4" descr="*"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="152400" cy="152400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>    составление программ, разработка проектов и тем исследований;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="152400" cy="152400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="8" name="Рисунок 8" descr="*"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Рисунок 5" descr="*"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="152400" cy="152400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>    удовлетворение персонального спроса участников НОУ на изучение интересующих их проблем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="152400" cy="152400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="7" name="Рисунок 7" descr="*"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Рисунок 6" descr="*"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="152400" cy="152400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>    участие в олимпиадах, конкурсах, турнирах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:b/>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выставках;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="152400" cy="152400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="6" name="Рисунок 6" descr="*"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Рисунок 7" descr="*"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="152400" cy="152400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>    проведение семинаров, дискуссий, научно-практических конференций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="152400" cy="152400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="5" name="Рисунок 5" descr="*"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Рисунок 8" descr="*"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="152400" cy="152400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>    выступления с лекциями, докладами, сообщениями, творческими отчетами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="152400" cy="152400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="4" name="Рисунок 4" descr="*"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Рисунок 9" descr="*"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="152400" cy="152400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>    подготовка творческих работ и их публикация в сборниках;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="152400" cy="152400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="3" name="Рисунок 3" descr="*"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Рисунок 10" descr="*"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="152400" cy="152400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>    круглогодичная работа творческих лабораторий, мастерских, секций, клубов,     школ юных исследователей в школе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="152400" cy="152400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="2" name="Рисунок 2" descr="*"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Рисунок 11" descr="*"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="152400" cy="152400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>    индивидуальная и групповая работа учащихся под руководством учителей и   специалистов на базе школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:ind w:left="502" w:hanging="360"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="152400" cy="152400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="*"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Рисунок 12" descr="*"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="152400" cy="152400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>    организация интеллектуальных игр по развитию интересов и творческих способностей; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В состав НОУ вошли </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мектептің</w:t>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">учащиеся 1-11 классов. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Работа проводилась отдельными учителями, готовившими учеников на конкурс научно-исследовательских работ и предметные олимпиады. На первом этапе проводилась работа инициативной группы учителей и учащихся с историей создания и деятельностью подобных обществ в нашей стране, проводился сбор материала, обобщение имеющегося опыта, изучению нормативных документов. Был назначен руководитель научного общества, работала группа учащихся над проектами. Учащиеся научного общества нашей школы принимают активное участие в интеллектуальных олимпиадах, конкурсах и марафонах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:ind w:left="45" w:right="283" w:firstLine="599"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> оқу-тәрбие жүйесінің моделі: "Т</w:t>
-[...27 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C011CC" w:rsidRPr="002A5C64" w:rsidRDefault="00C011CC" w:rsidP="00CC694B">
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Работа НОУ осуществляется по следующим направлениям:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00CC694B" w:rsidRPr="002A5C64" w:rsidRDefault="002A5C64" w:rsidP="00CC694B">
-[...1626 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00364B0A">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">ОҒҚ жұмысы келесі </w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve"> асырылады:</w:t>
+        <w:t>Предметные олимпиады (школьные, городские, областные, республиканские)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC694B" w:rsidRPr="00CC694B" w:rsidRDefault="00CC694B" w:rsidP="00CC694B">
-      <w:pPr>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Конкурсы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00CC694B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>1.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CC694B">
+        <w:t>Дарын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:tab/>
-        <w:t>Пәндік олимпиадалар (мектеп, қалалық, облыстық, республикалық)</w:t>
+        <w:t xml:space="preserve"> (по направлениям:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЕМЦ, лингвистическое, гуманитарное)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC694B" w:rsidRPr="00CC694B" w:rsidRDefault="00CC694B" w:rsidP="00CC694B">
-      <w:pPr>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC694B">
+      <w:r w:rsidRPr="00CF7158">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>2.</w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> гуманитарлық бағыттар бойынша)</w:t>
+        <w:t>Конкурс научных проектов (научные проекты старших и младших школьников)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC694B" w:rsidRPr="00CC694B" w:rsidRDefault="00CC694B" w:rsidP="00CC694B">
-      <w:pPr>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC694B">
+      <w:r w:rsidRPr="00CF7158">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>3.</w:t>
-[...9 lines deleted...]
-        <w:t>Ғылыми жоба (ғылыми жобалар жоғары және бастауыш сынып оқушыларының)</w:t>
+        <w:t>Дистанционные олимпиады (КИО)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC694B" w:rsidRPr="00CC694B" w:rsidRDefault="00CC694B" w:rsidP="00CC694B">
-      <w:pPr>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC694B">
+      <w:r w:rsidRPr="00CF7158">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>4.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+        <w:t>Литературные чтения (по русской литературе, по казахской литературе)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:tab/>
-        <w:t>Қашықтық олимпиадалар (КИО)</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Результаты городской предметной олимпиады:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC694B" w:rsidRDefault="00CC694B" w:rsidP="00CC694B">
-      <w:pPr>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC694B">
+      <w:r w:rsidRPr="00CF7158">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>5.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+        <w:t>Батрачина Аделия  ученица 10 «А» класса заняла-3 место в городской олимпиаде по казахскому языку (учитель: Имангалиева Бибигуль Калымовна)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:tab/>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>ебиеті, қ</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+        <w:t xml:space="preserve">В ноябре была проведена </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>азақ</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+        <w:t xml:space="preserve"> городская комплексная олимпиада среди учащихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> әдебиеті бойынша)</w:t>
+        <w:t xml:space="preserve">5-6 классов. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC694B" w:rsidRDefault="00CC694B" w:rsidP="00CC694B">
-[...1 lines deleted...]
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>По результатам олимпиады Прытова Ангелина ученица 6 «А» класса заняла 3 место и была награждена грамотой третьей степени. (учитель  Сидорова Елена Валерьевна )</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:ind w:left="720"/>
         <w:contextualSpacing/>
-        <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Конкурс научных проектов старших школьников.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00CC694B" w:rsidRDefault="00CC694B" w:rsidP="00364B0A">
-      <w:pPr>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>По результатам  городского конкурса защиты  научных проектов работа ученицы 8 «Б» класса Обиденко Алины была отмечена грамотой 3 степени. Остальные учащиеся получили сертификаты об участии в конкурсе. (Учитель: Доскендирова Гульмира Темирхановна)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Городской математический тур младших школьников «Бастау».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>По результатам городского турнира Соловьев Илья занял 2 место был отмечен грамотой. (Учитель: Тауекелова Ляззат Каримкуловна)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Количественный анализ по участию в интеллектуальных олимпиадах</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00CC694B" w:rsidRDefault="00CC694B" w:rsidP="00364B0A">
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсах и марафонах за 2017-2018 </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00364B0A">
+      <w:r w:rsidRPr="00CF7158">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Қалалық</w:t>
+        <w:t>уч</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>од</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00364B0A">
+      <w:r w:rsidRPr="00CF7158">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...77 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00364B0A" w:rsidRPr="00364B0A" w:rsidRDefault="00364B0A" w:rsidP="00364B0A">
-[...1804 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="757" w:tblpY="19"/>
         <w:tblW w:w="11057" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="554"/>
         <w:gridCol w:w="3699"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1701"/>
       </w:tblGrid>
       <w:tr w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidTr="008D48A1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="554" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3699" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00C011CC" w:rsidRDefault="00C011CC" w:rsidP="008D48A1">
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t>Байқаудың атауы</w:t>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Название конкурса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00C011CC" w:rsidRDefault="00C011CC" w:rsidP="00C011CC">
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t>Күні</w:t>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00C011CC" w:rsidRDefault="00C011CC" w:rsidP="008D48A1">
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t>Оқушылар саны</w:t>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Количество участников</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00C011CC" w:rsidRDefault="00C011CC" w:rsidP="008D48A1">
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t>Алған орындар саны</w:t>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Количество призовых мест</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00C011CC" w:rsidRDefault="00C011CC" w:rsidP="008D48A1">
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t>жүлдегерлер</w:t>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>призеров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidTr="008D48A1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="554" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3699" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="00C011CC" w:rsidP="00334738">
-[...43 lines deleted...]
-              <w:t xml:space="preserve"> р</w:t>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Республиканский конкурс «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00334738">
-[...6 lines deleted...]
-              <w:t>еспублика</w:t>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Акбота</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00334738">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -8169,126 +2827,88 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3699" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00C011CC" w:rsidRDefault="00C011CC" w:rsidP="008D48A1">
-[...74 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Международный конкурс</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Русский медвежонок-языкознание для всех»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -8385,172 +3005,114 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3699" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="00C011CC" w:rsidP="00C011CC">
-[...16 lines deleted...]
-              <w:t>«</w:t>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Математический тур «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Бастау</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r>
-[...55 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00C011CC" w:rsidRDefault="00C011CC" w:rsidP="008D48A1">
-[...16 lines deleted...]
-              <w:t>қараша</w:t>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -8621,105 +3183,145 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3699" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C011CC" w:rsidRPr="00CF7158" w:rsidRDefault="00C011CC" w:rsidP="00C011CC">
-[...28 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Городской конкурс научных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">проектов </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>среди</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8-11 классов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00C011CC" w:rsidRDefault="00C011CC" w:rsidP="008D48A1">
-[...16 lines deleted...]
-              <w:t>қазан</w:t>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -8781,132 +3383,124 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidTr="008D48A1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="554" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3699" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="00C011CC" w:rsidP="00C011CC">
-[...16 lines deleted...]
-              <w:t>«</w:t>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Городской конкурс научных проектов «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Зерде</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00C011CC" w:rsidRDefault="00C011CC" w:rsidP="008D48A1">
-[...16 lines deleted...]
-              <w:t>қазан</w:t>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -8968,94 +3562,94 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidTr="008D48A1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="554" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3699" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="00C011CC" w:rsidP="00C011CC">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">8-11 сыныптар арасында қалалық олимпиада </w:t>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Городская олимпиада среди уч-ся 8-11 классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00C011CC" w:rsidRDefault="00C011CC" w:rsidP="008D48A1">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Желтоқсан </w:t>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -9126,94 +3720,94 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3699" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="00334738" w:rsidP="00334738">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">5-6 сыныптар арасында қалалық пән олимпиадасы </w:t>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1 городская комплексная олимпиада среди уч-ся 5-6 классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00C011CC" w:rsidRDefault="00C011CC" w:rsidP="008D48A1">
-[...16 lines deleted...]
-              <w:t>қазан</w:t>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -9284,106 +3878,68 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3699" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="00334738" w:rsidP="00334738">
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> халықаралық байқауы </w:t>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Международный конкурс «Пони - осенний конкурс первоклассников»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -9480,77 +4036,68 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3699" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="00334738" w:rsidP="00334738">
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> халықаралық байқауы </w:t>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Международный конкурс «Пони – в мире знаков»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -9647,77 +4194,68 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3699" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="00334738" w:rsidP="00334738">
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> халықаралық байқауы </w:t>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Международный конкурс «Пони – в гостях у Пифагора»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -9814,97 +4352,68 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3699" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="00334738" w:rsidP="00334738">
-[...45 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Международный конкурс «Бритиш Бульдог»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -10001,77 +4510,68 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3699" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="00334738" w:rsidP="00334738">
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> халықаралық байқауы </w:t>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Международный конкурс «Золотое Руно»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -10168,94 +4668,94 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3699" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="00334738" w:rsidP="00334738">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Бастауыш  сынып оқушылары арасында ғылыми жоба байқауы </w:t>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Городской конкурс научных проектов среди младших школьников</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00C011CC" w:rsidRDefault="00C011CC" w:rsidP="008D48A1">
-[...16 lines deleted...]
-              <w:t>наурыз</w:t>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>март</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -10326,132 +4826,94 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3699" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00334738" w:rsidRDefault="0012256B" w:rsidP="00334738">
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> халықаралық байқауы </w:t>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Международный конкурс «Человек и Природа»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00C011CC" w:rsidRDefault="00C011CC" w:rsidP="008D48A1">
-[...16 lines deleted...]
-              <w:t>сәуір</w:t>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -10504,105 +4966,94 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3699" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00334738" w:rsidRDefault="00334738" w:rsidP="00334738">
-[...27 lines deleted...]
-              <w:t>тық шығарма байқауы</w:t>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Областной конкурс сочинений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00C011CC" w:rsidRDefault="00C011CC" w:rsidP="008D48A1">
-[...16 lines deleted...]
-              <w:t>сәуір</w:t>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -10673,143 +5124,114 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3699" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="00C011CC" w:rsidP="00C011CC">
-[...16 lines deleted...]
-              <w:t>«</w:t>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Интеллектуальный конкурс «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Текстознайка</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r>
-[...27 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00C011CC" w:rsidRDefault="00C011CC" w:rsidP="008D48A1">
-[...16 lines deleted...]
-              <w:t>сәуір</w:t>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -10880,94 +5302,114 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3699" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="00C011CC" w:rsidP="00C011CC">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Қалалық «Абай оқулары» </w:t>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Городской конкурс чтецов «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Абаевские</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> чтения»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0012256B" w:rsidRPr="00C011CC" w:rsidRDefault="00C011CC" w:rsidP="008D48A1">
-[...16 lines deleted...]
-              <w:t>сәуір</w:t>
+          <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF7158">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -11007,890 +5449,454 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="008D48A1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF7158">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002A5C64" w:rsidRDefault="002A5C64" w:rsidP="00CC694B">
-      <w:pPr>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CC694B" w:rsidRPr="00CC694B" w:rsidRDefault="00CC694B" w:rsidP="00CC694B">
-[...18 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Победители Республиканского конкурса «Жарқын болашақ» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">городского этапа, занявшие 1 место </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – ученица 10 «А» класса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Батрачина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Аделия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> , ученица 8 «А» класса – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Абильдина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Аружан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, (учитель: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Шадихан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г.Б.), ученица 7 «Б» класса –</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Суженова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Камила</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (учителя: Имангалиева Б.К., Артыкпаева А.Е.,) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Победитель областного конкурса сочинений – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ученица 8 «А» класса Базилова Аружан (учитель: Рогатова Гульжамал Ермековна).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ученица 3 «А» класса Чуманова Анастасия- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>занявшая 3 место в интеллектуальном конкурсе «Текстознайка»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(Учитель: Чубова Виктория Васильевна)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012256B" w:rsidRPr="00CF7158" w:rsidRDefault="0012256B" w:rsidP="0012256B">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">оқушысы Суженова Камила. </w:t>
-[...74 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Победитель городског</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>конкурса чтецов «Абай оқулары»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7158">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - ученица 4 «А» класса Агелиева Наиля, занявшая  1 место (учитель:Шадихан Гульназ Бауыржановна)</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00CC694B" w:rsidRPr="00CC694B" w:rsidRDefault="00CC694B" w:rsidP="00CC694B">
-[...663 lines deleted...]
-    <w:sectPr w:rsidR="008B645E" w:rsidRPr="00CC694B">
+    <w:p w:rsidR="008B645E" w:rsidRPr="00CF7158" w:rsidRDefault="0004079B"/>
+    <w:sectPr w:rsidR="008B645E" w:rsidRPr="00CF7158" w:rsidSect="00C129B0">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="41BC7B85"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3154E952"/>
     <w:lvl w:ilvl="0" w:tplc="EE3C1092">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12199,108 +6205,94 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
         <w:b/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...4 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="0012256B"/>
+    <w:rsid w:val="0004079B"/>
     <w:rsid w:val="000C4930"/>
-    <w:rsid w:val="00100C1D"/>
     <w:rsid w:val="0012256B"/>
-    <w:rsid w:val="00190426"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00364B0A"/>
     <w:rsid w:val="003C4434"/>
-    <w:rsid w:val="004D43B6"/>
     <w:rsid w:val="008A1181"/>
-    <w:rsid w:val="008C52D9"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00CC694B"/>
+    <w:rsid w:val="00C129B0"/>
     <w:rsid w:val="00CF7158"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -12436,50 +6428,51 @@
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0012256B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0012256B"/>
     <w:rPr>
@@ -12712,58 +6705,58 @@
     <w:rsid w:val="0012256B"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0012256B"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13012,65 +7005,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1447</Words>
-  <Characters>8254</Characters>
+  <Words>1512</Words>
+  <Characters>8619</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>68</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>71</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company>RePack by SPecialiST</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9682</CharactersWithSpaces>
+  <CharactersWithSpaces>10111</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>21</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>