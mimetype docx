--- v0 (2025-12-05)
+++ v1 (2026-02-28)
@@ -1,1860 +1,844 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00E3035C" w:rsidRDefault="00E3035C" w:rsidP="00E3035C">
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005C8D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BD7769">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005C8D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E3035C" w:rsidRDefault="00E3035C" w:rsidP="00E3035C">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Хош келдіңіздер Павлодар қаласы №17 ЖОББСОБМ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005C8D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BD7769">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005C8D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E3035C" w:rsidRPr="00BD7769" w:rsidRDefault="00E3035C" w:rsidP="00E3035C">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мектеп кітапханасының сайтына </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005C8D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00E3035C" w:rsidRDefault="00E3035C" w:rsidP="00E3035C">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005C8D"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00883917">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005C8D"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кітапхана мектептың 2 қабатында орналасқан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005C8D"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00883917">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">        Мектеп кітапханасы структурасы бойынша абонемент, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="005C8D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="005C8D"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E3035C" w:rsidRPr="0009054B" w:rsidRDefault="00E3035C" w:rsidP="00E3035C">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="005C8D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="005C8D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="005C8D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқулықтар қоймасына бөлінеді.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="005C8D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="005C8D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        Кітапханамен оқушылар, олардың ата-аналары, мұғалімдер және мектеп жұмысшыларына пайдалануға болады.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:color w:val="005C8D"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...35 lines deleted...]
-          <w:color w:val="005C8D"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00E3035C" w:rsidRDefault="00E3035C" w:rsidP="00E3035C">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапхана пайдалану ережесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапханаға кіргенде амандасуды ұмытпа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапханада қатты сөйлеуге, жүгіруге болмайды, себебі басқа оқырмандардың мазасын аласың.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапханашыға сыныбыңды және тегінді аңық айт.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Алған кітабыңды алдымен тапсыру, содан кейін орнына қою керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жаңа кітап таңдағанда сөредегі кітаптарды шашпа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапханадан шығарда қоштасуды ұмытпа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...159 lines deleted...]
-    <w:p w:rsidR="00E3035C" w:rsidRPr="0009054B" w:rsidRDefault="00E3035C" w:rsidP="00E3035C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
+        <w:ind w:left="720"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00E3035C" w:rsidRPr="004D6EBD" w:rsidRDefault="00E3035C" w:rsidP="00E3035C">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітаптарды пайдалану ережесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапханың кітаптарың ұқыптап ұстау керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапты майыстырма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітаптың беттерін қайырма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітап оқыған кезде белгіні пайдалан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапқа жазуға, сурет салұға болмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тамақ ішер кезінде кітап оқуға болмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапты уақытында кітапханаға тапсыр.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00E3035C" w:rsidRPr="004D6EBD" w:rsidRDefault="00E3035C" w:rsidP="00E3035C">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00E3035C" w:rsidRPr="004D6EBD" w:rsidRDefault="00E3035C" w:rsidP="00E3035C">
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапхананың жұмыс тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-[...1358 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FA62EEA" wp14:editId="45628F9D">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1351915</wp:posOffset>
+                  <wp:posOffset>1275715</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>140334</wp:posOffset>
+                  <wp:posOffset>19685</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="666750" cy="523875"/>
-                <wp:effectExtent l="0" t="19050" r="38100" b="47625"/>
+                <wp:extent cx="523875" cy="476250"/>
+                <wp:effectExtent l="0" t="19050" r="47625" b="38100"/>
                 <wp:wrapNone/>
-                <wp:docPr id="13" name="Стрелка вправо 13"/>
+                <wp:docPr id="18" name="Стрелка вправо 18"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
-                        <a:xfrm flipV="1">
+                        <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="666750" cy="523875"/>
+                          <a:ext cx="523875" cy="476250"/>
                         </a:xfrm>
                         <a:prstGeom prst="rightArrow">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="4F81BD"/>
                         </a:solidFill>
                         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:srgbClr val="4F81BD">
                               <a:shade val="50000"/>
                             </a:srgbClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
@@ -1864,755 +848,1669 @@
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype id="_x0000_t13" coordsize="21600,21600" o:spt="13" adj="16200,5400" path="m@0,l@0@1,0@1,0@2@0@2@0,21600,21600,10800xe">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="val #0"/>
                   <v:f eqn="val #1"/>
                   <v:f eqn="sum height 0 #1"/>
                   <v:f eqn="sum 10800 0 #1"/>
                   <v:f eqn="sum width 0 #0"/>
                   <v:f eqn="prod @4 @3 10800"/>
                   <v:f eqn="sum width 0 @5"/>
                 </v:formulas>
                 <v:path o:connecttype="custom" o:connectlocs="@0,0;0,10800;@0,21600;21600,10800" o:connectangles="270,180,90,0" textboxrect="0,@1,@6,@2"/>
                 <v:handles>
                   <v:h position="#0,#1" xrange="0,21600" yrange="0,10800"/>
                 </v:handles>
               </v:shapetype>
-              <v:shape id="Стрелка вправо 13" o:spid="_x0000_s1026" type="#_x0000_t13" style="position:absolute;margin-left:106.45pt;margin-top:11.05pt;width:52.5pt;height:41.25pt;flip:y;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAtOalLngIAAB4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r07SJM2COkXWIMOA&#10;oi3Qbj0rsmQbkCWNUuJ0p2FvsjcoBuyyAdsruG80Snb6t56G5aCQJvlRJD/q8GhbKbIR4EqjU9rf&#10;61EiNDdZqfOUvr9cvppQ4jzTGVNGi5ReC0ePZi9fHNZ2KgamMCoTQBBEu2ltU1p4b6dJ4nghKub2&#10;jBUajdJAxTyqkCcZsBrRK5UMer1xUhvILBgunMOvi9ZIZxFfSsH9mZROeKJSinfz8YR4rsKZzA7Z&#10;NAdmi5J312D/cIuKlRqT3kEtmGdkDeVfUFXJwTgj/R43VWKkLLmINWA1/d6Tai4KZkWsBZvj7F2b&#10;3P+D5aebcyBlhrPbp0SzCmfUfL39cvu5+d78bH40N6T51vxG9Qb/fxH0wpbV1k0x8sKeQ6c5FEP9&#10;WwkVkaq0HxAxdgRrJNvY8Ou7houtJxw/jsfjgxGOhaNpNNifHIwCetLCBDgLzr8VpiJBSCmUeeHn&#10;AKaO0Gxz4nwbsHMMQc6oMluWSkUF8tWxArJhyIDhctJ/s+hyPHJTmtQpHYyGvXAdhkyUinkUK4u9&#10;cTqnhKkcKc49xNyPot0zSWLygmWiTT3q4W+XuXWPlT7CCVUsmCvakGjqQpQOeCIyuis6DKFte5BW&#10;JrvGSYJpKe4sX5aIdsKcP2eAnMa6cE/9GR5SGSzWdBIlhYFPz30P/kg1tFJS445gIz6uGQhK1DuN&#10;JHzdHw7DUkVlODoYoAIPLauHFr2ujg0OoY8vguVRDP5e7UQJprrCdZ6HrGhimmPutuWdcuzb3cUH&#10;gYv5PLrhIlnmT/SF5TvOhT5ebq8Y2I44Hhl3anb7xKZPmNP6hg5rM197I8tIq/u+4qiCgksYh9Y9&#10;GGHLH+rR6/5Zm/0BAAD//wMAUEsDBBQABgAIAAAAIQDDrJ0b2wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/LbsIwEEX3lfoP1lTqpipO0opCGgehSuy64bU38ZBE2OPINhD+vsOK7uZxdOdMtRid&#10;FRcMsfekIJ9kIJAab3pqFey2q/cZiJg0GW09oYIbRljUz0+VLo2/0hovm9QKDqFYagVdSkMpZWw6&#10;dDpO/IDEu6MPTiduQytN0FcOd1YWWTaVTvfEFzo94E+HzWlzdgrC0e4judVpLZc+/kqbbm9klHp9&#10;GZffIBKO6QHDXZ/VoWangz+TicIqKPJizigXRQ6CgY/8iwcHJrPPKci6kv9fqP8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEALTmpS54CAAAeBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAw6ydG9sAAAAKAQAADwAAAAAAAAAAAAAAAAD4BAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAAGAAAAAA==&#10;" adj="13114" fillcolor="#4f81bd" strokecolor="#385d8a" strokeweight="2pt"/>
+              <v:shape id="Стрелка вправо 18" o:spid="_x0000_s1026" type="#_x0000_t13" style="position:absolute;margin-left:100.45pt;margin-top:1.55pt;width:41.25pt;height:37.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATH+YylwIAABQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvdJOQtCXqpgqNgpCq&#10;tlKLep54vT+S1zZjJ5tyQrxJ36BC4gISvEL6Roy9m/6fEDk4Mzt/nm++8cHhulZsJdFVRqe8v9Pj&#10;TGphskoXKf90MX+zz5nzoDNQRsuUX0nHDyevXx00diwHpjQqk8goiXbjxqa89N6Ok8SJUtbgdoyV&#10;moy5wRo8qVgkGUJD2WuVDHq93aQxmFk0QjpHX2etkU9i/jyXwp/muZOeqZTT3Xw8MZ6LcCaTAxgX&#10;CLasRHcN+Idb1FBpKnqXagYe2BKrZ6nqSqBxJvc7wtSJyfNKyNgDddPvPenmvAQrYy8EjrN3MLn/&#10;l1acrM6QVRnNjialoaYZba5vv91+3fzY/Nr83NywzffNH1Jv6P83Iy+CrLFuTJHn9gw7zZEY+l/n&#10;WId/6oytI8xXdzDLtWeCPo4Gb/f3RpwJMg33dgejOIbkPtii8x+kqVkQUo5VUfopomkixLA6dp7K&#10;UsDWMVR0RlXZvFIqKlgsjhSyFdDch/P9/vtZuDeFPHJTmjUpH4yGPeKGAOJfrsCTWFtCxOmCM1AF&#10;EVt4jLUfRbsXisTiJWSyLT3q0W9buXV/fovQxQxc2YbEEl2I0iGfjDzumg7Qt2AHaWGyK5ofmpbY&#10;zop5RdmOwfkzQGIy9UXb6U/pyJWhZk0ncVYa/PLS9+BPBCMrZw1tBgHxeQkoOVMfNVHvXX84DKsU&#10;leFob0AKPrQsHlr0sj4yNIQ+vQNWRDH4e7UVczT1JS3xNFQlE2hBtVvIO+XItxtLz4CQ02l0o/Wx&#10;4I/1uRUhecAp4HixvgS0HXE8Me7EbLcIxk+Y0/qGSG2mS2/yKtLqHlcaVVBo9eLQumci7PZDPXrd&#10;P2aTvwAAAP//AwBQSwMEFAAGAAgAAAAhANkGWsTfAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FLw0AQhe+C/2EZwZvdpBWbxkyKCoIYKFh7sLdNdk2Cu7Mxu23jv3d60uPwHt/7plhPzoqjGUPv&#10;CSGdJSAMNV731CLs3p9vMhAhKtLKejIIPybAury8KFSu/YnezHEbW8EQCrlC6GIccilD0xmnwswP&#10;hjj79KNTkc+xlXpUJ4Y7K+dJcied6okXOjWYp840X9uDQ3isvrP9/uN1U73ETdXSbrkiWyNeX00P&#10;9yCimeJfGc76rA4lO9X+QDoIi8D0FVcRFikIzufZ4hZEjbDMUpBlIf8/UP4CAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAEx/mMpcCAAAUBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEA2QZaxN8AAAAIAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;" adj="11782" fillcolor="#4f81bd" strokecolor="#385d8a" strokeweight="2pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...31 lines deleted...]
-        <w:pStyle w:val="a3"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Дүйсенбі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
-[...43 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Сейсенбі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>09.00-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17.00</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-дейін, 1300-14,00 үзіліс    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
-[...23 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>рсенбі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
-[...23 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Бейсенбі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>үн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
-[...34 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ұма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -  09.00-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17.00</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-дейін, 1300-14,00 үзіліс    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
-[...23 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сенбі  -  09.00-дан 13.00-дейін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="00E3035C" w:rsidRDefault="00E3035C" w:rsidP="00E3035C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жексенбі – демалыс күні</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="0070C0"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00E3035C" w:rsidRPr="0009054B" w:rsidRDefault="00E3035C" w:rsidP="00E3035C">
+          <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
-        <w:ind w:left="720"/>
+        <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-          <w:color w:val="0070C0"/>
-[...11 lines deleted...]
-      </w:pPr>
+          <w:b/>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кітапханадағы балаларға арналған басылымдар тізімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Айбын</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Айгөлек</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балбұлақ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балбұлақ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балдырған</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Веселые картинки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вундеркинд </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>KZ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Детская энциклопедия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Дружные ребята</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ертегілер әлемінде</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ертегілер елінде</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жас ғалым</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жас спортшы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жыл - он екі ай</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан патриоты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мөлдір бұлақ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Хан талапай</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF3F87" w:rsidRDefault="00BF3F87" w:rsidP="00BF3F87">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFCFC"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="233" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004676DE" w:rsidRDefault="00BF3F87">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="004676DE" w:rsidRPr="00E3035C">
+    <w:sectPr w:rsidR="004676DE">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Wingdings 2">
+    <w:panose1 w:val="05020102010507070707"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="1F4854D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="664A921E"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="31CC1673"/>
+    <w:nsid w:val="2C22426C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F3B02CC6"/>
+    <w:tmpl w:val="DF0EB59E"/>
     <w:lvl w:ilvl="0" w:tplc="0419000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19542F80">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="BF6E5C00">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D908AE5E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C4629ED6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFBC8888">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="74E25FCA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="4120CE52">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="A69ADDC0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="6A8E2397"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="153AA74A"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="555722F5"/>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="7C83083E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7526B70C"/>
+    <w:tmpl w:val="DE92353A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E3035C"/>
+    <w:rsidRoot w:val="00BF3F87"/>
     <w:rsid w:val="00A76145"/>
     <w:rsid w:val="00B712E0"/>
-    <w:rsid w:val="00E3035C"/>
+    <w:rsid w:val="00BF3F87"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -2755,134 +2653,112 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E3035C"/>
+    <w:rsid w:val="00BF3F87"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E3035C"/>
+    <w:rsid w:val="00BF3F87"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...2 lines deleted...]
-    <w:uiPriority w:val="22"/>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00E3035C"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00E3035C"/>
+    <w:rsid w:val="00BF3F87"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...14 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -3003,148 +2879,141 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E3035C"/>
+    <w:rsid w:val="00BF3F87"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E3035C"/>
+    <w:rsid w:val="00BF3F87"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...2 lines deleted...]
-    <w:uiPriority w:val="22"/>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00E3035C"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00E3035C"/>
+    <w:rsid w:val="00BF3F87"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...14 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="1656715102">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3392,66 +3261,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3353</Characters>
+  <Pages>2</Pages>
+  <Words>227</Words>
+  <Characters>1299</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>10</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3934</CharactersWithSpaces>
+  <CharactersWithSpaces>1523</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>сош 17</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>