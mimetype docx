--- v0 (2025-12-05)
+++ v1 (2025-12-25)
@@ -1,9226 +1,6549 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00C03F5C" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00F54835">
+    <w:p w:rsidR="00547075" w:rsidRPr="00EC0A03" w:rsidRDefault="00056BF6" w:rsidP="00547075">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Анализ учебно-</w:t>
+      </w:r>
+      <w:r w:rsidR="00547075" w:rsidRPr="00EC0A03">
+        <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>воспитательной работы за 2022-2023 учебный год КГУ «Ср</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>едняя общеобразовательная школа-</w:t>
+      </w:r>
+      <w:r w:rsidR="00547075" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>гимназия имени Шапық Шөкин</w:t>
+      </w:r>
+      <w:r w:rsidR="00547075" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00547075" w:rsidRPr="00EC0A03" w:rsidRDefault="00547075" w:rsidP="00716AF0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="00716AF0">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Контингент учащихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="00716AF0">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t>На начало 2022/2023 уче</w:t>
+      </w:r>
+      <w:r w:rsidR="00C23248" w:rsidRPr="00EC0A03">
+        <w:t>бного года в школе обучалось 2310</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t>учащихся. На конец учебног</w:t>
+      </w:r>
+      <w:r w:rsidR="00C23248" w:rsidRPr="00EC0A03">
+        <w:t>о года количество учащихся – 2297</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t>, из них</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="00C23248" w:rsidP="00716AF0">
+      <w:pPr>
+        <w:pStyle w:val="75"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t xml:space="preserve">1–4 классы – 1060 </w:t>
+      </w:r>
+      <w:r w:rsidR="001662C6" w:rsidRPr="00EC0A03">
+        <w:t>учащихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="00C23248" w:rsidP="00716AF0">
+      <w:pPr>
+        <w:pStyle w:val="75"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t>5–9 классы – 974</w:t>
+      </w:r>
+      <w:r w:rsidR="001662C6" w:rsidRPr="00EC0A03">
+        <w:t xml:space="preserve"> учащихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="00C23248" w:rsidP="00716AF0">
+      <w:pPr>
+        <w:pStyle w:val="75"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t xml:space="preserve">10–11 классы  169 </w:t>
+      </w:r>
+      <w:r w:rsidR="001662C6" w:rsidRPr="00EC0A03">
+        <w:t>учащихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="00C23248" w:rsidP="00716AF0">
+      <w:pPr>
+        <w:pStyle w:val="75"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t xml:space="preserve">11 </w:t>
+      </w:r>
+      <w:r w:rsidR="001662C6" w:rsidRPr="00EC0A03">
+        <w:t xml:space="preserve"> учащихся с обучением на дому;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="00C23248" w:rsidP="00716AF0">
+      <w:pPr>
+        <w:pStyle w:val="75"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="001662C6" w:rsidRPr="00EC0A03">
+        <w:t xml:space="preserve"> учащихся с ООП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="00716AF0">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t xml:space="preserve">В 2022/2023 учебном году количество </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t>класс-комплектов</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t xml:space="preserve"> составляет – </w:t>
+      </w:r>
+      <w:r w:rsidR="00C23248" w:rsidRPr="00EC0A03">
+        <w:t>88</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="00716AF0">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:rPr>
+          <w:rStyle w:val="52"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="52"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Средняя наполняемость классов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="00C23248" w:rsidP="00716AF0">
+      <w:pPr>
+        <w:pStyle w:val="75"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t xml:space="preserve">1–4 классы 39 классов по 26,46 </w:t>
+      </w:r>
+      <w:r w:rsidR="001662C6" w:rsidRPr="00EC0A03">
+        <w:t xml:space="preserve"> учащихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="00C23248" w:rsidP="00716AF0">
+      <w:pPr>
+        <w:pStyle w:val="75"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t xml:space="preserve">5–9 классы 37 классов по </w:t>
+      </w:r>
+      <w:r w:rsidR="001662C6" w:rsidRPr="00EC0A03">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1338 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C52C49" w:rsidRPr="00EC0A03">
+        <w:t xml:space="preserve">26,3 </w:t>
+      </w:r>
+      <w:r w:rsidR="001662C6" w:rsidRPr="00EC0A03">
+        <w:t>учащихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="00C52C49" w:rsidP="00716AF0">
+      <w:pPr>
+        <w:pStyle w:val="75"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t>10–11 классы 6 классов по 28</w:t>
+      </w:r>
+      <w:r w:rsidR="001662C6" w:rsidRPr="00EC0A03">
+        <w:t xml:space="preserve"> учащихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C52C49" w:rsidRPr="00EC0A03" w:rsidRDefault="00C52C49" w:rsidP="00716AF0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="00716AF0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Динамика контингента учащихся за 3 года </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="00716AF0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9493" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2336"/>
         <w:gridCol w:w="2336"/>
         <w:gridCol w:w="2336"/>
         <w:gridCol w:w="2485"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidTr="006B5D2D">
+      <w:tr w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidTr="00C23248">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="00716AF0">
             <w:pPr>
               <w:pStyle w:val="828"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-              <w:t>Оқу</w:t>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Учебный год</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="00716AF0">
             <w:pPr>
               <w:pStyle w:val="828"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54835">
+            <w:r w:rsidRPr="00EC0A03">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">2020/2021 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="00716AF0">
             <w:pPr>
               <w:pStyle w:val="828"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-              <w:t>оқу</w:t>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учебный год</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="00716AF0">
             <w:pPr>
               <w:pStyle w:val="828"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54835">
+            <w:r w:rsidRPr="00EC0A03">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">2021/2022 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="00716AF0">
             <w:pPr>
               <w:pStyle w:val="828"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-              <w:t>оқу</w:t>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учебный год</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="00716AF0">
             <w:pPr>
               <w:pStyle w:val="828"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54835">
+            <w:r w:rsidRPr="00EC0A03">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">2022/2023 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="00716AF0">
             <w:pPr>
               <w:pStyle w:val="828"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-              <w:t>оқу</w:t>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учебный год </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidTr="006B5D2D">
+      <w:tr w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidTr="00C23248">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="00716AF0">
             <w:pPr>
               <w:pStyle w:val="848"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-              <w:t>Оқушылар</w:t>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Контингент учащихся</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00C52C49" w:rsidRPr="00EC0A03" w:rsidRDefault="00C52C49" w:rsidP="00716AF0">
+            <w:pPr>
+              <w:pStyle w:val="848"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="00F3555B" w:rsidP="00716AF0">
             <w:pPr>
               <w:pStyle w:val="848"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54835">
+            <w:r w:rsidRPr="00EC0A03">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2222</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="00C52C49" w:rsidP="00716AF0">
             <w:pPr>
               <w:pStyle w:val="848"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54835">
+            <w:r w:rsidRPr="00EC0A03">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2248</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="00C52C49" w:rsidP="00716AF0">
             <w:pPr>
               <w:pStyle w:val="848"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54835">
+            <w:r w:rsidRPr="00EC0A03">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2310</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
-[...13 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="00A37524">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t>Ежегодно количество учащихся увеличивается.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D10E0D" w:rsidRPr="00EC0A03">
+        <w:t xml:space="preserve"> Динамика численности учащихся в сравнении с прошлым годом показывает, что сохраняется тенденция увеличения доли классов на начальной ступени </w:t>
+      </w:r>
+      <w:r w:rsidR="00D10E0D" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t>обучения, вследствие поступления детей в первый класс. Следует отметить и увеличение числа  учащихся на средней и старшей ступенях обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002270ED" w:rsidRPr="00EC0A03" w:rsidRDefault="002270ED" w:rsidP="002270ED">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BA38D8" w:rsidRPr="00EC0A03" w:rsidRDefault="00BA38D8" w:rsidP="00F3555B">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="00184E19" w:rsidP="002270ED">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В 2019-2020 учебном году открылся </w:t>
+      </w:r>
+      <w:r w:rsidR="00D10E0D" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">первый </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>класс с казахским языком обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, на с</w:t>
+      </w:r>
+      <w:r w:rsidR="00D10E0D" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">егодняшний момент в школе шесть </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...237 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidR="00D10E0D" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> классов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с государственным язком обучения, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">где </w:t>
+      </w:r>
+      <w:r w:rsidR="00D10E0D" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучается 103</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащихся.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00F54835">
-[...1440 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Это тенденция объясняется увеличением  потребности  в обучении детей на государственном языке и создании в ш</w:t>
+      </w:r>
+      <w:r w:rsidR="002270ED" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коле условий для их реализации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009404C5" w:rsidRPr="00EC0A03" w:rsidRDefault="009404C5" w:rsidP="00716AF0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Динамика контингента гимназических классов за 3 года </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009404C5" w:rsidRPr="00EC0A03" w:rsidRDefault="009404C5" w:rsidP="00716AF0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9493" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2336"/>
         <w:gridCol w:w="2336"/>
         <w:gridCol w:w="2336"/>
         <w:gridCol w:w="2485"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidTr="006B5D2D">
+      <w:tr w:rsidR="009404C5" w:rsidRPr="00EC0A03" w:rsidTr="00E36767">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="009404C5" w:rsidRPr="00EC0A03" w:rsidRDefault="009404C5" w:rsidP="00716AF0">
             <w:pPr>
               <w:pStyle w:val="828"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-              <w:t>Оқу</w:t>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Учебный год</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="009404C5" w:rsidRPr="00EC0A03" w:rsidRDefault="009404C5" w:rsidP="00716AF0">
             <w:pPr>
               <w:pStyle w:val="828"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54835">
+            <w:r w:rsidRPr="00EC0A03">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">2020/2021 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="009404C5" w:rsidRPr="00EC0A03" w:rsidRDefault="009404C5" w:rsidP="00716AF0">
             <w:pPr>
               <w:pStyle w:val="828"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-              <w:t>оқу</w:t>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учебный год</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="009404C5" w:rsidRPr="00EC0A03" w:rsidRDefault="009404C5" w:rsidP="00716AF0">
             <w:pPr>
               <w:pStyle w:val="828"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54835">
+            <w:r w:rsidRPr="00EC0A03">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">2021/2022 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="009404C5" w:rsidRPr="00EC0A03" w:rsidRDefault="009404C5" w:rsidP="00716AF0">
             <w:pPr>
               <w:pStyle w:val="828"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-              <w:t>оқу</w:t>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учебный год</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="009404C5" w:rsidRPr="00EC0A03" w:rsidRDefault="009404C5" w:rsidP="00716AF0">
             <w:pPr>
               <w:pStyle w:val="828"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54835">
+            <w:r w:rsidRPr="00EC0A03">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">2022/2023 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="009404C5" w:rsidRPr="00EC0A03" w:rsidRDefault="009404C5" w:rsidP="00716AF0">
             <w:pPr>
               <w:pStyle w:val="828"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-              <w:t>оқу</w:t>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учебный год </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidTr="006B5D2D">
+      <w:tr w:rsidR="009404C5" w:rsidRPr="00EC0A03" w:rsidTr="00E36767">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="009404C5" w:rsidRPr="00EC0A03" w:rsidRDefault="009404C5" w:rsidP="00716AF0">
             <w:pPr>
               <w:pStyle w:val="848"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-              <w:t>Оқушылар</w:t>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Контингент учащихся</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="009404C5" w:rsidRPr="00EC0A03" w:rsidRDefault="009404C5" w:rsidP="00716AF0">
+            <w:pPr>
+              <w:pStyle w:val="848"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00EC0A03" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="009404C5" w:rsidRPr="00EC0A03" w:rsidRDefault="009404C5" w:rsidP="00716AF0">
             <w:pPr>
               <w:pStyle w:val="848"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0A03">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>778</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00EC0A03" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="009404C5" w:rsidRPr="00EC0A03" w:rsidRDefault="009404C5" w:rsidP="00716AF0">
             <w:pPr>
               <w:pStyle w:val="848"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0A03">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>730</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2485" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00EC0A03" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="009404C5" w:rsidRPr="00EC0A03" w:rsidRDefault="009404C5" w:rsidP="00716AF0">
             <w:pPr>
               <w:pStyle w:val="848"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0A03">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>903</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    <w:p w:rsidR="009404C5" w:rsidRPr="00EC0A03" w:rsidRDefault="009404C5" w:rsidP="00C042EA">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D10E0D" w:rsidRPr="00EC0A03" w:rsidRDefault="00D10E0D" w:rsidP="00D10E0D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1613 lines deleted...]
-      </w:pPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Таким образом,  на сегодняшний день функционируют 33 класса гимназии, где обучаются 903 учащихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D10E0D" w:rsidRPr="00EC0A03" w:rsidRDefault="00D10E0D" w:rsidP="00A37524">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:tab/>
+        <w:t xml:space="preserve">Сравнительный анализ показал, что в школе наблюдается разнообразная типология классов, сохраняется сеть внешней дифференциации  классов и  стабильный показатель контингента учащихся, обучающихся в классах гимназии. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0038244A" w:rsidRPr="00EC0A03" w:rsidRDefault="0038244A" w:rsidP="00A37524">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+        <w:rPr>
+          <w:rStyle w:val="52"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="00F62E5E">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кадровый состав педагогического коллектива школы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="00A37524">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t>Одним из главных направлений работы администрации школы является деятельность по укреплению кадрового состава. Согласно Закону РК «Об образовании» и Уставу школы педагогический коллектив формируется руководителем организации образования, прием работников осуществляется на основе трудового договора. Согласно ТК со всеми педагогами, принятыми на работу, заключены трудовые договоры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="00A37524">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t>Численный состав педагогических кадров школы определяется в зависимости от потребности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009404C5" w:rsidRPr="00A3158B" w:rsidRDefault="009404C5" w:rsidP="00A3158B">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A3158B">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Анализ педагогических кадров</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009404C5" w:rsidRPr="00A3158B" w:rsidRDefault="009404C5" w:rsidP="00A3158B">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A3158B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Численность </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0A03" w:rsidRPr="00A3158B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>педагогов школы составляет – 184 человек, из них 171</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3158B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> человек имеют высшее педагогическое образование, среднее – специальное педаг</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0A03" w:rsidRPr="00A3158B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>огическое образование имеют – 13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3158B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009404C5" w:rsidRPr="00A3158B" w:rsidRDefault="009404C5" w:rsidP="00A3158B">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A3158B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Квалификация педагогов:</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="458"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="932"/>
+        <w:gridCol w:w="374"/>
+        <w:gridCol w:w="1649"/>
+        <w:gridCol w:w="1649"/>
+        <w:gridCol w:w="1649"/>
+        <w:gridCol w:w="1649"/>
+        <w:gridCol w:w="1649"/>
+        <w:gridCol w:w="953"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidTr="00F54835">
+      <w:tr w:rsidR="00A3158B" w:rsidRPr="00A3158B" w:rsidTr="00A3158B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcW w:w="369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="009404C5" w:rsidRPr="00A3158B" w:rsidRDefault="009404C5" w:rsidP="00A3158B">
             <w:pPr>
               <w:pStyle w:val="848"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="52"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54835">
+            <w:r w:rsidRPr="00A3158B">
               <w:rPr>
                 <w:rStyle w:val="52"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="009404C5" w:rsidRPr="00A3158B" w:rsidRDefault="009404C5" w:rsidP="00A3158B">
             <w:pPr>
               <w:pStyle w:val="848"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="52"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54835">
-[...5 lines deleted...]
-              <w:t>"Педагог-</w:t>
+            <w:r w:rsidRPr="00A3158B">
+              <w:rPr>
+                <w:rStyle w:val="52"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Квалификационная категория «педагог-мастер»</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...62 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1609" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="009404C5" w:rsidRPr="00A3158B" w:rsidRDefault="009404C5" w:rsidP="00A3158B">
             <w:pPr>
               <w:pStyle w:val="848"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="52"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54835">
-[...5 lines deleted...]
-              <w:t>"Педагог-</w:t>
+            <w:r w:rsidRPr="00A3158B">
+              <w:rPr>
+                <w:rStyle w:val="52"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Квалификационная категория «педагог-исследователь»</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...62 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1609" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="009404C5" w:rsidRPr="00A3158B" w:rsidRDefault="009404C5" w:rsidP="00A3158B">
             <w:pPr>
               <w:pStyle w:val="848"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="52"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54835">
-[...5 lines deleted...]
-              <w:t>"Педагог-</w:t>
+            <w:r w:rsidRPr="00A3158B">
+              <w:rPr>
+                <w:rStyle w:val="52"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Квалификационная категория «педагог-эксперт»</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...62 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1609" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="009404C5" w:rsidRPr="00A3158B" w:rsidRDefault="009404C5" w:rsidP="00A3158B">
             <w:pPr>
               <w:pStyle w:val="848"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="52"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54835">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">"Педагог-модератор" </w:t>
+            <w:r w:rsidRPr="00A3158B">
+              <w:rPr>
+                <w:rStyle w:val="52"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Квалификационная категория «педагог-модератор»</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...44 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1609" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="009404C5" w:rsidRPr="00A3158B" w:rsidRDefault="009404C5" w:rsidP="00A3158B">
             <w:pPr>
               <w:pStyle w:val="848"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="52"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54835">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">"Педагог" </w:t>
+            <w:r w:rsidRPr="00A3158B">
+              <w:rPr>
+                <w:rStyle w:val="52"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Квалификационная категория «педагог»</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...44 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="009404C5" w:rsidRPr="00A3158B" w:rsidRDefault="009404C5" w:rsidP="00A3158B">
             <w:pPr>
               <w:pStyle w:val="848"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="52"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-              <w:t>Санат</w:t>
+            <w:r w:rsidRPr="00A3158B">
+              <w:rPr>
+                <w:rStyle w:val="52"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Без категории</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidTr="00F54835">
+      <w:tr w:rsidR="00A3158B" w:rsidRPr="00A3158B" w:rsidTr="00A3158B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="458" w:type="dxa"/>
+            <w:tcW w:w="369" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="009404C5" w:rsidRPr="00A3158B" w:rsidRDefault="009404C5" w:rsidP="00A3158B">
             <w:pPr>
               <w:pStyle w:val="848"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1608" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="009404C5" w:rsidRPr="00A3158B" w:rsidRDefault="00EC0A03" w:rsidP="00A3158B">
             <w:pPr>
               <w:pStyle w:val="848"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54835">
+            <w:r w:rsidRPr="00A3158B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1609" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="009404C5" w:rsidRPr="00A3158B" w:rsidRDefault="00EC0A03" w:rsidP="00A3158B">
             <w:pPr>
               <w:pStyle w:val="848"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54835">
+            <w:r w:rsidRPr="00A3158B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1609" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="009404C5" w:rsidRPr="00A3158B" w:rsidRDefault="00EC0A03" w:rsidP="00A3158B">
             <w:pPr>
               <w:pStyle w:val="848"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54835">
+            <w:r w:rsidRPr="00A3158B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1609" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="009404C5" w:rsidRPr="00A3158B" w:rsidRDefault="00EC0A03" w:rsidP="00A3158B">
             <w:pPr>
               <w:pStyle w:val="848"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54835">
+            <w:r w:rsidRPr="00A3158B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1609" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="009404C5" w:rsidRPr="00A3158B" w:rsidRDefault="00EC0A03" w:rsidP="00A3158B">
             <w:pPr>
               <w:pStyle w:val="848"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54835">
+            <w:r w:rsidRPr="00A3158B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w:rsidR="00F54835" w:rsidRPr="00F54835" w:rsidRDefault="00F54835" w:rsidP="00447B54">
+          <w:p w:rsidR="009404C5" w:rsidRPr="00A3158B" w:rsidRDefault="00EC0A03" w:rsidP="00A3158B">
             <w:pPr>
               <w:pStyle w:val="848"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54835">
+            <w:r w:rsidRPr="00A3158B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00447B54" w:rsidRDefault="00447B54" w:rsidP="00447B54">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    <w:p w:rsidR="009404C5" w:rsidRPr="00EC0A03" w:rsidRDefault="009404C5" w:rsidP="009404C5">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC0A03" w:rsidRPr="00EC0A03" w:rsidRDefault="00EC0A03" w:rsidP="009404C5">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Как итог школа работала по теме «Использование возможностей цифровой образовательной среды как средство повышения качества образовательного процесса»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC0A03" w:rsidRPr="00EC0A03" w:rsidRDefault="00EC0A03" w:rsidP="00EC0A03">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Перед коллективом стояли следующие Задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC0A03" w:rsidRPr="00EC0A03" w:rsidRDefault="00EC0A03" w:rsidP="00EC0A03">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t>- внедрение в образовательный процесс цифровых технологий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC0A03" w:rsidRPr="00EC0A03" w:rsidRDefault="00EC0A03" w:rsidP="00EC0A03">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t>- активизация практической деятельности педагогического коллектива в формировании цифровой образовательной среды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC0A03" w:rsidRPr="00EC0A03" w:rsidRDefault="00EC0A03" w:rsidP="00EC0A03">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t>- развитие профессиональных компетенций педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC0A03" w:rsidRPr="00EC0A03" w:rsidRDefault="00EC0A03" w:rsidP="00EC0A03">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>За период учебного года были проведены:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC0A03" w:rsidRPr="00EC0A03" w:rsidRDefault="00EC0A03" w:rsidP="00EC0A03">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Мастер – классы учителей информатики» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC0A03" w:rsidRPr="00EC0A03" w:rsidRDefault="00EC0A03" w:rsidP="00EC0A03">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Мастер – классы, педагогов, прошедших курсовую подготовку «Работа с интерактивными ресурсами. Инструменты для создания интерактивной презентации, интерактивного урока», «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Инфографика</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC0A03" w:rsidRPr="00EC0A03" w:rsidRDefault="00EC0A03" w:rsidP="00EC0A03">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Семинары на уровне города и области:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC0A03" w:rsidRPr="00EC0A03" w:rsidRDefault="00EC0A03" w:rsidP="00EC0A03">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-  «Обучающие практикумы по работе с образовательными ресурсами»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC0A03" w:rsidRPr="00EC0A03" w:rsidRDefault="00EC0A03" w:rsidP="00EC0A03">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>- «Интегрированное обучение  как средство активизации учебно-познавательного процесса»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC0A03" w:rsidRPr="00EC0A03" w:rsidRDefault="00EC0A03" w:rsidP="00EC0A03">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Применение активных методов   на разных этапах урока»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC0A03" w:rsidRPr="00EC0A03" w:rsidRDefault="00EC0A03" w:rsidP="00EC0A03">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Представлен опыта наших учителей на форуме «Ведущая школа как лидер инновационных трансформаций»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC0A03" w:rsidRPr="00EC0A03" w:rsidRDefault="00EC0A03" w:rsidP="009404C5">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="00A37524">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t>Для организации методической помощи молодым и вновь прибывшим педагогам создана Школа молодого педагога, назначены наставники.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="00A37524">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="00A37524">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t>При прохождении курсовой переподготовки учителей во внимание принимаются сроки прохождения аттестации учителей, а также результативность их работы. Учителям, дающим низкое качество знаний, рекомендуется внеплановое повышение квалификации через курсовую подготовку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F62E5E" w:rsidRPr="00EC0A03" w:rsidRDefault="00F62E5E" w:rsidP="001662C6">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="002270ED">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мониторинг участия учителей</w:t>
+      </w:r>
+      <w:r w:rsidR="002270ED" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в конкурсах, олимпиадах, мероприятиях </w:t>
+      </w:r>
+      <w:r w:rsidR="002270ED" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>за 2022/2023 учебный год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00952452" w:rsidRPr="00EC0A03" w:rsidRDefault="00952452" w:rsidP="00952452">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Международный уровень - нет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00952452" w:rsidRPr="00EC0A03" w:rsidRDefault="00952452" w:rsidP="00952452">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республиканский уровень – нет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00952452" w:rsidRPr="00EC0A03" w:rsidRDefault="00952452" w:rsidP="00952452">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Областной:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00952452" w:rsidRPr="00EC0A03" w:rsidRDefault="00952452" w:rsidP="00952452">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Өрлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Конкурс "Функциональная грамотность-основа успешности" – Бек З.Н., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бекниязова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г.И., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Саденова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З.М., Мухина Н.С. Ртищева И.С. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Турсукпаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С.К., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Димитрюк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.В.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00952452" w:rsidRPr="00EC0A03" w:rsidRDefault="00952452" w:rsidP="00952452">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Өрлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Конкурс "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шеберлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шакибаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г.А., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нургожина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.А, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бекниязова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г.И.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00952452" w:rsidRPr="00EC0A03" w:rsidRDefault="00952452" w:rsidP="00952452">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Құрмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> грамота - Шевелева А.С., Якубовская Н.В., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нурахметова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Д.Ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00952452" w:rsidRPr="00EC0A03" w:rsidRDefault="00952452" w:rsidP="00952452">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учитель Года  - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кульжанов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Д.К.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00952452" w:rsidRPr="00EC0A03" w:rsidRDefault="00952452" w:rsidP="00952452">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лучший Учебно - Методический Материал - Кузнецова О.Л., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кульжанов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Д.К., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Косынтаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.К., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дарабаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.С.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00952452" w:rsidRPr="00EC0A03" w:rsidRDefault="00952452" w:rsidP="00952452">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="00A37524">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB42C6" w:rsidRPr="00EC0A03" w:rsidRDefault="002270ED" w:rsidP="00284885">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Выводы:</w:t>
+      </w:r>
+      <w:r w:rsidR="007B2E8E" w:rsidRPr="00EC0A03">
+        <w:t xml:space="preserve"> Следует отметить низкий уровень участия педагогов в профессиональных конкурсах </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B2E8E" w:rsidRPr="00EC0A03" w:rsidRDefault="007B2E8E" w:rsidP="007B2E8E">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рекомендации: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00284885" w:rsidRPr="00EC0A03" w:rsidRDefault="00284885" w:rsidP="00284885">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совершенствовать работу по формированию познавательной активности учащихся, развитию творческого потенциала школы через вовлечение их в исследовательскую деятельность (руководители МО).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B2E8E" w:rsidRPr="00EC0A03" w:rsidRDefault="00284885" w:rsidP="00284885">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="007B2E8E" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ввести в практику индивидуальное перспективное планирование работы и исследовательскую деятельность  педагогов по темам самообразования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB42C6" w:rsidRPr="00EC0A03" w:rsidRDefault="00AB42C6" w:rsidP="00A37524">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB42C6" w:rsidRPr="00EC0A03" w:rsidRDefault="00AB42C6" w:rsidP="001662C6">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="001662C6">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Состояние качества знаний, умений и навыков </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="001662C6">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учащихся по итогам 2022/2023 учебного года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007354B8" w:rsidRPr="00EC0A03" w:rsidRDefault="007354B8" w:rsidP="009839AC">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009839AC" w:rsidRPr="00EC0A03" w:rsidRDefault="009839AC" w:rsidP="009839AC">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2022-2023 год качество образования показывает рост до 60%. При переходе из четвертого класса в пятый происходит резкое снижение процента качества обучения вследствие организации новых классных коллективов, формируются классы углубленного изучения отдельных предметов, и период адаптации к повышенным требованиям сопровождается снижением качества обучения. Также следует обратить внимание на параллель 9 классов, где качество знаний составляет 41%, что говорит о необходимости проведения </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00447B54">
-[...6 lines deleted...]
-        <w:t>Нәтижесінде</w:t>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профориентационной</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00447B54">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы.</w:t>
+      </w:r>
+      <w:r w:rsidR="0038244A" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Самое низкое качество знаний в 10-х классах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009839AC" w:rsidRPr="00EC0A03" w:rsidRDefault="009839AC" w:rsidP="001662C6">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00571F7E" w:rsidRPr="00EC0A03" w:rsidRDefault="00571F7E" w:rsidP="001662C6">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00571F7E" w:rsidRPr="00EC0A03" w:rsidRDefault="00284885" w:rsidP="00284885">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Показатели качества знаний </w:t>
+      </w:r>
+      <w:r w:rsidR="003C73B9" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по школе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за 3 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A7844" w:rsidRPr="00EC0A03" w:rsidRDefault="005A7844" w:rsidP="00716AF0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9493" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2336"/>
+        <w:gridCol w:w="2336"/>
+        <w:gridCol w:w="2336"/>
+        <w:gridCol w:w="2485"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005A7844" w:rsidRPr="00EC0A03" w:rsidTr="00E36767">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A7844" w:rsidRPr="00EC0A03" w:rsidRDefault="005A7844" w:rsidP="00716AF0">
+            <w:pPr>
+              <w:pStyle w:val="828"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Учебный год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A7844" w:rsidRPr="00EC0A03" w:rsidRDefault="005A7844" w:rsidP="00716AF0">
+            <w:pPr>
+              <w:pStyle w:val="828"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2020/2021 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A7844" w:rsidRPr="00EC0A03" w:rsidRDefault="005A7844" w:rsidP="00716AF0">
+            <w:pPr>
+              <w:pStyle w:val="828"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учебный год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A7844" w:rsidRPr="00EC0A03" w:rsidRDefault="005A7844" w:rsidP="00716AF0">
+            <w:pPr>
+              <w:pStyle w:val="828"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2021/2022 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A7844" w:rsidRPr="00EC0A03" w:rsidRDefault="005A7844" w:rsidP="00716AF0">
+            <w:pPr>
+              <w:pStyle w:val="828"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учебный год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A7844" w:rsidRPr="00EC0A03" w:rsidRDefault="005A7844" w:rsidP="00716AF0">
+            <w:pPr>
+              <w:pStyle w:val="828"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2022/2023 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A7844" w:rsidRPr="00EC0A03" w:rsidRDefault="005A7844" w:rsidP="00716AF0">
+            <w:pPr>
+              <w:pStyle w:val="828"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учебный год </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A7844" w:rsidRPr="00EC0A03" w:rsidTr="00E36767">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A7844" w:rsidRPr="00EC0A03" w:rsidRDefault="005A7844" w:rsidP="00716AF0">
+            <w:pPr>
+              <w:pStyle w:val="848"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Качество знаний</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A7844" w:rsidRPr="00EC0A03" w:rsidRDefault="00F12300" w:rsidP="00716AF0">
+            <w:pPr>
+              <w:pStyle w:val="848"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="005A7844" w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>о школе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A7844" w:rsidRPr="00EC0A03" w:rsidRDefault="005A7844" w:rsidP="00716AF0">
+            <w:pPr>
+              <w:pStyle w:val="848"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A7844" w:rsidRPr="00EC0A03" w:rsidRDefault="005A7844" w:rsidP="00716AF0">
+            <w:pPr>
+              <w:pStyle w:val="848"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>68%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A7844" w:rsidRPr="00EC0A03" w:rsidRDefault="005A7844" w:rsidP="00716AF0">
+            <w:pPr>
+              <w:pStyle w:val="848"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>57%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A7844" w:rsidRPr="00EC0A03" w:rsidRDefault="005A7844" w:rsidP="00716AF0">
+            <w:pPr>
+              <w:pStyle w:val="848"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>60%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="005A7844" w:rsidRPr="00EC0A03" w:rsidRDefault="005A7844" w:rsidP="00716AF0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003C73B9" w:rsidRPr="00EC0A03" w:rsidRDefault="003C73B9" w:rsidP="00716AF0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Показатели качества знаний  в гимназии  за 3 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C73B9" w:rsidRPr="00EC0A03" w:rsidRDefault="003C73B9" w:rsidP="00716AF0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9493" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2336"/>
+        <w:gridCol w:w="2336"/>
+        <w:gridCol w:w="2336"/>
+        <w:gridCol w:w="2485"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003C73B9" w:rsidRPr="00EC0A03" w:rsidTr="00E36767">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C73B9" w:rsidRPr="00EC0A03" w:rsidRDefault="003C73B9" w:rsidP="00716AF0">
+            <w:pPr>
+              <w:pStyle w:val="828"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Учебный год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C73B9" w:rsidRPr="00EC0A03" w:rsidRDefault="003C73B9" w:rsidP="00716AF0">
+            <w:pPr>
+              <w:pStyle w:val="828"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2020/2021 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C73B9" w:rsidRPr="00EC0A03" w:rsidRDefault="003C73B9" w:rsidP="00716AF0">
+            <w:pPr>
+              <w:pStyle w:val="828"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учебный год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C73B9" w:rsidRPr="00EC0A03" w:rsidRDefault="003C73B9" w:rsidP="00716AF0">
+            <w:pPr>
+              <w:pStyle w:val="828"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2021/2022 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C73B9" w:rsidRPr="00EC0A03" w:rsidRDefault="003C73B9" w:rsidP="00716AF0">
+            <w:pPr>
+              <w:pStyle w:val="828"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учебный год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C73B9" w:rsidRPr="00EC0A03" w:rsidRDefault="003C73B9" w:rsidP="00716AF0">
+            <w:pPr>
+              <w:pStyle w:val="828"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2022/2023 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C73B9" w:rsidRPr="00EC0A03" w:rsidRDefault="003C73B9" w:rsidP="00716AF0">
+            <w:pPr>
+              <w:pStyle w:val="828"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учебный год </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C73B9" w:rsidRPr="00EC0A03" w:rsidTr="00E36767">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C73B9" w:rsidRPr="00EC0A03" w:rsidRDefault="003C73B9" w:rsidP="00716AF0">
+            <w:pPr>
+              <w:pStyle w:val="848"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Качество знаний</w:t>
+            </w:r>
+            <w:r w:rsidR="00F12300" w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в гимназии</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C73B9" w:rsidRPr="00EC0A03" w:rsidRDefault="003C73B9" w:rsidP="00716AF0">
+            <w:pPr>
+              <w:pStyle w:val="848"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C73B9" w:rsidRPr="00EC0A03" w:rsidRDefault="003C73B9" w:rsidP="00716AF0">
+            <w:pPr>
+              <w:pStyle w:val="848"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>73%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C73B9" w:rsidRPr="00EC0A03" w:rsidRDefault="003C73B9" w:rsidP="00716AF0">
+            <w:pPr>
+              <w:pStyle w:val="848"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>73%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C73B9" w:rsidRPr="00EC0A03" w:rsidRDefault="003C73B9" w:rsidP="00716AF0">
+            <w:pPr>
+              <w:pStyle w:val="848"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC0A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>78%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="0038244A" w:rsidRPr="00EC0A03" w:rsidRDefault="0038244A" w:rsidP="00A37524">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="00C63468" w:rsidP="00A37524">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t>В целом отмеча</w:t>
+      </w:r>
+      <w:r w:rsidR="003C73B9" w:rsidRPr="00EC0A03">
+        <w:t xml:space="preserve">ется положительная динамика, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t xml:space="preserve"> в сравнении с прошлым годом, </w:t>
+      </w:r>
+      <w:r w:rsidR="003C73B9" w:rsidRPr="00EC0A03">
+        <w:t>в 2020-2021 учебном году качество знаний самое высокое, что связано с дистанционной формой обучения. Н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t>о следует отметить, что слабой остается старшее  звено, за счет очень низкого качества параллели 10- классов, где по итогам полугодия снят статус «гимназии» с 10А и 10Б классов, где качество составило 33% по итогам года</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7D8F" w:rsidRPr="00EC0A03">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="003C73B9" w:rsidRPr="00EC0A03" w:rsidRDefault="003C73B9" w:rsidP="00A37524">
+      <w:pPr>
+        <w:pStyle w:val="71grey"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t xml:space="preserve">По отдельным предметам сохраняется стабильная и положительная динамика качества образования, в сравнении с прошлым годом. По физике, химии снижение на -7%, информатике -6%. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C63468" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="007B2E8E">
+      <w:pPr>
+        <w:pStyle w:val="75"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:t>Рекомендации</w:t>
+      </w:r>
+      <w:r w:rsidR="00C63468" w:rsidRPr="00EC0A03">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C63468" w:rsidRPr="00EC0A03" w:rsidRDefault="00C63468" w:rsidP="007B2E8E">
+      <w:pPr>
+        <w:pStyle w:val="75"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-       </w:t>
+      </w:r>
+      <w:r w:rsidR="001662C6" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>усилить работу по ликвидации пробелов в знаниях учащихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C63468" w:rsidRPr="00EC0A03" w:rsidRDefault="003C73B9" w:rsidP="007B2E8E">
+      <w:pPr>
+        <w:pStyle w:val="75"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-     </w:t>
+      </w:r>
+      <w:r w:rsidR="00C63468" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>в планы работы МО внести вопросы по мониторингу качества знаний по предметам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00A3158B" w:rsidRDefault="003C73B9" w:rsidP="007F3928">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A3158B">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="001662C6" w:rsidRPr="00A3158B">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о результатам итоговой аттестации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00981474" w:rsidRPr="00A3158B" w:rsidRDefault="00981474" w:rsidP="00A3158B">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003C73B9" w:rsidRPr="00A3158B" w:rsidRDefault="003C73B9" w:rsidP="00A3158B">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A3158B">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Всего в 9 классах -  </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA658A" w:rsidRPr="00A3158B">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>195</w:t>
+      </w:r>
+      <w:r w:rsidR="007D64AB" w:rsidRPr="00A3158B">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3158B">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выпускников</w:t>
+      </w:r>
+      <w:r w:rsidR="007D64AB" w:rsidRPr="00A3158B">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, с отличием закончили –  </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA658A" w:rsidRPr="00A3158B">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="007D64AB" w:rsidRPr="00A3158B">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D64AB" w:rsidRPr="00EC0A03" w:rsidRDefault="007D64AB" w:rsidP="00A3158B">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A3158B">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В колледжи поступили  - </w:t>
+      </w:r>
+      <w:r w:rsidR="00F12300" w:rsidRPr="00A3158B">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>152</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A3158B">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   , в 10 класс приняли  –   </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA658A" w:rsidRPr="00A3158B">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>119</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D64AB" w:rsidRPr="00EC0A03" w:rsidRDefault="007D64AB" w:rsidP="00BA17EF">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D64AB" w:rsidRPr="00EC0A03" w:rsidRDefault="007D64AB" w:rsidP="00BA17EF">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Всего 11 </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00447B54">
-[...6 lines deleted...]
-        <w:t>мектеп</w:t>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>классников</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00447B54">
-[...867 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -  </w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:r w:rsidR="00981474" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>78</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   , АБ </w:t>
+      </w:r>
+      <w:r w:rsidR="00981474" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– 1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     , с отличием – </w:t>
+      </w:r>
+      <w:r w:rsidR="00981474" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D64AB" w:rsidRPr="00EC0A03" w:rsidRDefault="007D64AB" w:rsidP="00BA17EF">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На грант поступили - </w:t>
+      </w:r>
+      <w:r w:rsidR="00981474" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>32</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C73B9" w:rsidRPr="00EC0A03" w:rsidRDefault="003C73B9" w:rsidP="001662C6">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003C73B9" w:rsidRPr="00EC0A03" w:rsidRDefault="003C73B9" w:rsidP="001662C6">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="00987969" w:rsidP="001662C6">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Отсюда можно говорить об </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="001662C6">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="007D64AB" w:rsidP="007D64AB">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Итоги </w:t>
+      </w:r>
+      <w:r w:rsidR="001662C6" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>участия учащихся в конкурсах, олимпиадах, интеллектуальных играх, мероприятиях за 2022/2023 учебный год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA17EF" w:rsidRPr="00EC0A03" w:rsidRDefault="00BA17EF" w:rsidP="00A91CC0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Интеллектуальные конкурсы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C30A54" w:rsidRPr="00EC0A03" w:rsidRDefault="00C30A54" w:rsidP="00A91CC0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Международный уровень – нет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C30A54" w:rsidRPr="00EC0A03" w:rsidRDefault="00C30A54" w:rsidP="00A91CC0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республиканский уровень</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00447B54">
-[...6 lines deleted...]
-        <w:t>Жалпы</w:t>
+      <w:r w:rsidR="00457089" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мын</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00447B54">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00457089" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала Бунина Алина (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00457089" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нурахметова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00457089" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Д.Ж.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C30A54" w:rsidRPr="00EC0A03" w:rsidRDefault="00C30A54" w:rsidP="00A91CC0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Область:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457089" w:rsidRPr="00EC0A03" w:rsidRDefault="00457089" w:rsidP="00A91CC0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс научных и исследовательских проектов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Зерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-7 классы – 5 призовых мест</w:t>
+      </w:r>
+      <w:r w:rsidR="00716AF0" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (подготовили педагоги:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00716AF0" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Рыбак С.М. (2), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00716AF0" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Андрусь</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00716AF0" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Е.А., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00716AF0" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дарабаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00716AF0" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.С., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00716AF0" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Токсамбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00716AF0" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г.А.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457089" w:rsidRPr="00EC0A03" w:rsidRDefault="00457089" w:rsidP="00A91CC0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурс научных проектов 8-11 классы – 1 призовое место (</w:t>
+      </w:r>
+      <w:r w:rsidR="00716AF0" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагог:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00716AF0" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00447B54">
-[...6 lines deleted...]
-        <w:t>педагогикалық</w:t>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тлегенова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00447B54">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б.М.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA17EF" w:rsidRPr="00EC0A03" w:rsidRDefault="00BA17EF" w:rsidP="00A91CC0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предметная олимпиада  среди 5-6 классов – 1 призовое место (</w:t>
+      </w:r>
+      <w:r w:rsidR="00716AF0" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагог:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00716AF0" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00447B54">
-[...6 lines deleted...]
-        <w:t>кеңестің</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Танзиля</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00447B54">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00447B54">
-[...6 lines deleted...]
-        <w:t>шешімі</w:t>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Какимовна</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00447B54">
-[...11 lines deleted...]
-        <w:pStyle w:val="a3"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00C30A54" w:rsidRPr="00EC0A03" w:rsidRDefault="00C30A54" w:rsidP="00A91CC0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Город:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C30A54" w:rsidRPr="00EC0A03" w:rsidRDefault="00C30A54" w:rsidP="00A91CC0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс научных и исследовательских проектов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Зерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-7 классы </w:t>
+      </w:r>
+      <w:r w:rsidR="00457089" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00457089" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11 призовых мест</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457089" w:rsidRPr="00EC0A03" w:rsidRDefault="00457089" w:rsidP="00A91CC0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурс научных проектов 8-11 классы – 3 призовых места</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457089" w:rsidRPr="00EC0A03" w:rsidRDefault="00457089" w:rsidP="00A91CC0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Юниорская олимпиада ЕМН – </w:t>
+      </w:r>
+      <w:r w:rsidR="00F12300" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457089" w:rsidRPr="00EC0A03" w:rsidRDefault="00457089" w:rsidP="00A91CC0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 гуманитарная лингвистическая олимпиада среди 7-8 классов – </w:t>
+      </w:r>
+      <w:r w:rsidR="00F12300" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F12300" w:rsidRPr="00EC0A03" w:rsidRDefault="00F12300" w:rsidP="00A91CC0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лингвистическая олимпиада - 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457089" w:rsidRPr="00EC0A03" w:rsidRDefault="00457089" w:rsidP="00A91CC0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Менің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ша</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отаным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" – </w:t>
+      </w:r>
+      <w:r w:rsidR="00F12300" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00457089" w:rsidRPr="00EC0A03" w:rsidRDefault="00457089" w:rsidP="00A91CC0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Олимпиада по </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>полиязычию</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  - </w:t>
+      </w:r>
+      <w:r w:rsidR="00F12300" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F12300" w:rsidRPr="00EC0A03" w:rsidRDefault="00BA17EF" w:rsidP="00A91CC0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предметная о</w:t>
+      </w:r>
+      <w:r w:rsidR="00F12300" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лимпиада среди 5-6 классов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00F12300" w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA17EF" w:rsidRPr="00EC0A03" w:rsidRDefault="00BA17EF" w:rsidP="00A91CC0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предметная олимпиада среди 8-11 классов – 19</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA17EF" w:rsidRPr="00EC0A03" w:rsidRDefault="00BA17EF" w:rsidP="00A91CC0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Математический турнир 2-4 классы - 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA17EF" w:rsidRPr="00EC0A03" w:rsidRDefault="00BA17EF" w:rsidP="00A91CC0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Абай </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қулары  - 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA17EF" w:rsidRPr="00EC0A03" w:rsidRDefault="00BA17EF" w:rsidP="00A91CC0">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мұкағали Мақатаев -1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA17EF" w:rsidRPr="00EC0A03" w:rsidRDefault="00BA17EF" w:rsidP="00C30A54">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0033361D" w:rsidRPr="00EC0A03" w:rsidRDefault="0033361D" w:rsidP="0033361D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Выводы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0033361D" w:rsidRPr="00EC0A03" w:rsidRDefault="0033361D" w:rsidP="0033361D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аблюдается</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> положительная динамика результативности участия учащихся в юниорской олимпиаде, городской предметной олимпиаде. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0033361D" w:rsidRPr="00EC0A03" w:rsidRDefault="0033361D" w:rsidP="0033361D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-   Результативность участия учащихся в предметных олимпиадах свидетельствует о систематической работе педагогов по подготовке учащихся к участию в олимпиаде, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>однако</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> низкий уровень представительства школьной команды на областном и республиканском уровне.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0033361D" w:rsidRPr="00EC0A03" w:rsidRDefault="0033361D" w:rsidP="0033361D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Рекомендации: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0033361D" w:rsidRPr="00EC0A03" w:rsidRDefault="0033361D" w:rsidP="0033361D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- Педагогам  усилить работу по подготовке учащихся к олимпиадам областного и республиканского уровней</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0033361D" w:rsidRPr="00EC0A03" w:rsidRDefault="0033361D" w:rsidP="0033361D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-  на период летних каникул организовать работу профильного отряда  Школа Олимпийского Резерва по подготовке к предметным олимпиадам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="00EC0A03" w:rsidP="001662C6">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rStyle w:val="72gray"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В целом РЕШЕНИЕ ПЕДАГОГИЧЕСКОГО СОВЕТА:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC0A03" w:rsidRPr="00EC0A03" w:rsidRDefault="00EC0A03" w:rsidP="00EC0A03">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="20"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...302 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Считать работу педагогического коллектива по Использованию  возможностей цифровой образовательной среды в прошедшем учебном году удовлетворительной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E7EE7" w:rsidRPr="00447B54" w:rsidRDefault="005E7EE7" w:rsidP="00447B54">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="001662C6" w:rsidRPr="00EC0A03" w:rsidRDefault="001662C6" w:rsidP="00A37524">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="20"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...418 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С учетом реальных возможностей педагогического коллектива школы, на основании педагогического анализа проблем педагогическим коллективом школы были определены задачи на новый учебный год:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC0A03" w:rsidRPr="00EC0A03" w:rsidRDefault="00EC0A03" w:rsidP="00EC0A03">
+      <w:pPr>
+        <w:pStyle w:val="711grey"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRPr="00EC0A03" w:rsidRDefault="007F3928" w:rsidP="00EC0A03">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...412 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Повышение качества знаний  через вовлечение в информационную образовательную среду (практика внедрения на уроках  инновационных технологий по развитию Функциональной грамотности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и Искусственного Интеллекта)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRPr="00EC0A03" w:rsidRDefault="007F3928" w:rsidP="00EC0A03">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...360 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Создание  условий для обеспечения безопасности и жизнедеятельности учащихся через реализацию программы «Профилактика и реагирование».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRPr="00EC0A03" w:rsidRDefault="007F3928" w:rsidP="00EC0A03">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...133 lines deleted...]
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0A03">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Продолжение внедрения  в практику школы Родительского Аудита</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00081E36" w:rsidRPr="00EC0A03" w:rsidRDefault="00081E36" w:rsidP="00EC0A03">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00081E36" w:rsidRPr="00EC0A03" w:rsidSect="007F3928">
+      <w:pgSz w:w="11624" w:h="15026" w:code="9"/>
+      <w:pgMar w:top="1276" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Palatino Linotype">
+    <w:panose1 w:val="02040502050505030304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="4E3331D1"/>
+    <w:nsid w:val="0C670B93"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4A0AAEBA"/>
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="4F12DD96"/>
+    <w:lvl w:ilvl="0" w:tplc="D54EA944">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="888"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="0FAD2440"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0AEA17C0"/>
+    <w:lvl w:ilvl="0" w:tplc="EFB6C432">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="870" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1590" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2310" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3030" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3750" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4470" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5190" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5910" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6630" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6C9552C5"/>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="23634786"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8358503A"/>
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="66A432DC"/>
+    <w:lvl w:ilvl="0" w:tplc="8D26737A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-        <w:rFonts w:hint="default"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="ADECA3E0" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="782C8B8A" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="A1DA9A56" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5AB8DEEA" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="69E4A9F6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="DE806C94" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="DC149860" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2C40F738" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="2BF2260A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F8902EC2"/>
+    <w:lvl w:ilvl="0" w:tplc="A1187E8C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="11611"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="2E8C7670"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFF03BD8"/>
+    <w:lvl w:ilvl="0" w:tplc="D1761420">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="868"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="307244F4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1180A524"/>
+    <w:lvl w:ilvl="0" w:tplc="C29C746E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="6"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="351D4C6F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F1505050"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="374816B7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AE8A55AC"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="45005610"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C6B247D6"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -9252,149 +6575,1654 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="4E380005"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FDEAA742"/>
+    <w:lvl w:ilvl="0" w:tplc="1F5A1E10">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="77"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1571" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2291" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3011" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3731" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4451" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5171" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5891" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6611" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7331" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="4EDE6857"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5C3E2C28"/>
+    <w:lvl w:ilvl="0" w:tplc="443AB82E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="61"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="50C73B5E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="78E6A4A4"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="51EE66A7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CDB8B678"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="52C769BB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3CDAF804"/>
+    <w:lvl w:ilvl="0" w:tplc="4C56DFA6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="76"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1571" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2291" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3011" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3731" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4451" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5171" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5891" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6611" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7331" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="55920BC3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8CE0EEB4"/>
+    <w:lvl w:ilvl="0" w:tplc="0A244F94">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="62"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="64780F98"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C0B8CFD6"/>
+    <w:lvl w:ilvl="0" w:tplc="F7C4D794">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="878"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16">
+    <w:nsid w:val="64C64EF5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DC00A2D0"/>
+    <w:lvl w:ilvl="0" w:tplc="8D9AC5EC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="990"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17">
+    <w:nsid w:val="67E34814"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E4065C20"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18">
+    <w:nsid w:val="6AA86C08"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="70F85E62"/>
+    <w:lvl w:ilvl="0" w:tplc="DA82491A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="959"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1644" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2364" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3084" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3804" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4524" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5244" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5964" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6684" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7404" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19">
+    <w:nsid w:val="78620A2D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1010A932"/>
+    <w:lvl w:ilvl="0" w:tplc="F62A3202">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="969"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1030" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1750" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2470" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3190" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3910" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4630" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5350" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6070" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6790" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20">
+    <w:nsid w:val="7D004C72"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0A640B0C"/>
+    <w:lvl w:ilvl="0" w:tplc="3E661CD8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2705" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3425" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4145" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4865" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5585" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6305" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7025" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7745" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8465" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="10">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="13">
     <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00741D35"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00F54835"/>
+    <w:rsidRoot w:val="001662C6"/>
+    <w:rsid w:val="000052C3"/>
+    <w:rsid w:val="00032F47"/>
+    <w:rsid w:val="00036EA8"/>
+    <w:rsid w:val="00056BF6"/>
+    <w:rsid w:val="00081E36"/>
+    <w:rsid w:val="00094FE5"/>
+    <w:rsid w:val="000E3073"/>
+    <w:rsid w:val="000F147E"/>
+    <w:rsid w:val="00105CFF"/>
+    <w:rsid w:val="001246E5"/>
+    <w:rsid w:val="00127AAE"/>
+    <w:rsid w:val="001662C6"/>
+    <w:rsid w:val="00175129"/>
+    <w:rsid w:val="00184E19"/>
+    <w:rsid w:val="001963C9"/>
+    <w:rsid w:val="002270ED"/>
+    <w:rsid w:val="00273951"/>
+    <w:rsid w:val="00284885"/>
+    <w:rsid w:val="002935E3"/>
+    <w:rsid w:val="00316847"/>
+    <w:rsid w:val="0033361D"/>
+    <w:rsid w:val="00376D95"/>
+    <w:rsid w:val="0038244A"/>
+    <w:rsid w:val="003C73B9"/>
+    <w:rsid w:val="00440C92"/>
+    <w:rsid w:val="00457089"/>
+    <w:rsid w:val="004D2C5E"/>
+    <w:rsid w:val="004F548A"/>
+    <w:rsid w:val="004F63EF"/>
+    <w:rsid w:val="00510052"/>
+    <w:rsid w:val="00520BF0"/>
+    <w:rsid w:val="005279F2"/>
+    <w:rsid w:val="00531B8E"/>
+    <w:rsid w:val="00547075"/>
+    <w:rsid w:val="00571F7E"/>
+    <w:rsid w:val="005A7844"/>
+    <w:rsid w:val="005B7D8C"/>
+    <w:rsid w:val="005E693E"/>
+    <w:rsid w:val="005E7D9F"/>
+    <w:rsid w:val="005F3448"/>
+    <w:rsid w:val="005F636A"/>
+    <w:rsid w:val="00603A62"/>
+    <w:rsid w:val="00677BE0"/>
+    <w:rsid w:val="006A7D8F"/>
+    <w:rsid w:val="007102CD"/>
+    <w:rsid w:val="00716AF0"/>
+    <w:rsid w:val="007354B8"/>
+    <w:rsid w:val="007B2E8E"/>
+    <w:rsid w:val="007B3B55"/>
+    <w:rsid w:val="007D64AB"/>
+    <w:rsid w:val="007E163C"/>
+    <w:rsid w:val="007F3928"/>
+    <w:rsid w:val="0082255C"/>
+    <w:rsid w:val="008233D0"/>
+    <w:rsid w:val="00880186"/>
+    <w:rsid w:val="008817EF"/>
+    <w:rsid w:val="008B502E"/>
+    <w:rsid w:val="008B7C8A"/>
+    <w:rsid w:val="00920FD8"/>
+    <w:rsid w:val="009404C5"/>
+    <w:rsid w:val="00952452"/>
+    <w:rsid w:val="00981474"/>
+    <w:rsid w:val="009839AC"/>
+    <w:rsid w:val="00987969"/>
+    <w:rsid w:val="009F6589"/>
+    <w:rsid w:val="00A17C97"/>
+    <w:rsid w:val="00A3158B"/>
+    <w:rsid w:val="00A37524"/>
+    <w:rsid w:val="00A91CC0"/>
+    <w:rsid w:val="00AB42C6"/>
+    <w:rsid w:val="00AB4DE9"/>
+    <w:rsid w:val="00AC49B0"/>
+    <w:rsid w:val="00BA17EF"/>
+    <w:rsid w:val="00BA38D8"/>
+    <w:rsid w:val="00BB6664"/>
+    <w:rsid w:val="00BD17DC"/>
+    <w:rsid w:val="00BF615E"/>
+    <w:rsid w:val="00C042EA"/>
+    <w:rsid w:val="00C1047F"/>
+    <w:rsid w:val="00C23248"/>
+    <w:rsid w:val="00C27FE7"/>
+    <w:rsid w:val="00C30A54"/>
+    <w:rsid w:val="00C52C49"/>
+    <w:rsid w:val="00C57BC5"/>
+    <w:rsid w:val="00C63468"/>
+    <w:rsid w:val="00CA658A"/>
+    <w:rsid w:val="00CC1C39"/>
+    <w:rsid w:val="00CD301E"/>
+    <w:rsid w:val="00D10E0D"/>
+    <w:rsid w:val="00D56F5F"/>
+    <w:rsid w:val="00DA2E1C"/>
+    <w:rsid w:val="00DC4140"/>
+    <w:rsid w:val="00DD0536"/>
+    <w:rsid w:val="00DF711C"/>
+    <w:rsid w:val="00EB3A9A"/>
+    <w:rsid w:val="00EC0A03"/>
+    <w:rsid w:val="00F12300"/>
+    <w:rsid w:val="00F3555B"/>
+    <w:rsid w:val="00F447B2"/>
+    <w:rsid w:val="00F62E5E"/>
+    <w:rsid w:val="00FB6F6F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -9467,222 +8295,1532 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="828">
-[...3 lines deleted...]
-    <w:rsid w:val="00F54835"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a3">
+    <w:name w:val="[Без стиля]"/>
+    <w:locked/>
+    <w:rsid w:val="001662C6"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:after="0" w:line="210" w:lineRule="atLeast"/>
-      <w:jc w:val="center"/>
+      <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="0">
+    <w:name w:val="СРОУ_0_Пометки_верстке"/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b w:val="0"/>
+      <w:color w:val="auto"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:kern w:val="24"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:u w:val="none"/>
+      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="00">
+    <w:name w:val="СРОУ_0_Правки_редактора"/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:color w:val="FF0000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="01">
+    <w:name w:val="СРОУ0_Правки_главреда"/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:color w:val="00B050"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+    <w:name w:val="СРОУ_1_Рубрика"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:ind w:left="1701"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:caps/>
+      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
+    <w:name w:val="СРОУ_2_Заголовок"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="360" w:line="480" w:lineRule="atLeast"/>
+      <w:ind w:left="1701"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
+      <w:caps/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3">
+    <w:name w:val="СРОУ_3_Автор_статьи"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="2"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="1701"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="31">
+    <w:name w:val="СРОУ_3.1_Автор_регалии"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="2"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:after="240" w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="1701"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="32">
+    <w:name w:val="СРОУ_3.2_Цитата"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="2"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120" w:line="264" w:lineRule="atLeast"/>
+      <w:ind w:left="1701"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="53">
+    <w:name w:val="СРОУ_5.3_Основной_текст_курсив"/>
+    <w:uiPriority w:val="4"/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
       <w:color w:val="000000"/>
-      <w:sz w:val="20"/>
-[...13 lines deleted...]
-      <w:textAlignment w:val="center"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="33">
+    <w:name w:val="СРОУ_3.3_Преамбула"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="2"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="240"/>
+      <w:ind w:firstLine="284"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="54">
+    <w:name w:val="СРОУ_5.4_Основной_текст_курсив_и_жирный"/>
+    <w:uiPriority w:val="4"/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
       <w:color w:val="000000"/>
-      <w:sz w:val="19"/>
-      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5">
+    <w:name w:val="СРОУ_5_Основной_текст"/>
+    <w:basedOn w:val="a3"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="4"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="264" w:lineRule="atLeast"/>
+      <w:ind w:left="1701" w:firstLine="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6">
+    <w:name w:val="СРОУ_6_Текст_список_тире"/>
+    <w:basedOn w:val="a3"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="5"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="510"/>
+        <w:tab w:val="left" w:pos="1701"/>
+      </w:tabs>
+      <w:spacing w:line="264" w:lineRule="atLeast"/>
+      <w:ind w:left="1985" w:hanging="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="61">
+    <w:name w:val="СРОУ_6.1_Текст_список_точка"/>
+    <w:basedOn w:val="a3"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="5"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="510"/>
+      </w:tabs>
+      <w:spacing w:line="264" w:lineRule="atLeast"/>
+      <w:ind w:left="1985" w:hanging="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="52">
     <w:name w:val="СРОУ_5.2_Основной_текст_жирный"/>
     <w:uiPriority w:val="4"/>
-    <w:rsid w:val="00F54835"/>
+    <w:rsid w:val="001662C6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="711grey">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="412">
+    <w:name w:val="СРОУ_4.1_Подзаголовок_2_уровня"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="120" w:line="264" w:lineRule="atLeast"/>
+      <w:ind w:left="1985" w:right="284"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="41">
+    <w:name w:val="СРОУ_4_Подзаголовок_1_уровня"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="360" w:after="120" w:line="264" w:lineRule="atLeast"/>
+      <w:ind w:left="1985" w:right="284"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="818">
+    <w:name w:val="СРОУ_8.1_Заголовок_таблица (СРОУ_8_Таблица)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="7"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="120" w:line="252" w:lineRule="atLeast"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7grey">
+    <w:name w:val="СРОУ_7_Текст_заголовок_плашка_grey"/>
+    <w:basedOn w:val="a3"/>
     <w:uiPriority w:val="6"/>
-    <w:rsid w:val="005E7EE7"/>
-[...4 lines deleted...]
-      <w:spacing w:after="0" w:line="252" w:lineRule="atLeast"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="360" w:line="252" w:lineRule="atLeast"/>
       <w:ind w:left="1985" w:right="284" w:firstLine="284"/>
       <w:jc w:val="center"/>
-      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="71grey">
+    <w:name w:val="СРОУ_7.1_Текст_плашка_grey"/>
+    <w:basedOn w:val="a3"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="00A37524"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="0"/>
+      </w:tabs>
+      <w:spacing w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:right="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="77">
+    <w:name w:val="СРОУ_7.7_Текст_плашка_галка"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:spacing w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="2269" w:right="284" w:hanging="284"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="75">
+    <w:name w:val="СРОУ_7.5_Текст_плашка_тире"/>
+    <w:basedOn w:val="a3"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="007B2E8E"/>
+    <w:pPr>
+      <w:spacing w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:right="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="76">
+    <w:name w:val="СРОУ_7.6_Текст_плашка_точка"/>
+    <w:basedOn w:val="a3"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:spacing w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="2269" w:right="284" w:hanging="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="711grey">
+    <w:name w:val="СРОУ_7.1.1_Текст_плашка_grey_центр"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="1985" w:right="284" w:firstLine="284"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="712grey">
+    <w:name w:val="СРОУ_7.1.2_Текст_плашка_grey_справа"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="1985" w:right="284" w:firstLine="284"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="74gray">
+    <w:name w:val="СРОУ_7.4_Текст_плашка_gray_курсив_и_жирный"/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="0"/>
+      <w:szCs w:val="20"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="73gray">
+    <w:name w:val="СРОУ_7.3_Текст_плашка_gray_курсив"/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="0"/>
+      <w:szCs w:val="20"/>
+      <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="72gray">
     <w:name w:val="СРОУ_7.2_Текст_плашка_gray_жир"/>
     <w:uiPriority w:val="6"/>
-    <w:rsid w:val="005E7EE7"/>
+    <w:rsid w:val="001662C6"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="20"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="929">
+    <w:name w:val="СРОУ_9.2_Приложение_заголовок (СРОУ_9_Приложение)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="8"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="120" w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="284" w:right="284"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9419">
+    <w:name w:val="СРОУ_9.4.1_Приложение_текст_центр (СРОУ_9_Приложение)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="8"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="284" w:right="284" w:firstLine="284"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="949">
+    <w:name w:val="СРОУ_9.4_Приложение_текст (СРОУ_9_Приложение)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="8"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="284" w:right="284" w:firstLine="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="919">
+    <w:name w:val="СРОУ_9.1_Приложение_номер (СРОУ_9_Приложение)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="8"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="510"/>
+      <w:ind w:right="283" w:firstLine="283"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="FFFFFF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="959">
+    <w:name w:val="СРОУ_9.5_Приложение_подабзац_тире (СРОУ_9_Приложение)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="8"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="8"/>
+      </w:numPr>
+      <w:spacing w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="568" w:right="284" w:hanging="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="969">
+    <w:name w:val="СРОУ_9.6_Приложение_подабзац_галка (СРОУ_9_Приложение)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="8"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="9"/>
+      </w:numPr>
+      <w:spacing w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="568" w:right="284" w:hanging="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="979">
+    <w:name w:val="СРОУ_9.7_Приложение_подпись_министра (СРОУ_9_Приложение)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="8"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="3402"/>
+      </w:tabs>
+      <w:spacing w:before="227" w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="284" w:right="284" w:firstLine="284"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9319">
+    <w:name w:val="СРОУ_9.3_Приложение_подзаголовок_1_уровня (СРОУ_9_Приложение)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="8"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="227" w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="284" w:right="284" w:firstLine="284"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="913">
+    <w:name w:val="СРОУ_9.13_Приложение_подпись"/>
+    <w:uiPriority w:val="8"/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="СРОУ_2.1_Промоанонс"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="240"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="828">
+    <w:name w:val="СРОУ_8.2_Таблица_шапка (СРОУ_8_Таблица)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="7"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="210" w:lineRule="atLeast"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="19"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="838">
+    <w:name w:val="СРОУ_8.3_Таблица_подзаголовок (СРОУ_8_Таблица)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="7"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="210" w:lineRule="atLeast"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="848">
+    <w:name w:val="СРОУ_8.4_Таблица_текст (СРОУ_8_Таблица)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="7"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="210" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="858">
+    <w:name w:val="СРОУ_8.5_Таблица_текст_по_центру (СРОУ_8_Таблица)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="7"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="210" w:lineRule="atLeast"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="868">
+    <w:name w:val="СРОУ_8.6_Таблица_тире (СРОУ_8_Таблица)"/>
+    <w:basedOn w:val="a3"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="7"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="7"/>
+      </w:numPr>
+      <w:spacing w:line="210" w:lineRule="atLeast"/>
+      <w:ind w:left="187" w:hanging="187"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="878">
+    <w:name w:val="СРОУ_8.7_Таблица_точка (СРОУ_8_Таблица)"/>
+    <w:basedOn w:val="a3"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="7"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="6"/>
+      </w:numPr>
+      <w:spacing w:line="210" w:lineRule="atLeast"/>
+      <w:ind w:left="187" w:hanging="187"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="888">
+    <w:name w:val="СРОУ_8.8_Таблица_галка (СРОУ_8_Таблица)"/>
+    <w:basedOn w:val="a3"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="7"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="10"/>
+      </w:numPr>
+      <w:spacing w:line="210" w:lineRule="atLeast"/>
+      <w:ind w:left="187" w:hanging="187"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="51">
+    <w:name w:val="СРОУ_5.1_Текст_по_центру"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="4"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="264" w:lineRule="atLeast"/>
+      <w:ind w:left="1701" w:firstLine="284"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="62">
+    <w:name w:val="СРОУ_6.2_Текст_список_галка"/>
+    <w:basedOn w:val="a3"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="5"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="11"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="510"/>
+      </w:tabs>
+      <w:spacing w:line="264" w:lineRule="atLeast"/>
+      <w:ind w:left="1985" w:hanging="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="005E7EE7"/>
+    <w:rsid w:val="001662C6"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10210">
+    <w:name w:val="СРОУ_10.2_Заголовок_вопросы_и_ответы (СРОУ_10_Вопросы_и_ответы)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="480" w:lineRule="atLeast"/>
+      <w:ind w:left="1701"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10310">
+    <w:name w:val="СРОУ_10.3_Вопрос (СРОУ_10_Вопросы_и_ответы)"/>
+    <w:basedOn w:val="a3"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="170" w:after="170" w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="1701" w:firstLine="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10410">
+    <w:name w:val="СРОУ_10.4_Текст_ответ (СРОУ_10_Вопросы_и_ответы)"/>
+    <w:basedOn w:val="a3"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="1701" w:firstLine="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10510">
+    <w:name w:val="СРОУ_10.5_Источник_вопр_и_ответы (СРОУ_10_Вопросы_и_ответы)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="170" w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="1701" w:firstLine="284"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="106">
+    <w:name w:val="СРОУ_10.6_Подруб_ответ_курсив"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000"/>
+      <w:w w:val="100"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="105">
+    <w:name w:val="СРОУ_10.5_Подруб_ответ_жирный"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:w w:val="100"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="107">
+    <w:name w:val="СРОУ_10.7_Подруб_ответ_курсив_и_жирный"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000"/>
+      <w:w w:val="100"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11111">
+    <w:name w:val="СРОУ_11.1_Нормативика_заголовок (СРОУ_11_Нормативика)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:after="170" w:line="360" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11511">
+    <w:name w:val="СРОУ_11.5_Нормативика_текст_центр (СРОУ_11_Нормативика)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="228" w:lineRule="atLeast"/>
+      <w:ind w:firstLine="284"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="114211">
+    <w:name w:val="СРОУ_11.4_Нормативка_подзаголовок_2_уровня (СРОУ_11_Нормативика)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="170" w:line="228" w:lineRule="atLeast"/>
+      <w:ind w:firstLine="284"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="115110">
+    <w:name w:val="СРОУ_11.5_Нормативика_текст (СРОУ_11_Нормативика)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="228" w:lineRule="atLeast"/>
+      <w:ind w:firstLine="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11611">
+    <w:name w:val="СРОУ_11.6_Нормативка_тире (СРОУ_11_Нормативика)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="12"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="510"/>
+      </w:tabs>
+      <w:spacing w:line="228" w:lineRule="atLeast"/>
+      <w:ind w:left="357" w:hanging="357"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11211">
+    <w:name w:val="СРОУ_11.2_Нормативика_шапка (СРОУ_11_Нормативика)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="228" w:lineRule="atLeast"/>
+      <w:ind w:firstLine="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="113111">
+    <w:name w:val="СРОУ_11.3_Нормативка_подзаг_1_уровня (СРОУ_11_Нормативика)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="240" w:lineRule="atLeast"/>
+      <w:ind w:firstLine="284"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11911">
+    <w:name w:val="СРОУ_11.9_Нормативика_источник (СРОУ_11_Нормативика)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="9400"/>
+      </w:tabs>
+      <w:spacing w:before="227" w:line="228" w:lineRule="atLeast"/>
+      <w:ind w:firstLine="284"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11811">
+    <w:name w:val="СРОУ_11.8_Нормативика_подпись_министра (СРОУ_11_Нормативика)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="3969"/>
+        <w:tab w:val="right" w:pos="9400"/>
+      </w:tabs>
+      <w:spacing w:before="227" w:line="228" w:lineRule="atLeast"/>
+      <w:ind w:firstLine="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="117">
+    <w:name w:val="СРОУ_11.7_Нормативика_подпись"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12112">
+    <w:name w:val="СРОУ_12.1_Бирка_подверстки (СРОУ_12_Подверстка)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:after="397"/>
+      <w:ind w:left="284" w:firstLine="284"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="FFFFFF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12212">
+    <w:name w:val="СРОУ_12.2_Заголовок_подверстки (СРОУ_12_Подверстка)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:after="227" w:line="264" w:lineRule="atLeast"/>
+      <w:ind w:left="170" w:right="170" w:firstLine="284"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12312">
+    <w:name w:val="СРОУ_12.3_Текст_подверстки (СРОУ_12_Подверстка)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="atLeast"/>
+      <w:ind w:left="170" w:right="170" w:firstLine="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12412">
+    <w:name w:val="СРОУ_12.4_Подпись_подверстки (СРОУ_12_Подверстка)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="170" w:line="240" w:lineRule="atLeast"/>
+      <w:ind w:left="170" w:right="170" w:firstLine="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="No Spacing"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Без интервала Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00C042EA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D10E0D"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Основной текст с отступом Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D10E0D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (веб) Знак1,Обычный (веб) Знак Знак,Обычный (веб) Знак,Обычный (Web),Обычный (Web)1,Знак Знак3,Знак Знак1 Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак4 Зна,Знак4,Знак4 Знак,Знак Знак Знак Знак Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="007B2E8E"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Обычный (веб) Знак2"/>
+    <w:aliases w:val="Обычный (веб) Знак1 Знак,Обычный (веб) Знак Знак Знак,Обычный (веб) Знак Знак1,Обычный (Web) Знак,Обычный (Web)1 Знак,Знак Знак3 Знак,Знак Знак1 Знак Знак1,Знак Знак1 Знак Знак Знак,Обычный (веб) Знак Знак Знак Знак Знак,Знак4 Знак1"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="007B2E8E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -9755,500 +9893,1938 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="828">
-[...3 lines deleted...]
-    <w:rsid w:val="00F54835"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a3">
+    <w:name w:val="[Без стиля]"/>
+    <w:locked/>
+    <w:rsid w:val="001662C6"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:after="0" w:line="210" w:lineRule="atLeast"/>
-      <w:jc w:val="center"/>
+      <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="0">
+    <w:name w:val="СРОУ_0_Пометки_верстке"/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b w:val="0"/>
+      <w:color w:val="auto"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:kern w:val="24"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:u w:val="none"/>
+      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="00">
+    <w:name w:val="СРОУ_0_Правки_редактора"/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:color w:val="FF0000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="01">
+    <w:name w:val="СРОУ0_Правки_главреда"/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:color w:val="00B050"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+    <w:name w:val="СРОУ_1_Рубрика"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:ind w:left="1701"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:caps/>
+      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
+    <w:name w:val="СРОУ_2_Заголовок"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="360" w:line="480" w:lineRule="atLeast"/>
+      <w:ind w:left="1701"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
+      <w:caps/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3">
+    <w:name w:val="СРОУ_3_Автор_статьи"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="2"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="1701"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="31">
+    <w:name w:val="СРОУ_3.1_Автор_регалии"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="2"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:after="240" w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="1701"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="32">
+    <w:name w:val="СРОУ_3.2_Цитата"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="2"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120" w:line="264" w:lineRule="atLeast"/>
+      <w:ind w:left="1701"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="53">
+    <w:name w:val="СРОУ_5.3_Основной_текст_курсив"/>
+    <w:uiPriority w:val="4"/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
       <w:color w:val="000000"/>
-      <w:sz w:val="20"/>
-[...13 lines deleted...]
-      <w:textAlignment w:val="center"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="33">
+    <w:name w:val="СРОУ_3.3_Преамбула"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="2"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="240"/>
+      <w:ind w:firstLine="284"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="54">
+    <w:name w:val="СРОУ_5.4_Основной_текст_курсив_и_жирный"/>
+    <w:uiPriority w:val="4"/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
       <w:color w:val="000000"/>
-      <w:sz w:val="19"/>
-      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5">
+    <w:name w:val="СРОУ_5_Основной_текст"/>
+    <w:basedOn w:val="a3"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="4"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="264" w:lineRule="atLeast"/>
+      <w:ind w:left="1701" w:firstLine="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6">
+    <w:name w:val="СРОУ_6_Текст_список_тире"/>
+    <w:basedOn w:val="a3"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="5"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="510"/>
+        <w:tab w:val="left" w:pos="1701"/>
+      </w:tabs>
+      <w:spacing w:line="264" w:lineRule="atLeast"/>
+      <w:ind w:left="1985" w:hanging="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="61">
+    <w:name w:val="СРОУ_6.1_Текст_список_точка"/>
+    <w:basedOn w:val="a3"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="5"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="510"/>
+      </w:tabs>
+      <w:spacing w:line="264" w:lineRule="atLeast"/>
+      <w:ind w:left="1985" w:hanging="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="52">
     <w:name w:val="СРОУ_5.2_Основной_текст_жирный"/>
     <w:uiPriority w:val="4"/>
-    <w:rsid w:val="00F54835"/>
+    <w:rsid w:val="001662C6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="711grey">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="412">
+    <w:name w:val="СРОУ_4.1_Подзаголовок_2_уровня"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="120" w:line="264" w:lineRule="atLeast"/>
+      <w:ind w:left="1985" w:right="284"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="41">
+    <w:name w:val="СРОУ_4_Подзаголовок_1_уровня"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="360" w:after="120" w:line="264" w:lineRule="atLeast"/>
+      <w:ind w:left="1985" w:right="284"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="818">
+    <w:name w:val="СРОУ_8.1_Заголовок_таблица (СРОУ_8_Таблица)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="7"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="120" w:line="252" w:lineRule="atLeast"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7grey">
+    <w:name w:val="СРОУ_7_Текст_заголовок_плашка_grey"/>
+    <w:basedOn w:val="a3"/>
     <w:uiPriority w:val="6"/>
-    <w:rsid w:val="005E7EE7"/>
-[...4 lines deleted...]
-      <w:spacing w:after="0" w:line="252" w:lineRule="atLeast"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="360" w:line="252" w:lineRule="atLeast"/>
       <w:ind w:left="1985" w:right="284" w:firstLine="284"/>
       <w:jc w:val="center"/>
-      <w:textAlignment w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="71grey">
+    <w:name w:val="СРОУ_7.1_Текст_плашка_grey"/>
+    <w:basedOn w:val="a3"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="00A37524"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="0"/>
+      </w:tabs>
+      <w:spacing w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:right="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="77">
+    <w:name w:val="СРОУ_7.7_Текст_плашка_галка"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:spacing w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="2269" w:right="284" w:hanging="284"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="75">
+    <w:name w:val="СРОУ_7.5_Текст_плашка_тире"/>
+    <w:basedOn w:val="a3"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="007B2E8E"/>
+    <w:pPr>
+      <w:spacing w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:right="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="76">
+    <w:name w:val="СРОУ_7.6_Текст_плашка_точка"/>
+    <w:basedOn w:val="a3"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:spacing w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="2269" w:right="284" w:hanging="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="711grey">
+    <w:name w:val="СРОУ_7.1.1_Текст_плашка_grey_центр"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="1985" w:right="284" w:firstLine="284"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="712grey">
+    <w:name w:val="СРОУ_7.1.2_Текст_плашка_grey_справа"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="1985" w:right="284" w:firstLine="284"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="74gray">
+    <w:name w:val="СРОУ_7.4_Текст_плашка_gray_курсив_и_жирный"/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="0"/>
+      <w:szCs w:val="20"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="73gray">
+    <w:name w:val="СРОУ_7.3_Текст_плашка_gray_курсив"/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="0"/>
+      <w:szCs w:val="20"/>
+      <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="72gray">
     <w:name w:val="СРОУ_7.2_Текст_плашка_gray_жир"/>
     <w:uiPriority w:val="6"/>
-    <w:rsid w:val="005E7EE7"/>
+    <w:rsid w:val="001662C6"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="20"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="929">
+    <w:name w:val="СРОУ_9.2_Приложение_заголовок (СРОУ_9_Приложение)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="8"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="120" w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="284" w:right="284"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9419">
+    <w:name w:val="СРОУ_9.4.1_Приложение_текст_центр (СРОУ_9_Приложение)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="8"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="284" w:right="284" w:firstLine="284"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="949">
+    <w:name w:val="СРОУ_9.4_Приложение_текст (СРОУ_9_Приложение)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="8"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="284" w:right="284" w:firstLine="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="919">
+    <w:name w:val="СРОУ_9.1_Приложение_номер (СРОУ_9_Приложение)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="8"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:spacing w:before="510"/>
+      <w:ind w:right="283" w:firstLine="283"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="FFFFFF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="959">
+    <w:name w:val="СРОУ_9.5_Приложение_подабзац_тире (СРОУ_9_Приложение)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="8"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="8"/>
+      </w:numPr>
+      <w:spacing w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="568" w:right="284" w:hanging="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="969">
+    <w:name w:val="СРОУ_9.6_Приложение_подабзац_галка (СРОУ_9_Приложение)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="8"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="9"/>
+      </w:numPr>
+      <w:spacing w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="568" w:right="284" w:hanging="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="979">
+    <w:name w:val="СРОУ_9.7_Приложение_подпись_министра (СРОУ_9_Приложение)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="8"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="3402"/>
+      </w:tabs>
+      <w:spacing w:before="227" w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="284" w:right="284" w:firstLine="284"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9319">
+    <w:name w:val="СРОУ_9.3_Приложение_подзаголовок_1_уровня (СРОУ_9_Приложение)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="8"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="227" w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="284" w:right="284" w:firstLine="284"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="913">
+    <w:name w:val="СРОУ_9.13_Приложение_подпись"/>
+    <w:uiPriority w:val="8"/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="СРОУ_2.1_Промоанонс"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="240"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="385623" w:themeColor="accent6" w:themeShade="80"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="828">
+    <w:name w:val="СРОУ_8.2_Таблица_шапка (СРОУ_8_Таблица)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="7"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="210" w:lineRule="atLeast"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="19"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="838">
+    <w:name w:val="СРОУ_8.3_Таблица_подзаголовок (СРОУ_8_Таблица)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="7"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="210" w:lineRule="atLeast"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="848">
+    <w:name w:val="СРОУ_8.4_Таблица_текст (СРОУ_8_Таблица)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="7"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="210" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="858">
+    <w:name w:val="СРОУ_8.5_Таблица_текст_по_центру (СРОУ_8_Таблица)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="7"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="210" w:lineRule="atLeast"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="868">
+    <w:name w:val="СРОУ_8.6_Таблица_тире (СРОУ_8_Таблица)"/>
+    <w:basedOn w:val="a3"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="7"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="7"/>
+      </w:numPr>
+      <w:spacing w:line="210" w:lineRule="atLeast"/>
+      <w:ind w:left="187" w:hanging="187"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="878">
+    <w:name w:val="СРОУ_8.7_Таблица_точка (СРОУ_8_Таблица)"/>
+    <w:basedOn w:val="a3"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="7"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="6"/>
+      </w:numPr>
+      <w:spacing w:line="210" w:lineRule="atLeast"/>
+      <w:ind w:left="187" w:hanging="187"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="888">
+    <w:name w:val="СРОУ_8.8_Таблица_галка (СРОУ_8_Таблица)"/>
+    <w:basedOn w:val="a3"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="7"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="10"/>
+      </w:numPr>
+      <w:spacing w:line="210" w:lineRule="atLeast"/>
+      <w:ind w:left="187" w:hanging="187"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="51">
+    <w:name w:val="СРОУ_5.1_Текст_по_центру"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="4"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="264" w:lineRule="atLeast"/>
+      <w:ind w:left="1701" w:firstLine="284"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="62">
+    <w:name w:val="СРОУ_6.2_Текст_список_галка"/>
+    <w:basedOn w:val="a3"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="5"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="11"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="510"/>
+      </w:tabs>
+      <w:spacing w:line="264" w:lineRule="atLeast"/>
+      <w:ind w:left="1985" w:hanging="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="005E7EE7"/>
+    <w:rsid w:val="001662C6"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10210">
+    <w:name w:val="СРОУ_10.2_Заголовок_вопросы_и_ответы (СРОУ_10_Вопросы_и_ответы)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="480" w:lineRule="atLeast"/>
+      <w:ind w:left="1701"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10310">
+    <w:name w:val="СРОУ_10.3_Вопрос (СРОУ_10_Вопросы_и_ответы)"/>
+    <w:basedOn w:val="a3"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="170" w:after="170" w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="1701" w:firstLine="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10410">
+    <w:name w:val="СРОУ_10.4_Текст_ответ (СРОУ_10_Вопросы_и_ответы)"/>
+    <w:basedOn w:val="a3"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="1701" w:firstLine="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10510">
+    <w:name w:val="СРОУ_10.5_Источник_вопр_и_ответы (СРОУ_10_Вопросы_и_ответы)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="170" w:line="252" w:lineRule="atLeast"/>
+      <w:ind w:left="1701" w:firstLine="284"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="106">
+    <w:name w:val="СРОУ_10.6_Подруб_ответ_курсив"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000"/>
+      <w:w w:val="100"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="105">
+    <w:name w:val="СРОУ_10.5_Подруб_ответ_жирный"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:w w:val="100"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="107">
+    <w:name w:val="СРОУ_10.7_Подруб_ответ_курсив_и_жирный"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000"/>
+      <w:w w:val="100"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="20"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11111">
+    <w:name w:val="СРОУ_11.1_Нормативика_заголовок (СРОУ_11_Нормативика)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:after="170" w:line="360" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11511">
+    <w:name w:val="СРОУ_11.5_Нормативика_текст_центр (СРОУ_11_Нормативика)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="228" w:lineRule="atLeast"/>
+      <w:ind w:firstLine="284"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="114211">
+    <w:name w:val="СРОУ_11.4_Нормативка_подзаголовок_2_уровня (СРОУ_11_Нормативика)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="170" w:line="228" w:lineRule="atLeast"/>
+      <w:ind w:firstLine="284"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="115110">
+    <w:name w:val="СРОУ_11.5_Нормативика_текст (СРОУ_11_Нормативика)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="228" w:lineRule="atLeast"/>
+      <w:ind w:firstLine="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11611">
+    <w:name w:val="СРОУ_11.6_Нормативка_тире (СРОУ_11_Нормативика)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="12"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="510"/>
+      </w:tabs>
+      <w:spacing w:line="228" w:lineRule="atLeast"/>
+      <w:ind w:left="357" w:hanging="357"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11211">
+    <w:name w:val="СРОУ_11.2_Нормативика_шапка (СРОУ_11_Нормативика)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="228" w:lineRule="atLeast"/>
+      <w:ind w:firstLine="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="113111">
+    <w:name w:val="СРОУ_11.3_Нормативка_подзаг_1_уровня (СРОУ_11_Нормативика)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="240" w:lineRule="atLeast"/>
+      <w:ind w:firstLine="284"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11911">
+    <w:name w:val="СРОУ_11.9_Нормативика_источник (СРОУ_11_Нормативика)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="9400"/>
+      </w:tabs>
+      <w:spacing w:before="227" w:line="228" w:lineRule="atLeast"/>
+      <w:ind w:firstLine="284"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11811">
+    <w:name w:val="СРОУ_11.8_Нормативика_подпись_министра (СРОУ_11_Нормативика)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="3969"/>
+        <w:tab w:val="right" w:pos="9400"/>
+      </w:tabs>
+      <w:spacing w:before="227" w:line="228" w:lineRule="atLeast"/>
+      <w:ind w:firstLine="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="117">
+    <w:name w:val="СРОУ_11.7_Нормативика_подпись"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="001662C6"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12112">
+    <w:name w:val="СРОУ_12.1_Бирка_подверстки (СРОУ_12_Подверстка)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:after="397"/>
+      <w:ind w:left="284" w:firstLine="284"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="FFFFFF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12212">
+    <w:name w:val="СРОУ_12.2_Заголовок_подверстки (СРОУ_12_Подверстка)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:after="227" w:line="264" w:lineRule="atLeast"/>
+      <w:ind w:left="170" w:right="170" w:firstLine="284"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12312">
+    <w:name w:val="СРОУ_12.3_Текст_подверстки (СРОУ_12_Подверстка)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="atLeast"/>
+      <w:ind w:left="170" w:right="170" w:firstLine="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12412">
+    <w:name w:val="СРОУ_12.4_Подпись_подверстки (СРОУ_12_Подверстка)"/>
+    <w:basedOn w:val="a3"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:before="170" w:line="240" w:lineRule="atLeast"/>
+      <w:ind w:left="170" w:right="170" w:firstLine="284"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="No Spacing"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="001662C6"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Без интервала Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00C042EA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D10E0D"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Основной текст с отступом Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D10E0D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (веб) Знак1,Обычный (веб) Знак Знак,Обычный (веб) Знак,Обычный (Web),Обычный (Web)1,Знак Знак3,Знак Знак1 Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак4 Зна,Знак4,Знак4 Знак,Знак Знак Знак Знак Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="007B2E8E"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Обычный (веб) Знак2"/>
+    <w:aliases w:val="Обычный (веб) Знак1 Знак,Обычный (веб) Знак Знак Знак,Обычный (веб) Знак Знак1,Обычный (Web) Знак,Обычный (Web)1 Знак,Знак Знак3 Знак,Знак Знак1 Знак Знак1,Знак Знак1 Знак Знак Знак,Обычный (веб) Знак Знак Знак Знак Знак,Знак4 Знак1"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="007B2E8E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="548343019">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="275333724">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="122042451">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="802498607">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="610942754">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="633026846">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="783689427">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1333799325">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1855026088">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3008</Characters>
+  <Pages>7</Pages>
+  <Words>1483</Words>
+  <Characters>8458</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>70</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3528</CharactersWithSpaces>
+  <CharactersWithSpaces>9922</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>School nine</dc:creator>
+  <dc:creator>Татьяна Шегай</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>