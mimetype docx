--- v0 (2025-12-08)
+++ v1 (2025-12-29)
@@ -1,2512 +1,1477 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00B10850" w:rsidRDefault="00030F2F">
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1000125" cy="342900"/>
+            <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1000125" cy="342900"/>
+                      <a:ext cx="2057400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA5937" w:rsidRDefault="00030F2F" w:rsidP="00FA5937">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="ru-RU"/>
-[...73 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="z2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Об утверждении Типовых правил приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приказ Министра образования и науки Республики Казахстан от 12 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>октября 2018 года № 564. Зарегистрирован в Министерстве юстиции Республики Казахстан 16 октября 2018 года № 17553.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z4"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       В соответствии с подпунктом 11) статьи 5 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z5"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00FA5937">
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="z3"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. Утвер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дить прилагаемые Типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z6"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00FA5937">
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="4" w:name="z4"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Департаменту дошкольного и среднего образования Министер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ства образования и науки Республики Казахстан (Каринова Ш.Т.) в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z7"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="00FA5937">
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="z5"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z8"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="00FA5937">
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="6" w:name="z6"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) в течени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>е десяти календарных дней со дня государственной регистрации настоящего приказа направление его копии в бумажном и электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> центр правовой информации" для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z9"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="00FA5937">
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="z7"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Каза</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>хстан после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z10"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidRPr="00FA5937">
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="z8"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Департамент юридической службы Министерства образования и науки Республики Казахстан сведений об исполне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нии мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z11"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidRPr="00FA5937">
-[...16 lines deleted...]
-      <w:bookmarkStart w:id="9" w:name="z9"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Контроль за исполнением настоящего приказа возложить на вице-министра образования и науки Республики Казахстан Суханбердиеву Э.А.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z12"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidRPr="00FA5937">
-[...5 lines deleted...]
-        <w:t>      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Настоящий приказ вводится в дейс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>твие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6470"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="326"/>
+        <w:gridCol w:w="5966"/>
+        <w:gridCol w:w="3355"/>
+        <w:gridCol w:w="299"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B10850">
+      <w:tr w:rsidR="00271B0C">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="406" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkEnd w:id="9"/>
-          <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F">
+          <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA5937">
+            <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>     </w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">      Министр образования и науки </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FA5937">
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Қазақстан Республикасының</w:t>
-[...17 lines deleted...]
-              <w:t>Білім және ғылым министрі</w:t>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4209" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F">
+          <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA5937">
+            <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Е. Сағадиев</w:t>
+              <w:t>Е. Сагадиев</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B10850">
+      <w:tr w:rsidR="00271B0C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B10850" w:rsidRDefault="00030F2F">
+          <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B10850" w:rsidRPr="00FA5937" w:rsidRDefault="00030F2F">
+          <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA5937">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Утверждены</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FA5937">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00FA5937">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>приказом Министра</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FA5937">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00FA5937">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2018 жылғы 12 қазандағы</w:t>
+              <w:t>образования и науки</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FA5937">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00FA5937">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 564 бұйрығына қосымша</w:t>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 12 октября 2018 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>года № 564</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FA5937" w:rsidRDefault="00FA5937" w:rsidP="00FA5937">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z15"/>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00FA5937">
+        </w:rPr>
+        <w:t xml:space="preserve"> Типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z16"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...61 lines deleted...]
-      <w:bookmarkStart w:id="12" w:name="z13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z17"/>
       <w:bookmarkEnd w:id="11"/>
-      <w:r w:rsidRPr="00FA5937">
-[...17 lines deleted...]
-      <w:bookmarkStart w:id="13" w:name="z14"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. Настоящие Типовые правила приема на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования, (далее – Правила) разработаны в соответствии с подпунктом 11) статьи 5 Закона Республики Казахстан от 27 июл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>я 2007 года "Об образовании" (далее – Закон) и определяют порядок приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования, (далее – организации образования)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> независимо от форм их собственности и ведомственной подчиненности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z18"/>
       <w:bookmarkEnd w:id="12"/>
-      <w:r w:rsidRPr="00FA5937">
-[...17 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="z15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Организации образования осуществляют прием на обучение в соответствии с Конституцией Республики Казахстан, Законом, настоящими Правилами, иными нормативными правовыми актами, а та</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кже разработанными на их основе уставами организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z19"/>
       <w:bookmarkEnd w:id="13"/>
-      <w:r w:rsidRPr="00FA5937">
-[...17 lines deleted...]
-      <w:bookmarkStart w:id="15" w:name="z16"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Зачисление в число обучающихся производится на основании приказа руководителя организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z20"/>
       <w:bookmarkEnd w:id="14"/>
-      <w:r w:rsidRPr="00FA5937">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00FA5937">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. Не допускается комплектование классов по уровню подготовки и степени </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>развития обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z21"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       5. При приеме обучающихся в организации образования руководители организаций образования заключают с родителями или иными законными представителями детей или обучающихся договора на оказание образовательных услуг в соответствии</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с типовым договором оказания образовательных услуг, утвержденным приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 93, (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13227).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z22"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Прием на обучение в организации образования детей с особыми образовательными потребностями осуществляется с учетом заключения педагого-медико-психологической консультации при согласии родителей или иных законных представителей ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z23"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      7. Родители</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или иные законные представители ребенка или обучающегося выбирают организации образования с учетом желания, индивидуальных склонностей и особенностей ребенка или обучающегося.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z24"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      8. В случае отказа в приеме на обучение в организацию образования, родите</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ли или иные законные представители обучающегося обращаются по месту жительства в местные органы управления образованием.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z25"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...196 lines deleted...]
-        <w:jc w:val="both"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...41 lines deleted...]
-          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> среднего, общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z26"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      9. Организации образования, реализующие общеобразовательные учебные программы начального образования, обеспечивают прием в первый класс детей шести лет и детей, которым в текущем календарном году исполняется шес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ть лет, с обеспечением доступа всех детей, проживающих на территории обслуживания организации образования, независимо от уровня подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z27"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Для приема детей в первый класс необходимы следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z28"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) заявление (в произвольной форме) от р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>одителей или иных законных представителей ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z29"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) копия свидетельства о рождении ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z30"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) документ о состоянии здоровья по форме 026/у-3, утвержденный приказом Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 "Об</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> утверждении Инструкции по заполнению и ведению учетной формы 026/у-3 "Паспорта здоровья ребенка" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 2423);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z31"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4) документ о состоянии здоровья по форме 063/у, утвержд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енный приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 "Об утверждении форм первичной медицинской документации организаций здравоохранения (зарегистрирован в Реестре государственной регистрации но</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рмативных правовых актов под № 6697);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z32"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) фотографии размером 3х4 в количестве двух штук.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z33"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Прием документов, указанных в настоящем пункте, от родителей или иных законных представителей детей, поступающих в первый класс организаций образования, ре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ализующих общеобразовательные учебные программы начального образования, производится с 1 июня по 30 августа текущего календарного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z34"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      10. При приеме детей в первый класс организаций образования, реализующих общеобразовательные учебные программы нач</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ального образования, кроме специализированных организаций образования, гимназий и лицеев, экзамены, тестирование, зачеты, конкурсы не проводятся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z35"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      9. Бастауыш білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдары дайындық деңгейіне қарамастан, </w:t>
-[...414 lines deleted...]
-      <w:bookmarkStart w:id="31" w:name="z32"/>
+        <w:t>      Для детей, не посещавших дошкольные учреждения или не прошедших предшкольную подготовку, организациями о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бразования организуются подготовительные курсы до начала учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z36"/>
       <w:bookmarkEnd w:id="30"/>
-      <w:r w:rsidRPr="00FA5937">
-[...104 lines deleted...]
-      <w:bookmarkStart w:id="33" w:name="z34"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      11. Прием обучающихся во вторые, третьи, четвертые, пятые, шестые, седьмые, восьмые, девятые классы организаций образования, реализующих общеобразовательные учебные программы нач</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ального и основного среднего образования, осуществляется с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z37"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      12. Прием обучающихся в десятые, одиннадцатые классы организаций образования, реализующих общ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еобразовательные учебные программы общего среднего образования, осуществляется с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования, и на основании личного заявления обучающихся либо заявления их родителей или </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>иных законных представителей, а также наличия документа государственного образца об основном среднем образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z38"/>
       <w:bookmarkEnd w:id="32"/>
-      <w:r w:rsidRPr="00FA5937">
-[...75 lines deleted...]
-      <w:bookmarkStart w:id="34" w:name="z35"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Прием заявлений начинается после вручения документа государственного образца об основном среднем образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z39"/>
       <w:bookmarkEnd w:id="33"/>
-      <w:r w:rsidRPr="00FA5937">
-[...126 lines deleted...]
-      <w:bookmarkStart w:id="36" w:name="z37"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      13. Прием обучающихс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>я в десятые, одиннадцатые классы гимназий, лицеев осуществляется в соответствии с уставом гимназии, лицея на основании личного заявления обучающихся либо заявления их родителей или иных законных представителей и наличия документа государственного образца о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>б основном среднем образовании без учета территории обслуживания данных видов организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z40"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      14. Гимназии и лицеи формируют общеобразовательные классы для обеспечения получения обязательного объема знаний, определенных государственными обще</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обязательными стандартами образования Республики Казахстан, с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z41"/>
       <w:bookmarkEnd w:id="35"/>
-      <w:r w:rsidRPr="005C46F2">
-[...35 lines deleted...]
-      <w:bookmarkStart w:id="37" w:name="z38"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      15. Прием на обучение в специализированные организации образования производится на конкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z42"/>
       <w:bookmarkEnd w:id="36"/>
-      <w:r w:rsidRPr="005C46F2">
-[...26 lines deleted...]
-      <w:bookmarkStart w:id="38" w:name="z39"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Специализированными организациями образования устанавливаются дополнительные конкурсные туры приема на обучение. Содержание и форма проведения отбора обучающихся, порядок зачисления, перевода и выпуска обучающихся осуществляются в соответ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ствии с уставом данной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z43"/>
       <w:bookmarkEnd w:id="37"/>
-      <w:r w:rsidRPr="00FA5937">
-[...33 lines deleted...]
-      <w:bookmarkStart w:id="39" w:name="z40"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      16. Для проведения конкурса в специализированых организациях образования создается приемная комиссия по приему документов. Приемная </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>комиссия создается из числа педагогических и других работников специал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>изированной организации образования и утверждается приказом руководителя специализированной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z44"/>
       <w:bookmarkEnd w:id="38"/>
-      <w:r w:rsidRPr="005C46F2">
-[...26 lines deleted...]
-      <w:bookmarkStart w:id="40" w:name="z41"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      17. Для участия в конкурсе в приемную комиссию предоставляются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z45"/>
       <w:bookmarkEnd w:id="39"/>
-      <w:r w:rsidRPr="005C46F2">
-[...26 lines deleted...]
-      <w:bookmarkStart w:id="41" w:name="z42"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) заявление родителя (законного представит</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>еля);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z46"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...31 lines deleted...]
-      <w:bookmarkStart w:id="42" w:name="z43"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2)   копия свидетельства о рождении претендента с указанием (приложением) ИИН;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z47"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...58 lines deleted...]
-      <w:bookmarkStart w:id="43" w:name="z44"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) копии документов, подтверждающих успехи в учебе, заверенные печатью соответствующих организаций (в случае их наличия);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z48"/>
       <w:bookmarkEnd w:id="42"/>
-      <w:r w:rsidRPr="00FA5937">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4)  фотография размером 3х4 в к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оличестве двух штук.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z49"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      18. Основанием для отказа в приеме документов на участие в конкурсе является подача заявления позже установленных сроков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z50"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      19. Прием документов на прохождение конкурсного отбора на обучение в специализированные организации о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бразования осуществляется до 10 мая текущего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z51"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      20. Информация о приеме документов размещается на интернет-ресурсе специализированных организаций образования и (или) публикуется в средствах массовой информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z52"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      21. Для обеспечения прозрачнос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ти приема обучающихся на обучение в специализированные организации образования при необходимости устанавливаются системы видеонаблюдения и аудиозаписи, используемые для запуска в здание, аудитории и места проведения конкурсного отбора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z53"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      22. Итоги конк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>урсного отбора размещаются на интернет-ресурсе специализированной организации образования не позднее следующего дня после проведения конкурсного отбора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z54"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      23. Формируются основной и резервный списки в течение пяти дней после проведения конкурсного отбо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ра и оформляется решением протокола приемной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z55"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      24. Основной список поступивших в специализированные организации образования формируется приемной комиссией исходя из количества набираемых классов-комплектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z56"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Резервный список претендентов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формируется из числа участников конкурса (не более 10-ти человек), не вошедших в основные вакансии по сумме набранных баллов в порядке убывания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z57"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      25. Решение по зачислению детей на обучение в специализированные организации образования оформляется про</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>токолом педагогического совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      </w:t>
-[...426 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B10850" w:rsidRDefault="00030F2F">
+    <w:p w:rsidR="00271B0C" w:rsidRDefault="003F47BD">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК</w:t>
-[...2 lines deleted...]
-    <w:sectPr w:rsidR="00B10850" w:rsidSect="00FA5937">
+        <w:t>© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00271B0C">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="851" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B10850"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00FA5937"/>
+    <w:rsidRoot w:val="00271B0C"/>
+    <w:rsid w:val="00271B0C"/>
+    <w:rsid w:val="003F47BD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{C47F4700-D507-4026-98CB-0BF048F7497C}"/>
+  <w15:docId w15:val="{647EE880-98A2-4F32-B124-FF61386853A6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3054,51 +2019,51 @@
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:ind w:left="86"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Подзаголовок Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="Title"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="5B9BD5" w:themeColor="accent1"/>
       </w:pBdr>
       <w:spacing w:after="300"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Заголовок Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00D1197D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
@@ -3137,396 +2102,342 @@
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ae">
-[...28 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>9556</Characters>
+  <Pages>6</Pages>
+  <Words>1700</Words>
+  <Characters>9695</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>79</Lines>
+  <Lines>80</Lines>
   <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>HP Inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11210</CharactersWithSpaces>
+  <CharactersWithSpaces>11373</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>HP</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>