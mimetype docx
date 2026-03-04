--- v0 (2025-12-12)
+++ v1 (2026-03-04)
@@ -1,1118 +1,1597 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00A870E0" w:rsidRDefault="00A870E0" w:rsidP="00985E0A">
+    <w:p w:rsidR="007D17C4" w:rsidRPr="00287B70" w:rsidRDefault="007D17C4" w:rsidP="007D17C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00287B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Памятка о внедрении обязательной школьной формы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0066481D" w:rsidRPr="00287B70" w:rsidRDefault="007D17C4" w:rsidP="007D17C4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00287B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00287B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>учебных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00287B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заведения Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00287B70" w:rsidRDefault="007D17C4" w:rsidP="009B6FDC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...50 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>В целях создания в школе равных возможностей, деловой атмосферы и воспитания толерантности разработаны Требования к обязательной школьной форме (приказ Министра образования и науки РК №26 от 14 января 2016 года).</w:t>
+      </w:r>
+      <w:r w:rsidR="00287B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Казахстан является светским и правовым государством и </w:t>
+      </w:r>
+      <w:r w:rsidR="00287B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>меет условия для свободы вероисповедания.</w:t>
+      </w:r>
+      <w:r w:rsidR="00287B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D17C4" w:rsidRDefault="007D17C4" w:rsidP="00287B70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D17C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Согласно статье 22 Конституции РК</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> каждый гражданин имеет право на свободу совести. Осуществление права на свободу совести не должно обуславливать или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D17C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ограничивать </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">общечеловеческие и гражданские права и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D17C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>обязанности перед государством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D17C4" w:rsidRPr="007D17C4" w:rsidRDefault="007D17C4" w:rsidP="00287B70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...267 lines deleted...]
-          <w:i/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D17C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:b/>
+        </w:rPr>
+        <w:t>Согласно Закон</w:t>
+      </w:r>
+      <w:r w:rsidR="004D19A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...33 lines deleted...]
-          <w:b/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D17C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...219 lines deleted...]
-    <w:p w:rsidR="00EF317D" w:rsidRPr="00A870E0" w:rsidRDefault="00EF317D" w:rsidP="004B6D72">
+        </w:rPr>
+        <w:t xml:space="preserve"> РК «О религиозной деятельности и религиозных объединениях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D17C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D17C4" w:rsidRDefault="007D17C4" w:rsidP="00287B70">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-        <w:ind w:left="540"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Система образования и воспитания в Республике Казахстан, за исключением духовных (религиозных) организаций образования, отделена от религии и религиозных объединений и носит светский характер (пункт 4 статьи 3);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D17C4" w:rsidRDefault="007D17C4" w:rsidP="00287B70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-        <w:ind w:left="540"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Религиозные объединения не могут выполнять функции государственных органов, вмешиваться в их деятельность и обязаны соблюдать требования законодательства Республики Казахстан (пункт 9 статьи 3).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D17C4" w:rsidRDefault="007D17C4" w:rsidP="00287B70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...29 lines deleted...]
-        <w:ind w:left="540"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D17C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с Законом РК «О правах ребенка в Республике Казахстан» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>государством гарантировано невмешательство в воспитание ребенка, основанное на религиозном мировоззрении, только</w:t>
+      </w:r>
+      <w:r w:rsidR="004D19A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за пределами организаций образования (пункт 1 статьи 35).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D19A0" w:rsidRDefault="004D19A0" w:rsidP="00287B70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...7 lines deleted...]
-        <w:ind w:left="540"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D19A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Согласно Закону РК «Об образовании»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в учебно-воспитательном процессе пропаганда расовой, этнической, религиозной, социальной непримиримости и исключительности, иных идей, противоречащих общепризнанным принципам международного права и гуманизма, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D19A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>запрещены</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (пункт 4 статьи 28).</w:t>
+      </w:r>
+      <w:r w:rsidR="00287B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>На руководителей организаций образования возложена ответственность по соблюдению требований к обязательной школьной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D19A0" w:rsidRDefault="004D19A0" w:rsidP="004D19A0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D19A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ОРЯДОК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D19A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D19A0" w:rsidRPr="004D19A0" w:rsidRDefault="004D19A0" w:rsidP="004D19A0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D19A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>принятия административных мер по отношению</w:t>
+      </w:r>
+      <w:r w:rsidR="00287B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D19A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к родителям и иным законным представителям в случаях невыполнения норм по обязательной школьной форме в организациях образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D19A0" w:rsidRDefault="004D19A0" w:rsidP="00287B70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...37 lines deleted...]
-        <w:ind w:left="540"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Родители и иные законные представители обязаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D19A0" w:rsidRDefault="004D19A0" w:rsidP="00287B70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...7 lines deleted...]
-        <w:ind w:left="540"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- выполнять требования, предъявляемые к обязательной школьной форме, установленные </w:t>
+      </w:r>
+      <w:r w:rsidR="00287B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>полномоченным органом в области образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D19A0" w:rsidRDefault="004D19A0" w:rsidP="00287B70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...51 lines deleted...]
-        <w:ind w:left="540"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- соблюдать форму одежды, установленную в организации образования (Закон РК «Об образовании» ст.49 «Права и обязанности родителей и иных законных представителей»).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F7D2B" w:rsidRDefault="005F7D2B" w:rsidP="00287B70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...35 lines deleted...]
-    <w:sectPr w:rsidR="009C1A76" w:rsidRPr="00A870E0" w:rsidSect="005A0E82">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D19A0" w:rsidRPr="007A26BE" w:rsidRDefault="007A26BE" w:rsidP="00287B70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A26BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 127.КоАП РК (по состоянию на 09.01.2018г.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A26BE" w:rsidRDefault="007A26BE" w:rsidP="007A26BE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="644"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Невыполнение родителями или другими законными представителями обязанностей по воспитанию детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A26BE" w:rsidRDefault="007A26BE" w:rsidP="007A26BE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Невыполнение родителями или другими законными представителями обязанностей по воспитанию и обучению несовершеннолетних детей – влечет штраф в размере семи месячных расчетных показателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A26BE" w:rsidRPr="009B6FDC" w:rsidRDefault="007A26BE" w:rsidP="007A26BE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6FDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Действие, предусмотренное частью первой настоящей статьи, совершенное повторно в течение года после наложения административного взыскания, -</w:t>
+      </w:r>
+      <w:r w:rsidR="009B6FDC" w:rsidRPr="009B6FDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B6FDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6FDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лечет штраф в размере двадцати месячных расчетных показателей либо административный арест до пятнадцати суток.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A26BE" w:rsidRDefault="007A26BE" w:rsidP="007A26BE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1004"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A26BE" w:rsidRPr="007A26BE" w:rsidRDefault="007A26BE" w:rsidP="007A26BE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 409 КоАП РК (по состоянию на 09.01.2018г.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A26BE" w:rsidRDefault="007A26BE" w:rsidP="007A26BE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="644"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нарушение законодательства Республики Казахстан в области образования, физической культуры и спорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A26BE" w:rsidRPr="009B6FDC" w:rsidRDefault="007A26BE" w:rsidP="007A26BE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6FDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Невыполнение или ненадлежащее выполнение обязанностей и норм педагогической этики педагогическим работником –</w:t>
+      </w:r>
+      <w:r w:rsidR="009B6FDC" w:rsidRPr="009B6FDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B6FDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1AD1" w:rsidRPr="009B6FDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лечет предупреждение или штраф на физических лиц в размере пяти месячных расчетных показателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF1AD1" w:rsidRPr="00DF1AD1" w:rsidRDefault="00DF1AD1" w:rsidP="00DF1AD1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF1AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Невыполнение или ненадлежащее выполнение обязанностей, предусмотренных законодательством Республики Казахстан в области образования, родителями или иными законными представителями – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF1AD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лечет предупреждение или штраф в размере пяти месячных расчетных показателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B6FDC" w:rsidRDefault="009B6FDC" w:rsidP="009B6FDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="644"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F7D2B" w:rsidRDefault="005F7D2B" w:rsidP="009B6FDC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="644"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F7D2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Уполномоченный</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="005F7D2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган в области образования рассматривает дела об административных правонарушениях, предусмотренных статьями</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 84, 409 (частями первой, второй, третье, четвертой, пятой и шестой), 464 (частью первой) настоящего Кодекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00287B70" w:rsidRDefault="00287B70" w:rsidP="00287B70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="644"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00287B70" w:rsidRDefault="005F7D2B" w:rsidP="00287B70">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="284" w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Рассматривать дела об административных правонарушениях и налагать административные взыскания вправе руководитель уполномоченного органа в области образования и его заместители, руководители территориальных органов уполномоченного органа в области образования и их заместители.</w:t>
+      </w:r>
+      <w:r w:rsidR="00287B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Согласно Заключению Министерства юстиции РК</w:t>
+      </w:r>
+      <w:r w:rsidR="000940D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>от 16 февраля 2016 года нормативный правовой акт не нар</w:t>
+      </w:r>
+      <w:r w:rsidR="000940D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ушает установленные законод</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ательством права, свободы и интересы граждан и не противоречит действующему </w:t>
+      </w:r>
+      <w:r w:rsidR="000940D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>законодательству РК.</w:t>
+      </w:r>
+      <w:r w:rsidR="00287B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000940D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000940D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>связи</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000940D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с чем Требования по соблюдению формы одежды не могут рассматриваться как нарушение права на свободу совести, т.е. права придерживаться определенных религиозных убеждений, т.к. данные требования разработаны с учетом конституционных и законодательных норм, а также на основе интересов всего общества.</w:t>
+      </w:r>
+      <w:r w:rsidR="00287B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000940D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Светское устройство государства защищает интересы и права всех граждан страны, независимо от религиозных и иных социально-культурных различий. В этой связи дети в школах должны учиться единству, постигать общие гуманистические идеалы. Получать знания, не ограничиваясь различными социальными, духовно-культурными посылами</w:t>
+      </w:r>
+      <w:r w:rsidR="00287B70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Кроме того, в соответствии с пунктом 1 статьи Конституции РК права и свободы человека и гражданина могут быть ограничены только законами и лишь в той мере, в какой это необходимо в целях защиты конституционного строя, охраны общественного порядка, прав и свобод человека, здоровья и нравственности населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00287B70" w:rsidSect="009B6FDC">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="227" w:right="170" w:bottom="227" w:left="170" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="284" w:right="397" w:bottom="284" w:left="454" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="SimSun">
-[...2 lines deleted...]
-    <w:charset w:val="86"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="6B4C2362"/>
+    <w:nsid w:val="092A4198"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="29ECC4C8"/>
-    <w:lvl w:ilvl="0" w:tplc="F90AB6AA">
+    <w:tmpl w:val="94108C5A"/>
+    <w:lvl w:ilvl="0" w:tplc="F1B2D188">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="900" w:hanging="360"/>
+        <w:ind w:left="644" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="26BA7510"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="58F076D4"/>
+    <w:lvl w:ilvl="0" w:tplc="B6B840FC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1004" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1620" w:hanging="360"/>
+        <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2340" w:hanging="180"/>
+        <w:ind w:left="2444" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3060" w:hanging="360"/>
+        <w:ind w:left="3164" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3780" w:hanging="360"/>
+        <w:ind w:left="3884" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4500" w:hanging="180"/>
+        <w:ind w:left="4604" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5220" w:hanging="360"/>
+        <w:ind w:left="5324" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5940" w:hanging="360"/>
+        <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6660" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="6764" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="3AFD493F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0A907794"/>
+    <w:lvl w:ilvl="0" w:tplc="FBD26AD0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1004" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1724" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2444" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3164" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3884" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4604" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5324" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6044" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6764" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="5CF02B05"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8272C49A"/>
+    <w:lvl w:ilvl="0" w:tplc="436CF5F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009C1A76"/>
-[...17 lines deleted...]
-    <w:rsid w:val="00EF317D"/>
+    <w:rsidRoot w:val="008A7853"/>
+    <w:rsid w:val="000940D4"/>
+    <w:rsid w:val="00287B70"/>
+    <w:rsid w:val="004D19A0"/>
+    <w:rsid w:val="005F7D2B"/>
+    <w:rsid w:val="0066481D"/>
+    <w:rsid w:val="006D55DE"/>
+    <w:rsid w:val="007A26BE"/>
+    <w:rsid w:val="007D17C4"/>
+    <w:rsid w:val="008A7853"/>
+    <w:rsid w:val="009B6FDC"/>
+    <w:rsid w:val="00C11DA5"/>
+    <w:rsid w:val="00DF1AD1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
+  <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -1251,67 +1730,78 @@
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009C1A76"/>
+    <w:rsid w:val="007D17C4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00287B70"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -1450,53 +1940,64 @@
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009C1A76"/>
+    <w:rsid w:val="007D17C4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00287B70"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -1759,67 +2260,71 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>4023</Characters>
+  <Pages>2</Pages>
+  <Words>769</Words>
+  <Characters>4388</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>36</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4719</CharactersWithSpaces>
+  <CharactersWithSpaces>5147</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Пользователь</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>U</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>