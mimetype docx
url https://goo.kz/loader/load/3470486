--- v0 (2025-12-13)
+++ v1 (2026-03-06)
@@ -1,3693 +1,3928 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                        «БЕК</w:t>
       </w:r>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ІТЕМІН</w:t>
       </w:r>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">»  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>№18 ЖОМ директоры</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">_______ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Е.А.Гамирова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="002F444C" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="002F444C" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve">6 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t xml:space="preserve"> 01</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="002F444C" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="002F444C" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="00FD2864" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="00FD2864" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00174F27" w:rsidRPr="00FD2864" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00174F27" w:rsidRPr="00FD2864" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00174F27" w:rsidRPr="00FD2864" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD2864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t>К</w:t>
+        <w:t xml:space="preserve">ГОДОВОЙ  ПЛАН  РАБОТЫ </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00FD2864">
+    </w:p>
+    <w:p w:rsidR="00174F27" w:rsidRPr="00FD2864" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t>ТАПХАНА  ЖҰМЫСЫНЫҢ</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD2864">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00FD2864">
+        <w:t>БИБЛИОТЕКИ СОШ № 18</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00174F27" w:rsidRPr="00FD2864" w:rsidRDefault="004E47EC" w:rsidP="000565E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t>ЖЫЛДЫҚ  ЖОСПАРЫ</w:t>
-[...13 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD2864">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t>№ 18</w:t>
-[...34 lines deleted...]
-        </w:rPr>
         <w:t>201</w:t>
       </w:r>
-      <w:r w:rsidRPr="00797E92">
+      <w:r w:rsidR="002B3132" w:rsidRPr="00797E92">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD2864">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00797E92">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-        <w:t>9</w:t>
+        <w:t>-201</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...66 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidR="002B3132" w:rsidRPr="00797E92">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00174F27" w:rsidRPr="00FD2864">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УЧЕБНЫЙ ГОД</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ko-KR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00DA0EC1" w:rsidRDefault="00DA0EC1" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00DA0EC1" w:rsidRDefault="00DA0EC1" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00DA0EC1" w:rsidRDefault="00DA0EC1" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00DA0EC1" w:rsidRDefault="00DA0EC1" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00DA0EC1" w:rsidRDefault="00DA0EC1" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="008C7B7D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Кітапханажұмыстарыныңсандықкөрсеткіштері</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000565E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Количественные показатели библиотечной работы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-1013" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="5670"/>
         <w:gridCol w:w="2221"/>
         <w:gridCol w:w="1984"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00C56B7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000565E3">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Көрсеткіштератауы</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000565E3">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Наименование показателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2221" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жоспарланғаны</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>запланировано</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>орындалғаны</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>выполнено</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00C56B7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Б</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ірынғайтіркеунөмерібойыншаоқырмандар саны</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Количество читателей по единому регистрационному номеру</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2221" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...10 lines deleted...]
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00397CFA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="004E47EC" w:rsidP="008D4A34">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>858</w:t>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="002B3132">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00C56B7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Оқырмандар  құрамы:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00D57395" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Состав читателей:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D57395">
-[...8 lines deleted...]
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-4 сыныпоқушылары/ учащиеся  1-4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E1527">
-[...8 lines deleted...]
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5-9 сыныпоқушылары/ учащиеся  5-9 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E1527">
-[...8 lines deleted...]
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">оқытушылар / </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+              <w:t>10-11 сыныпоқушылары/ учащиеся 10-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оқытушылар / педагоги</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">басқалар / </w:t>
+              <w:t>басқалар / прочие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2221" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00397CFA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...10 lines deleted...]
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00397CFA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="002B3132" w:rsidP="00D4749A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>454</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>45</w:t>
+            </w:r>
+            <w:r w:rsidR="008D4A34">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="00D4749A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008D4A34" w:rsidRPr="009E1527" w:rsidRDefault="002B3132" w:rsidP="00D4749A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>369</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00D4749A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="002B3132" w:rsidP="00D4749A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="002B3132" w:rsidP="00D4749A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>53</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00D4749A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00D4749A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="008D4A34">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00C56B7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Келу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> саны (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>жылішінде</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>) /</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Количество посещений (за год)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2221" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="002B3132" w:rsidP="00FD191E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>9377</w:t>
+              <w:t>93</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00C56B7A">
         <w:trPr>
           <w:trHeight w:val="515"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>К</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ітап</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> беру саны (барлығы) </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Количество книговыдач (всего)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2221" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...10 lines deleted...]
-          <w:p w:rsidR="00D57395" w:rsidRPr="00FD191E" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00013DF6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="00FD191E" w:rsidRDefault="008D4A34" w:rsidP="00013DF6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>16302</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="0037630A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>6302</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00C56B7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Оқылу / </w:t>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Оқылу / Читаемость (экз.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2221" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00013DF6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00C56B7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Айналымдылық(рет) /</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Обращаемость фонда (раз)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2221" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...10 lines deleted...]
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00013DF6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00013DF6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00C56B7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Келу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>келу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">) / </w:t>
+              <w:t>) / Посещаемость (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>посещ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2221" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00013DF6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="0" w:name="_GoBack"/>
         <w:bookmarkEnd w:id="0"/>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00C56B7A">
         <w:trPr>
           <w:trHeight w:val="820"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кітаппенқамтамасызетілу (дана)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">1-11 сыныпоқушылары </w:t>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Книгообеспеченность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (экз.) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1-11 сыныпоқушылары / Учащиеся 1- 11 классов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2221" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...21 lines deleted...]
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00013DF6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00013DF6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00013DF6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00013DF6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Ақпара</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>т-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> библиография және көпшелік жұмыс </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000565E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Информационно-библиографическая и массовая работа</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-968" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00C56B7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000565E3">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Көрсеткіштератауы</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="000565E3">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наименование показателя</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жоспарланғаны</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>запланировано</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>орындалғаны</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>выполнено</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00C56B7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Көрмелер (барлығы) / </w:t>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Көрмелер (барлығы) / Выставки (всего)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00FF22F7" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00FF22F7" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7825">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00FF22F7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00C56B7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Әдебиеттерін қарастыру (барлығы) / </w:t>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Әдебиеттерін қарастыру (барлығы) / Просмотры литературы (всего)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00DE7825" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE7825" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00DE7825" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE7825" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7825">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00C56B7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Әдебиеттіңауызшашолуы (барлығы) </w:t>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Әдебиеттіңауызшашолуы (барлығы) Устные обзоры литературы (всего)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00DE7825" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE7825" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00DE7825" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE7825" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7825">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00C56B7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Оқырманконференциялары / </w:t>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Оқырманконференциялары / Читательские конференции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00DE7825" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE7825" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00DE7825" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE7825" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7825">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00C56B7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ауызшажурналдар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> / </w:t>
+              <w:t xml:space="preserve"> / Устные журналы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00DE7825" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE7825" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7825">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00C56B7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Әнгімелесулер (топтық)/ </w:t>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әнгімелесулер (топтық)/ Беседы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>(групповые)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00DE7825" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE7825" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7825">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00C56B7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...14 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Презентация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00DE7825" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE7825" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7825">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00C56B7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Әдебиеткомпозициясы / </w:t>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Әдебиеткомпозициясы / Литературная  композиция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00DE7825" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE7825" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7825">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00C56B7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Әдебимейрам, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ойындар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> ...</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> /</w:t>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /Литературные праздники, игры...</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00DE7825" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE7825" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00DE7825" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE7825" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7825">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00C56B7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...15 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Анықтамала</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>р(</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>барлығы) /</w:t>
+              <w:t>барлығы) /справки(всего)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00DE7825" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE7825" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7825">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00DE7825">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00C56B7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Бейнефильмдердіқарау / </w:t>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бейнефильмдердіқарау / Просмотр видеофильмов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00DE7825" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE7825" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7825">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00C56B7A">
         <w:trPr>
           <w:trHeight w:val="1759"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>- Педагогика кеңестеріндежаңаоқ</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>у-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>әдістемеәдебиетітуралысөзсөйлеу /</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">- Басқалар / </w:t>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выступления перед педагогами о новой литературе </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - Басқалар / другие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00DE7825" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE7825" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00DE7825" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE7825" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00DE7825" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE7825" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7825">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Кітапхана-библиография</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
@@ -3706,4124 +3941,4645 @@
         </w:rPr>
         <w:t>бі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>л</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>іміннасихаттау</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000565E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пропаганда </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000565E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>библиотечно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000565E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - библиографических знаний</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:outline/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-968" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="002F5506">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000565E3">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Көрсеткіштератауы</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="000565E3">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наименование показателя</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00DE7825" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE7825" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7825">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жоспарланғаны</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00DE7825" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE7825" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00DE7825">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>запланировано</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>орындалғаны</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>выполнено</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="002F5506">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жеке</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> кеңестер / </w:t>
+              <w:t xml:space="preserve"> кеңестер / Индивидуальные консультации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00FF22F7" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00FF22F7" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7825">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00797E92">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="002F5506">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кітапханаішіндегі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> экскурсия /</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Экскурсия по библиотеке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00DE7825" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE7825" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7825">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="002F5506">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Кітапханалық сабақтар / </w:t>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кітапханалық сабақтар / Библиотечные уроки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00DE7825" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE7825" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7825">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="002F5506">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Әң</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>г</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">імелесулер / </w:t>
+              <w:t>імелесулер / Беседы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00DE7825" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE7825" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7825">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00DE7825">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Қорды жинақтау </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Комплектование фонда </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-968" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="002F5506">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000565E3">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Көрсеткіштератауы</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="000565E3">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наименование показателя</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жоспарланғаны</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>запланировано</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>орындалғаны</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>выполнено</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="002F5506">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...17 lines deleted...]
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Түскенбасылымдар (оқулықтарданбасқасы) /Кол-во поступивших изданий (кроме учебников):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">барлығы, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>данамен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> / </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+              <w:t xml:space="preserve"> /всего в экземплярах </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">барлығы, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>атаумен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> /</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+              <w:t xml:space="preserve"> /всего в названиях</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>сомасы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> / </w:t>
+              <w:t xml:space="preserve"> / на сумму</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="008C7B7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...10 lines deleted...]
-          <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="008C7B7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="008C7B7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00DE3AE1" w:rsidRPr="009E1527" w:rsidRDefault="00DE3AE1" w:rsidP="008C7B7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="008C7B7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="002F5506">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
-[...247 lines deleted...]
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Түскен оқулықтар саны/ Количество поступивших учебников:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">- барлығы, </w:t>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">барлығы, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>атаумен</w:t>
+              <w:t>данамен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> / </w:t>
-[...188 lines deleted...]
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+              <w:t xml:space="preserve"> /всего в экземплярах </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">барлығы, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>данамен</w:t>
+              <w:t>атаумен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> /</w:t>
-[...8 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t xml:space="preserve"> /всего в названиях</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE3AE1" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">-    </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>сомасы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> / </w:t>
+              <w:t xml:space="preserve"> / на сумму</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="006965AF" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="003558BE" w:rsidRDefault="003558BE" w:rsidP="003558BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006965AF">
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="008C7B7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DE3AE1" w:rsidRDefault="00DE3AE1" w:rsidP="008C7B7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8631</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE3AE1" w:rsidRPr="009E1527" w:rsidRDefault="00DE3AE1" w:rsidP="008C7B7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:outline/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>9295914</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:outline/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="002F5506">
+        <w:trPr>
+          <w:trHeight w:val="1301"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00AB1078" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00174F27" w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="006965AF" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...85 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...45 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Оныңішіндеэлектрондыққұралдар</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...21 lines deleted...]
-              <w:t>ж.(1 жартыжылдығы/</w:t>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /В</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-          </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> том числе электронных пособий </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">барлығы, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>данамен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> /</w:t>
-[...203 lines deleted...]
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+              <w:t xml:space="preserve"> /всего в экземплярах </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- барлығы, </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>кітаптар</w:t>
+              <w:t>атаумен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> /</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+              <w:t xml:space="preserve"> /всего в названиях </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="008C7B7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:outline/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="006965AF" w:rsidP="008C7B7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF22F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="008C7B7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="008C7B7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:outline/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:outline/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="002F5506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">27 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Газеттер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>журналдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00DE7825" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>201</w:t>
+            </w:r>
+            <w:r w:rsidR="006965AF" w:rsidRPr="006965AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00174F27" w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>с ж.(2 жартыжылдығы/ 2 полугодие):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">оқулықтар / </w:t>
+              <w:t xml:space="preserve">барлығы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>данамен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /всего в экземплярах</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-    </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сомасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / на сумму</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="006965AF" w:rsidRDefault="006965AF" w:rsidP="00951E47">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006965AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006965AF" w:rsidRPr="006965AF" w:rsidRDefault="006965AF" w:rsidP="00951E47">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006965AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>64988</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="00951E47">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006965AF" w:rsidRPr="00DE7825" w:rsidRDefault="006965AF" w:rsidP="00951E47">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="002F5506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Газеттер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>журналдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00DE7825" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>201</w:t>
+            </w:r>
+            <w:r w:rsidR="006965AF" w:rsidRPr="006965AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00174F27" w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ж.(1 жартыжылдығы/1 полугодие):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">барлығы, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>данамен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /всего в экземплярах</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-    </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сомасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / на сумму</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00951E47">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="006965AF" w:rsidRPr="006965AF" w:rsidRDefault="006965AF" w:rsidP="006965AF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="006965AF" w:rsidP="006965AF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE7825">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>000</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="00951E47">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006965AF" w:rsidRPr="006965AF" w:rsidRDefault="006965AF" w:rsidP="00951E47">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="002F5506">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Есептеншығарылғанбасылымдар саны  /</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Количество выбывших изданий</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кітаптар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /книги</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оқулықтар / учебники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="008C7B7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="008C7B7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00DE7825">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="008C7B7D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="002F5506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Әдебиет өңдеу </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000565E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обработка литературы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="728"/>
         <w:tblW w:w="10456" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00E62734">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000565E3">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Көрсеткіштератауы</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="000565E3">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наименование показателя</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жоспарланғаны</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>запланировано</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>орындалғаны</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>выполнено</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00E62734">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Әдебиеттердіжүйелеу  (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>атау</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>)/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Систематизация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лит-ры</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (назв.)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00DE7825" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE7825" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7825">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00E62734">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Әдебиеттердікаталогтеу   (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>атау</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>)/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Каталогизация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лит-ры</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (назв.)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00DE7825" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE7825" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00DE7825" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE7825" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7825">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00E62734">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Каталогтер</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> мен картотекалардыөңдеу/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Редактирование каталогов и картотек (карт.)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00DE7825" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE7825" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00DE7825" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00DE7825" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE7825">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:outline/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Қорды ұйымдастыру және сақтау </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000565E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Организация и хранение фонда</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-968" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="008961E0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000565E3">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Көрсеткіштератауы</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="000565E3">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наименование показателя</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жоспарланғаны</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>запланировано</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>орындалғаны</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>выполнено</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00226FD1" w:rsidRPr="009E1527" w:rsidTr="008B5983">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00226FD1" w:rsidRPr="009E1527" w:rsidRDefault="00226FD1" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...25 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00226FD1" w:rsidRPr="009E1527" w:rsidRDefault="00226FD1" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қормөлшері(оқужылыныңбасына) / Объем фонда (всего на начало учебного года)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00226FD1" w:rsidRPr="009E1527" w:rsidRDefault="00226FD1" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Оныңішіндеоқуәдебиеті /</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00226FD1" w:rsidRPr="009E1527" w:rsidRDefault="00226FD1" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>В том числе учебной литературы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00226FD1" w:rsidRPr="009E1527" w:rsidRDefault="00226FD1" w:rsidP="008C7B7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00D309AA" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00226FD1" w:rsidRPr="00D309AA" w:rsidRDefault="00226FD1" w:rsidP="008C7B7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>45938</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00AA4D4C" w:rsidRDefault="00AA4D4C" w:rsidP="00D309AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:outline/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="006358B6" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00226FD1" w:rsidRPr="006358B6" w:rsidRDefault="00AA4D4C" w:rsidP="00D309AA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:outline/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:outline/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>28316</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00226FD1" w:rsidRPr="009E1527" w:rsidRDefault="00226FD1" w:rsidP="008C7B7D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00226FD1" w:rsidRPr="009E1527" w:rsidRDefault="00226FD1" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00226FD1" w:rsidRPr="009E1527" w:rsidTr="008B5983">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00226FD1" w:rsidRPr="009E1527" w:rsidRDefault="00226FD1" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00226FD1" w:rsidRPr="009E1527" w:rsidRDefault="00226FD1" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Еркінпайдалануқорыныңмөлшері (дана)/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00226FD1" w:rsidRPr="009E1527" w:rsidRDefault="00226FD1" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Объем фонда открытого доступа (экз.)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00226FD1" w:rsidRPr="009E1527" w:rsidRDefault="00226FD1" w:rsidP="008C7B7D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1762</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00226FD1" w:rsidRPr="009E1527" w:rsidRDefault="00226FD1" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="003403DA">
         <w:trPr>
           <w:trHeight w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Қордыорналастыр</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>у(</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">дана)/ </w:t>
+              <w:t>дана)/ Расстановка фонда (экз.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="008C7B7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>650</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="003403DA">
         <w:trPr>
           <w:trHeight w:val="367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
-[...14 lines deleted...]
-              <w:t>Қордытексеру (дана) /</w:t>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қордытексеру (дана) /Проверка фонда (экз.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="008C7B7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>395</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="003403DA">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
-[...32 lines deleted...]
-              <w:t xml:space="preserve">) / </w:t>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қордыңорналасуынтексеру (дана) / Проверка расстановки фонда (экз.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="008C7B7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>650</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="003403DA">
         <w:trPr>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Әдебиеттерді  түптеу (дана) / </w:t>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Әдебиеттерді  түптеу (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дана</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>) / Переплет литературы (экз.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="008C7B7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:outline/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="001B2AC1" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="001B2AC1" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B2AC1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Қорды ұйымдастыру  және сақтау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00174F27" w:rsidRPr="001B2AC1" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Организация и хранение фонда</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="457"/>
         <w:tblW w:w="10456" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00265647">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00265647">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="00265647">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000565E3">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Көрсеткіштератауы</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="00265647">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="000565E3">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наименование показателя</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00265647">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Жоспарланғаны</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00265647">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>запланировано</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00265647">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>орындалғаны</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00265647">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>выполнено</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00265647">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...15 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00265647">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00265647">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кітапхананыңжалпыалаңы (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>шаршы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> метр)/</w:t>
+              <w:t xml:space="preserve"> метр)/Общая площадь библиотеки (кв.м.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00940CF2" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00940CF2" w:rsidRDefault="00174F27" w:rsidP="00265647">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00940CF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00940CF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
@@ -7835,5937 +8591,6055 @@
             <w:r w:rsidRPr="00940CF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00940CF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00265647">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00265647">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00265647">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...17 lines deleted...]
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00265647">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Оқузалыныңалаңы / площадь </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>чит</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.з</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ала</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00265647">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>- Оқузалындағыорындар сан</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ы(</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>саны)/</w:t>
+              <w:t>саны)/кол-во мест в читальном зале (число)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00940CF2" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00940CF2" w:rsidRDefault="00174F27" w:rsidP="00265647">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00940CF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>52.8</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00940CF2" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00940CF2" w:rsidRDefault="00174F27" w:rsidP="00265647">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00940CF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00265647">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00265647">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00265647">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00D57395">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00265647">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кітапкоймасыныңалаңы /площадь </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>книгохранения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00265647">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- негізгіқор /основной фонда</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00265647">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>-о</w:t>
+              <w:t>-оқу қор / учебного фонда</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="009E1527">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00940CF2" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00940CF2" w:rsidRDefault="00174F27" w:rsidP="00265647">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00940CF2" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="00174F27" w:rsidRPr="00940CF2" w:rsidRDefault="00174F27" w:rsidP="00265647">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00174F27" w:rsidRPr="00940CF2" w:rsidRDefault="00174F27" w:rsidP="00265647">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00940CF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>54.7</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00940CF2" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00940CF2" w:rsidRDefault="00174F27" w:rsidP="00265647">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00940CF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>47.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="00265647">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:outline/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="001B2AC1" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="001B2AC1" w:rsidRDefault="00C32D00" w:rsidP="00C32D00">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
-      <w:r w:rsidRPr="001B2AC1">
+      <w:r w:rsidR="00174F27" w:rsidRPr="001B2AC1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="001B2AC1">
+      <w:r w:rsidR="00174F27" w:rsidRPr="001B2AC1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">.   </w:t>
       </w:r>
-      <w:r w:rsidRPr="001B2AC1">
+      <w:r w:rsidR="00174F27" w:rsidRPr="001B2AC1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ОҚУ </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="001B2AC1">
+      <w:r w:rsidR="00174F27" w:rsidRPr="001B2AC1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ЖЫЛЫНДАҒЫ </w:t>
       </w:r>
-      <w:r w:rsidRPr="001B2AC1">
+      <w:r w:rsidR="00174F27" w:rsidRPr="001B2AC1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-MO"/>
         </w:rPr>
         <w:t xml:space="preserve"> НЕГІЗГІ</w:t>
       </w:r>
-      <w:r w:rsidRPr="001B2AC1">
+      <w:r w:rsidR="00174F27" w:rsidRPr="001B2AC1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>МІНДЕТТЕР</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="001B2AC1" w:rsidRDefault="00174F27" w:rsidP="001B2AC1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B2AC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОСНОВНЫЕ ЗАДАЧИ НА УЧЕБНЫЙ ГОД:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="00C213CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Формирование</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> творческой личности учащихся, посредством привития </w:t>
       </w:r>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>информационной культуры, культуры чтения</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="00C213CA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>. Оказывать помощь в организации учебного процесса.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>. Использовать новые формы пропаганды книги.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00940CF2" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00940CF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>4</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00174F27">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="000565E3">
+      <w:r w:rsidR="00174F27" w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Пропаганда литературы о родном крае.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00940CF2" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00940CF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00174F27">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.Предоставление возможности для создания и использования информационной базы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="00DE775D" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="00DE775D" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF6600"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-MO"/>
         </w:rPr>
         <w:t>II</w:t>
       </w:r>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.   СТАТИСТИКАЛЫҚ КӨРСЕТКІШТЕР</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="001B2AC1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>СТАТИСТИЧЕСКИЕ ПОКАЗАТЕЛИ:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-893" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1430"/>
         <w:gridCol w:w="1407"/>
         <w:gridCol w:w="1407"/>
         <w:gridCol w:w="1407"/>
         <w:gridCol w:w="1407"/>
         <w:gridCol w:w="1407"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="00DE775D" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="00DE775D" w:rsidTr="00DE775D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Көрсеткіш</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Показатели</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1430" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Жоспар</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>План</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Орындал</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Выполн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1 тоқс</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>четв</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2 тоқс</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>четв</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3 тоқс</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">3 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>четв</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4 тоқс</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">4 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>четв</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00DE775D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Оқырман</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Саны</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кол-во читателей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1430" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00940CF2" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00940CF2" w:rsidRDefault="008D4A34" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>858</w:t>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="006358B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00940CF2" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00940CF2" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00940CF2" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00940CF2" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00940CF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00940CF2" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00940CF2" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00940CF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>659</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00940CF2" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00940CF2" w:rsidRDefault="006358B6" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
-            <w:r w:rsidRPr="00940CF2">
+            <w:r w:rsidR="00174F27" w:rsidRPr="00940CF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00940CF2" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00940CF2" w:rsidRDefault="00940CF2" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00940CF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006358B6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00DE775D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Берілген кітап саны </w:t>
             </w:r>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кол-во книговыдач</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1430" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00940CF2" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00940CF2" w:rsidRDefault="00940CF2" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00940CF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006358B6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>6302</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00940CF2" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00940CF2" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00940CF2" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00940CF2" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00940CF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9800</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00940CF2" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00940CF2" w:rsidRDefault="00940CF2" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00940CF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
+            <w:r w:rsidR="00174F27" w:rsidRPr="00940CF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>868</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1407" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="00940CF2" w:rsidRDefault="00940CF2" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00940CF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>868</w:t>
-[...10 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00940CF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00940CF2">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="006358B6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00940CF2">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="008D4A34">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
-            </w:r>
-[...8 lines deleted...]
-              <w:t>95</w:t>
             </w:r>
             <w:r w:rsidRPr="00940CF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00940CF2" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00940CF2" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00940CF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006358B6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>6302</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00DE775D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Қатысқандар саны </w:t>
             </w:r>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кол-во посещений</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1430" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00940CF2" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00940CF2" w:rsidRDefault="006358B6" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>9377</w:t>
+              <w:t>93</w:t>
+            </w:r>
+            <w:r w:rsidR="008D4A34">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00940CF2" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00940CF2" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00940CF2" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00940CF2" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00940CF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5800</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00940CF2" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00940CF2" w:rsidRDefault="00940CF2" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00940CF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00940CF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006358B6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00940CF2">
+            <w:r w:rsidR="00174F27" w:rsidRPr="00940CF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00940CF2" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00940CF2" w:rsidRDefault="006358B6" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>82</w:t>
             </w:r>
-            <w:r w:rsidRPr="00940CF2">
+            <w:r w:rsidR="00940CF2" w:rsidRPr="00940CF2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1407" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="00940CF2" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="00940CF2" w:rsidRDefault="006358B6" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>9377</w:t>
+              <w:t>93</w:t>
+            </w:r>
+            <w:r w:rsidR="008D4A34">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>77</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00C32D00" w:rsidRDefault="00C32D00" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00C32D00" w:rsidRDefault="00C32D00" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00C32D00" w:rsidRDefault="00C32D00" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00C32D00" w:rsidRDefault="00C32D00" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Ш. ОҚЫРМАНДАРМЕН ЖҰМЫС</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> РАБОТА С ЧИТАТЕЛЯМИ:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="-698" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="4536"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="2410"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:trPr>
           <w:trHeight w:val="1100"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">№ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Жұмыс мазмұны</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Содержание работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мерзім</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Срок</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Жауаптылар</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ответств</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Педагогикалық ұжыммен жұмыс.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Работа с педагогическим коллективом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Оказывать помощь в подборе необходимой литературы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>По мере требования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ЕфременкоГ.В</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:trPr>
           <w:trHeight w:val="361"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Знакомство с новой поступившей литературой</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>По мере поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Пополнять тематические папки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Оказывать помощь классным руководителям в проведении массовых мероприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>По мере требования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="000565E3">
         <w:trPr>
           <w:trHeight w:val="771"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мектеп оқушыларымен жұмыс.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Работа с учащимися школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Жауптылар</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Ответственный</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Обеспечить учащихся учебниками</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Конец </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>августа-начало</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> сентября</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Перерегистрация читателей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Сентябрь-октябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Посвящение в читатели</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Работа с </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>задолженниками</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>В течени</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>и</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Изучение интересов читателей. Применение новых технологий.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>В течени</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>и</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Пропаганда библиотеки.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Постоянно </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Знакомство с фондом библиотеки:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>- обзоры;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>- выставки;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>- книжные полки;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>- беседы;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>- рекомендательные списки литературы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>систематически</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Прием учебников и художественной литературы от учащихся</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Кітапхана белсенділерімен жұмыс.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Работа с библиотечным активом</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-MO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-MO"/>
               </w:rPr>
               <w:t xml:space="preserve">Проводить заседание актива </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-MO"/>
               </w:rPr>
               <w:t>согласно плана</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-MO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-MO"/>
               </w:rPr>
               <w:t>1 раз в квартал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Учить членов актива навыкам библиотечной работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>По мере возможности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...23 lines deleted...]
-              <w:t>массовых мероприятий</w:t>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Привлекать актив к проведению массовых мероприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...24 lines deleted...]
-              <w:t>требования</w:t>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По мере требования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Көпшілік жұмыс.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Массовая работа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Литературные гостинные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Просмотры литературы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Читательские конференции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Обзоры литературы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Устные журналы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Беседы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Патриоттық </w:t>
             </w:r>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>тәрбие</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Патриотическое воспитание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00940CF2" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>«Память и подвиг</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009E1527">
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00D54E42">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Память и подвиг</w:t>
+            </w:r>
+            <w:r w:rsidR="00174F27" w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>», выставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="006358B6" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Поклонимся великим тем годам</w:t>
             </w:r>
-            <w:r w:rsidRPr="009E1527">
+            <w:r w:rsidR="00174F27" w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>», устный журнал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Май</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Құқықтық тәрбиесі</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Правовое воспитание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>«Символы нашей независимости», выставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>«День Конституции», выставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Создать накопительную папку с разработками внеклассных мероприятий, посвященных государственной символике РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Создать папку слайдов с государственными символами РК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Октябрь-ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Актив школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Адамгершілік</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -13786,2539 +14660,2555 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Нравственноевоспитание</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00616F73" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00D54E42" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Обзор </w:t>
             </w:r>
-            <w:r w:rsidRPr="009E1527">
+            <w:r w:rsidR="00174F27" w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>пер</w:t>
             </w:r>
+            <w:r w:rsidR="00616F73">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>иоди</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>иодических изданий. 5</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009E1527">
+              <w:t>ческих изданий. 5</w:t>
+            </w:r>
+            <w:r w:rsidR="00174F27" w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>классы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00616F73" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00616F73" w:rsidP="00D54E42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>«Исторические личности</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009E1527">
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="006358B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Исторические личности</w:t>
+            </w:r>
+            <w:r w:rsidR="00174F27" w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>», беседа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Апрель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Салауатты өмір салтына тәрбиелеу. </w:t>
             </w:r>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Воспитание здорового образа жизни </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="006358B6" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>«Здоровый образ жизни</w:t>
             </w:r>
-            <w:r w:rsidRPr="009E1527">
+            <w:r w:rsidR="00174F27" w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>», беседа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="006358B6" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>«Спорт  - это здорово</w:t>
             </w:r>
-            <w:r w:rsidRPr="009E1527">
+            <w:r w:rsidR="00174F27" w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>», выставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Март</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Өлкетану тәрбиесі.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Краеведческое воспитание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Картотека газетно-журнальных статей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00C32D00" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>«Край родной</w:t>
             </w:r>
-            <w:r w:rsidRPr="009E1527">
+            <w:r w:rsidR="00174F27" w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>», выставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Август</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">«Павлодар – сердце </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Прииртышья</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>», книжная полка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Август </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Пополнять тематические папки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Систематически</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...15 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Просмотр литературы по краеведению</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Экологиялық тәрбие.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Экологическое воспитание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00616F73" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00C32D00" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Сокровища растительного мира Казахстана</w:t>
             </w:r>
-            <w:r w:rsidRPr="009E1527">
+            <w:r w:rsidR="00174F27" w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>», беседа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Оқушылардың кітапханалық білімі.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Библиотечно-библиографические знания школьникам</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00FB56EF" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">«Ум без книги как </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>птица</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> без крыльев</w:t>
             </w:r>
-            <w:r w:rsidRPr="009E1527">
+            <w:r w:rsidR="00174F27" w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>», знакомство с библиотекой, 1кл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Декабрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...14 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Строение книги, 3-4 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Январь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Расстановка фонда, 5кл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Февраль </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Справочный аппарат, 6-7 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Март </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Путешествуем по словарям и справочникам. 8 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>кл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Апрель </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="004579A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Вести тетрадь учета выдачи справок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">IV </w:t>
       </w:r>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ҚОРД</w:t>
       </w:r>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Ы ЖИНАУ ЖӘНЕ ҰЙЫМДАСТЫРУ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>КОМПЛЕКТОВАНИЕ И ОРГАНИЗАЦИЯ ФОНДА</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="817"/>
         <w:gridCol w:w="4109"/>
         <w:gridCol w:w="2463"/>
         <w:gridCol w:w="2463"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00E62734">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
@@ -16333,1625 +17223,1614 @@
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Содержание работы</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Жұмыс мазмұны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Срок исполнения</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Орындау мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ответственный</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Жауапты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00E62734">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6572" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Оқу қорымен жұмыс</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Работа с учебным фондом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00E62734">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Своевременно и правильно осуществлять прием новых поступлений, учет и обработка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Август-сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00E62734">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Пополнять фонд учебников </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000565E3">
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>В течени</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000565E3">
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>и</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000565E3">
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00E62734">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Списание устаревших учебников</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ноябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00E62734">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Проводить рейды по сохранности учебников</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1 раз в четверть</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00E62734">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6572" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000565E3">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Негізгі қормен жұмыс.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Работа с основным фондом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00E62734">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Следить за расстановкой фонда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Постоянно </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00E62734">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000565E3">
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Сохранность фонда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000565E3">
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Постоянно </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00E62734">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Изучение фонда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000565E3">
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Систематически </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00E62734">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...23 lines deleted...]
-              <w:t>устаревшую и ветхую литературу</w:t>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Своевременно списывать устаревшую и ветхую литературу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000565E3">
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>1 раз в год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00E62734">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
-[...15 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E1527">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Пропаганда книг, поступивших в библиотеку</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000565E3">
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>По мере поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременко</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidTr="00185022">
+      <w:tr w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidTr="00E62734">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Подписка на периодические издания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2 раза в год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2463" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57395" w:rsidRPr="009E1527" w:rsidRDefault="00D57395" w:rsidP="00185022">
+          <w:p w:rsidR="00174F27" w:rsidRPr="009E1527" w:rsidRDefault="00174F27" w:rsidP="003542F6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ефременк</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E1527">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> Г.В.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-MO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-MO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00C32D00" w:rsidRDefault="00C32D00" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00C32D00" w:rsidRDefault="00C32D00" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00C32D00" w:rsidRDefault="00C32D00" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00C32D00" w:rsidRDefault="00C32D00" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00C32D00" w:rsidRDefault="00C32D00" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00C32D00" w:rsidRDefault="00C32D00" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00C32D00" w:rsidRDefault="00C32D00" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00C32D00" w:rsidRDefault="00C32D00" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00C32D00" w:rsidRDefault="00C32D00" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00C32D00" w:rsidRDefault="00C32D00" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-MO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-MO"/>
         </w:rPr>
         <w:t xml:space="preserve">ХАБАРЛЫ-АНЫҚТАМА- БИБЛИОГРАФИКАЛЫҚ ЖҰМЫС </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-MO"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
@@ -17960,714 +18839,713 @@
           <w:lang w:val="ru-MO"/>
         </w:rPr>
         <w:t>жылды</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-MO"/>
         </w:rPr>
         <w:t>қ     ағымында</w:t>
       </w:r>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="004E1B7B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ИНФОРМАЦИОННО-СПРАВОЧНО-БИБЛИОГРАФИЧЕСКАЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>РАБОТА  (в течение года)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-MO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-MO"/>
         </w:rPr>
         <w:t>Каталоги и картотеки.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-MO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-MO"/>
         </w:rPr>
         <w:t>Обзоры.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-MO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-MO"/>
         </w:rPr>
         <w:t>Выставки.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-MO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-MO"/>
         </w:rPr>
         <w:t>Рекомендательные списки литературы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="004E6BE4" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="004E6BE4" w:rsidRDefault="00174F27" w:rsidP="004E6BE4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Составление планов чтения по интересам и отраслям знаний.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-MO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-MO"/>
         </w:rPr>
         <w:t>Памятки.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="00937953" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="00937953" w:rsidRDefault="00174F27" w:rsidP="00937953">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Создавать электронные папки со слайдами по определенным темам.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="00937953">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Устные журналы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="00937953">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Просмотры литературы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRDefault="00174F27" w:rsidP="00937953">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="00937953" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="00937953" w:rsidRDefault="00174F27" w:rsidP="00937953">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="00937953">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>VI</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.  ӘДІСТЕМЕЛІК</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>-ҰЙЫМДАСТЫРУ ЖҰМЫС</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ОРГАНИЗАЦИОННО-МЕТОДИЧЕСКАЯ РАБОТА</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Изучать опыт работы лучших библиотекарей.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Изучать статьи периодических изданий.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Посещать семинары.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-MO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>VII</w:t>
       </w:r>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-MO"/>
         </w:rPr>
         <w:t>МАТЕРИАЛДЫ-ТЕХНИКАЛЫҚ БАЗАСЫН НЫҒАЙТУ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>УКРЕПЛЕНИЕ МАТЕРИАЛЬНО-ТЕХНИЧЕСКОЙ БАЗЫ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Обновить мебель.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Кітапхана меңгерушісі:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D57395" w:rsidRPr="000565E3" w:rsidRDefault="00D57395" w:rsidP="00D57395">
+    <w:p w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidRDefault="00174F27" w:rsidP="000565E3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Заведующая библиотекой:</w:t>
       </w:r>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Ефременко</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000565E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Г.В.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE64B2" w:rsidRDefault="00CE64B2"/>
-    <w:sectPr w:rsidR="00CE64B2" w:rsidSect="00A15E01">
+    <w:sectPr w:rsidR="00174F27" w:rsidRPr="000565E3" w:rsidSect="00A15E01">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
@@ -19125,3651 +20003,302 @@
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="102"/>
-  <w:displayBackgroundShape/>
+  <w:zoom w:percent="89"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:useNormalStyleForList/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:useAltKinsokuLineBreakRules/>
+    <w:allowSpaceOfSameStyleInTable/>
+    <w:doNotSuppressIndentation/>
+    <w:doNotAutofitConstrainedTables/>
+    <w:autofitToFirstFixedWidthCell/>
+    <w:underlineTabInNumList/>
+    <w:displayHangulFixedWidth/>
+    <w:splitPgBreakAndParaMark/>
+    <w:doNotVertAlignCellWithSp/>
+    <w:doNotBreakConstrainedForcedTable/>
+    <w:doNotVertAlignInTxbx/>
+    <w:useAnsiKerningPairs/>
+    <w:cachedColBalance/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D57395"/>
-[...3497 lines deleted...]
-    <w:rsid w:val="00FF6E70"/>
+    <w:rsidRoot w:val="00C56B7A"/>
+    <w:rsid w:val="00013DF6"/>
+    <w:rsid w:val="0003628C"/>
+    <w:rsid w:val="0004554F"/>
+    <w:rsid w:val="000565E3"/>
+    <w:rsid w:val="000746C4"/>
+    <w:rsid w:val="000B6549"/>
+    <w:rsid w:val="000F233B"/>
+    <w:rsid w:val="00113DA6"/>
+    <w:rsid w:val="0012689B"/>
+    <w:rsid w:val="00165F4A"/>
+    <w:rsid w:val="00174F27"/>
+    <w:rsid w:val="001B2AC1"/>
+    <w:rsid w:val="001C0E2A"/>
+    <w:rsid w:val="001C4331"/>
+    <w:rsid w:val="00226FD1"/>
+    <w:rsid w:val="00243CFF"/>
+    <w:rsid w:val="002573E4"/>
+    <w:rsid w:val="00265647"/>
+    <w:rsid w:val="00265E90"/>
+    <w:rsid w:val="002B3132"/>
+    <w:rsid w:val="002C54DB"/>
+    <w:rsid w:val="002F444C"/>
+    <w:rsid w:val="002F5506"/>
+    <w:rsid w:val="003263CE"/>
+    <w:rsid w:val="003403DA"/>
+    <w:rsid w:val="003542F6"/>
+    <w:rsid w:val="003558BE"/>
+    <w:rsid w:val="0037630A"/>
+    <w:rsid w:val="003826B5"/>
+    <w:rsid w:val="003949A6"/>
+    <w:rsid w:val="00397CFA"/>
+    <w:rsid w:val="003E21FB"/>
+    <w:rsid w:val="00406265"/>
+    <w:rsid w:val="004262D6"/>
+    <w:rsid w:val="004579A7"/>
+    <w:rsid w:val="004A1FBB"/>
+    <w:rsid w:val="004B345E"/>
+    <w:rsid w:val="004C4E90"/>
+    <w:rsid w:val="004E1B7B"/>
+    <w:rsid w:val="004E47EC"/>
+    <w:rsid w:val="004E6BE4"/>
+    <w:rsid w:val="00504A49"/>
+    <w:rsid w:val="0057213D"/>
+    <w:rsid w:val="005B7041"/>
+    <w:rsid w:val="005F38B9"/>
+    <w:rsid w:val="00614BAC"/>
+    <w:rsid w:val="00616F73"/>
+    <w:rsid w:val="00620AB2"/>
+    <w:rsid w:val="00627CBA"/>
+    <w:rsid w:val="006358B6"/>
+    <w:rsid w:val="0066683B"/>
+    <w:rsid w:val="006759CC"/>
+    <w:rsid w:val="00694CFE"/>
+    <w:rsid w:val="006965AF"/>
+    <w:rsid w:val="006B01A7"/>
+    <w:rsid w:val="006E58DD"/>
+    <w:rsid w:val="006E708F"/>
+    <w:rsid w:val="007042AE"/>
+    <w:rsid w:val="007174F5"/>
+    <w:rsid w:val="0072473E"/>
+    <w:rsid w:val="00757946"/>
+    <w:rsid w:val="00760A7D"/>
+    <w:rsid w:val="00762574"/>
+    <w:rsid w:val="00771499"/>
+    <w:rsid w:val="007736B0"/>
+    <w:rsid w:val="00797E92"/>
+    <w:rsid w:val="00800FD1"/>
+    <w:rsid w:val="00805A2B"/>
+    <w:rsid w:val="00827EE9"/>
+    <w:rsid w:val="0086627B"/>
+    <w:rsid w:val="00880A4D"/>
+    <w:rsid w:val="008961E0"/>
+    <w:rsid w:val="008A3DE4"/>
+    <w:rsid w:val="008C6B3F"/>
+    <w:rsid w:val="008C7B7D"/>
+    <w:rsid w:val="008D4A34"/>
+    <w:rsid w:val="00906345"/>
+    <w:rsid w:val="0091325A"/>
+    <w:rsid w:val="009268DA"/>
+    <w:rsid w:val="00937953"/>
+    <w:rsid w:val="00940CF2"/>
+    <w:rsid w:val="00951E47"/>
+    <w:rsid w:val="009743C3"/>
+    <w:rsid w:val="00976724"/>
+    <w:rsid w:val="009A0EAD"/>
+    <w:rsid w:val="009E1527"/>
+    <w:rsid w:val="00A15E01"/>
+    <w:rsid w:val="00A44DF8"/>
+    <w:rsid w:val="00A97C97"/>
+    <w:rsid w:val="00AA4D4C"/>
+    <w:rsid w:val="00AB1078"/>
+    <w:rsid w:val="00AC78A3"/>
+    <w:rsid w:val="00B57EA2"/>
+    <w:rsid w:val="00B86044"/>
+    <w:rsid w:val="00B95C5D"/>
+    <w:rsid w:val="00BB6AB7"/>
+    <w:rsid w:val="00BC1B3D"/>
+    <w:rsid w:val="00C14D13"/>
+    <w:rsid w:val="00C17988"/>
+    <w:rsid w:val="00C213CA"/>
+    <w:rsid w:val="00C236E3"/>
+    <w:rsid w:val="00C32D00"/>
+    <w:rsid w:val="00C56B7A"/>
+    <w:rsid w:val="00C91DBE"/>
+    <w:rsid w:val="00CD4798"/>
+    <w:rsid w:val="00CD7D2D"/>
+    <w:rsid w:val="00D26223"/>
+    <w:rsid w:val="00D308B4"/>
+    <w:rsid w:val="00D309AA"/>
+    <w:rsid w:val="00D3519E"/>
+    <w:rsid w:val="00D4749A"/>
+    <w:rsid w:val="00D50883"/>
+    <w:rsid w:val="00D54E42"/>
+    <w:rsid w:val="00D67105"/>
+    <w:rsid w:val="00D849E8"/>
+    <w:rsid w:val="00DA0EC1"/>
+    <w:rsid w:val="00DA192E"/>
+    <w:rsid w:val="00DE3AE1"/>
+    <w:rsid w:val="00DE775D"/>
+    <w:rsid w:val="00DE7825"/>
+    <w:rsid w:val="00E30AEE"/>
+    <w:rsid w:val="00E62734"/>
+    <w:rsid w:val="00EA5B84"/>
+    <w:rsid w:val="00EA7366"/>
+    <w:rsid w:val="00EC4676"/>
+    <w:rsid w:val="00EE5920"/>
+    <w:rsid w:val="00F43B2C"/>
+    <w:rsid w:val="00F83FB0"/>
+    <w:rsid w:val="00F9159A"/>
+    <w:rsid w:val="00FB56EF"/>
+    <w:rsid w:val="00FC4EDE"/>
+    <w:rsid w:val="00FC7965"/>
+    <w:rsid w:val="00FD191E"/>
+    <w:rsid w:val="00FD2864"/>
+    <w:rsid w:val="00FD7527"/>
+    <w:rsid w:val="00FF22F7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
+  <w:uiCompat97To2003/>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...24 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="caption" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -22817,248 +20346,253 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D57395"/>
+    <w:rsid w:val="00A15E01"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00D57395"/>
+    <w:rsid w:val="00C56B7A"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00D57395"/>
+    <w:rsid w:val="00C56B7A"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00D57395"/>
+    <w:locked/>
+    <w:rsid w:val="00C56B7A"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="28"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00D57395"/>
+    <w:locked/>
+    <w:rsid w:val="00C56B7A"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
-      <w:sz w:val="28"/>
+      <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00D57395"/>
+    <w:rsid w:val="004E6BE4"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00D57395"/>
+    <w:rsid w:val="00265647"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00D57395"/>
+    <w:locked/>
+    <w:rsid w:val="00265647"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -23084,51 +20618,51 @@
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -23256,55 +20790,91 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37949E9E-8FA8-4D14-A2A1-D8FDFE5A67FC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>1348</Words>
-  <Characters>7684</Characters>
+  <Words>1649</Words>
+  <Characters>9401</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>64</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>78</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>RePack by SPecialiST</Company>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9014</CharactersWithSpaces>
+  <CharactersWithSpaces>11028</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Марина</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>User</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>