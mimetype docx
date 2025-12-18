--- v0 (2025-12-15)
+++ v1 (2025-12-18)
@@ -1,645 +1,793 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
-[...82 lines deleted...]
-    <w:p w:rsidR="004A5977" w:rsidRPr="00466E45" w:rsidRDefault="004A5977" w:rsidP="00466E45">
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
       <w:pPr>
         <w:pStyle w:val="Textbody"/>
         <w:widowControl/>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құрылтайшылар</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>собрания</w:t>
+        <w:t>жиналысында</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>жасалды</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00CD0BB8" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>от</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>201</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC1D98">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="single"/>
-[...4 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EC1D98">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC1D98">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="single"/>
-[...4 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t xml:space="preserve">  "   "</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC1D98" w:rsidRPr="0053584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00471099">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC1D98" w:rsidRPr="0053584A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC1D98">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>года</w:t>
+        <w:t xml:space="preserve"> №1  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EC1D98">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жиналысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC1D98">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EC1D98">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>хаттамасы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00466E45" w:rsidRDefault="00466E45" w:rsidP="004A5977">
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
       <w:pPr>
         <w:pStyle w:val="Textbody"/>
         <w:widowControl/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="32"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="32"/>
-[...13 lines deleted...]
-        <w:t>УЧРЕДИТЕЛЬНЫЙ ДОГОВОР</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
-[...92 lines deleted...]
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
       <w:pPr>
         <w:pStyle w:val="Textbody"/>
         <w:widowControl/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve">1. </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="000740C4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
+        <w:t>ВРЕМЯ ПОМОГАТЬ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қайырымдылық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қорының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRPr="00D854E5" w:rsidRDefault="00EC1D98" w:rsidP="007D2A10">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚҰРЫЛТАЙШЫЛЫҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ШАРТЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Ж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>АЛПЫ ЕРЕЖЕЛЕР</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
       <w:pPr>
         <w:pStyle w:val="Textbody"/>
         <w:widowControl/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">1.1. </w:t>
-[...39 lines deleted...]
-        <w:t>Казахстан</w:t>
+        <w:t xml:space="preserve">1.1.Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>азаматтары</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00471099" w:rsidRPr="00F36C0F" w:rsidRDefault="00471099" w:rsidP="00471099">
+    <w:p w:rsidR="00CD0BB8" w:rsidRPr="00F36C0F" w:rsidRDefault="00CD0BB8" w:rsidP="00CD0BB8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="1"/>
         </w:numPr>
+        <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F36C0F">
+      <w:r w:rsidRPr="0028441B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Анисимо</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ва Дарья Алексеевна,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> удостоверение личности №018701051, выдано МЮ РК 15.06.2006г., прожива</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0069334A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C334B2">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ет Республика Казахстан , 140006</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F36C0F">
+        <w:t>жеке бас куәлігі №018701051</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>, город Павлодар, ул. Кутузова, дом 17, квартира 32.</w:t>
+        <w:t>, 15.06.2006ж., ҚР Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C334B2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">М </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C334B2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">берілген, мекен-жайы Қазақстан Республикасы, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">140000, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C334B2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласы, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00691A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кутузов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көшесі,17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C334B2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үй, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C334B2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00471099" w:rsidRPr="00F36C0F" w:rsidRDefault="00471099" w:rsidP="00471099">
+    <w:p w:rsidR="00CD0BB8" w:rsidRPr="00F36C0F" w:rsidRDefault="00CD0BB8" w:rsidP="00CD0BB8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="1"/>
         </w:numPr>
+        <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Соловьева Ксения Леонидовна,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> удостоверение личности №018683563, выдано МЮ РК 23.02.2006г. прожива</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0069334A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00691A4C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ет Республика Казахстан , 140006</w:t>
+        <w:t xml:space="preserve">жеке бас куәлігі </w:t>
       </w:r>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>, город Павлодар, ул. Ростовская, дом 32</w:t>
+        <w:t>№018683563, 23.02.200</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6ж.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F36C0F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00691A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР ӘМ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00691A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00691A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F36C0F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC1856">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекен-жайы Қазақста</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н Республикасы, 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447D87">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">40000, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар қаласы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F36C0F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, Ростовская</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC1856">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC1856">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көшесі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F36C0F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC1856">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үй</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F36C0F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 32</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00471099" w:rsidRPr="00F36C0F" w:rsidRDefault="00471099" w:rsidP="00471099">
+    <w:p w:rsidR="00CD0BB8" w:rsidRPr="00F36C0F" w:rsidRDefault="00CD0BB8" w:rsidP="00CD0BB8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="1"/>
         </w:numPr>
+        <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Дорохина</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -664,377 +812,366 @@
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Дмитриевна</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>куәлігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>удостоверение</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>018664491 25</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>личности</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>.20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>05</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">  №</w:t>
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...38 lines deleted...]
-        <w:t>г.,</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">   </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР ӘМ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мекен-жайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447D87">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">140000, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ломов</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>прожив</w:t>
-[...60 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F36C0F">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00F36C0F">
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көшесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 177/1</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F36C0F">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00F36C0F">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үй</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...50 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>27</w:t>
       </w:r>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00471099" w:rsidRPr="00F36C0F" w:rsidRDefault="00471099" w:rsidP="00471099">
+    <w:p w:rsidR="00CD0BB8" w:rsidRPr="00F36C0F" w:rsidRDefault="00CD0BB8" w:rsidP="00CD0BB8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="1"/>
         </w:numPr>
+        <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Савельева</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -1059,401 +1196,380 @@
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Робертовна</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>куәлігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>удостоверение</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>034495298</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>01</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>личности</w:t>
+        <w:t>.20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР ІІМ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мекен-жайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақста</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447D87">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">140000, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сураганов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>көшесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үй</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0094251F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, 4</w:t>
       </w:r>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>№</w:t>
-[...60 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F36C0F">
-[...233 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00471099" w:rsidRPr="00F36C0F" w:rsidRDefault="00471099" w:rsidP="00471099">
+    <w:p w:rsidR="00CD0BB8" w:rsidRPr="00F36C0F" w:rsidRDefault="00CD0BB8" w:rsidP="00CD0BB8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="1"/>
         </w:numPr>
+        <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Хахлова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -1470,802 +1586,587 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Валерьевна</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жеке бас куәлігі </w:t>
+      </w:r>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>031354086</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>удостоверение</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>04</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>личности</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>.20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> №</w:t>
+        <w:t>.,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ҚР ӘМ берілген,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мекен-жайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447D87">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">140000, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>031354086</w:t>
+        <w:t>Сураганов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көшесі</w:t>
       </w:r>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2/2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үй</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>выдано</w:t>
-[...271 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00471099" w:rsidRPr="00F36C0F" w:rsidRDefault="001B7F2B" w:rsidP="00471099">
+    <w:p w:rsidR="00CD0BB8" w:rsidRPr="00F36C0F" w:rsidRDefault="00377331" w:rsidP="00CD0BB8">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="1"/>
         </w:numPr>
+        <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Яркова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Кр</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00471099" w:rsidRPr="00F36C0F">
+      <w:r w:rsidR="00CD0BB8" w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>стина</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00471099" w:rsidRPr="00F36C0F">
+      <w:r w:rsidR="00CD0BB8" w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00471099" w:rsidRPr="00F36C0F">
+      <w:r w:rsidR="00CD0BB8" w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Алексеевна</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00471099" w:rsidRPr="00F36C0F">
-[...31 lines deleted...]
-      <w:r w:rsidR="00471099" w:rsidRPr="00F36C0F">
+      <w:r w:rsidR="00CD0BB8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0BB8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке бас куәлігі</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0BB8" w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> №</w:t>
       </w:r>
-      <w:r w:rsidR="00471099" w:rsidRPr="00F36C0F">
+      <w:r w:rsidR="00CD0BB8" w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>021994509</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0BB8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0BB8" w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0BB8" w:rsidRPr="00F36C0F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.04.20</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0BB8" w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>08</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0BB8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0BB8" w:rsidRPr="00F36C0F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0BB8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚР ӘМ берілген,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0BB8" w:rsidRPr="00F36C0F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0BB8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мекен-жайы </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0BB8" w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы, Павлодар қаласы,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0BB8" w:rsidRPr="00F36C0F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CD0BB8" w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>021994509</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00471099" w:rsidRPr="00F36C0F">
+        <w:t>Торайгыро</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD0BB8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0BB8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көшесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0BB8" w:rsidRPr="00F36C0F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0BB8" w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>111</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0BB8">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...262 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidR="00CD0BB8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үй</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0BB8" w:rsidRPr="00F36C0F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0BB8" w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00471099" w:rsidRPr="00F36C0F">
+      <w:r w:rsidR="00CD0BB8" w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00471099" w:rsidRPr="00F36C0F" w:rsidRDefault="00471099" w:rsidP="00471099">
+    <w:p w:rsidR="00CD0BB8" w:rsidRPr="00F36C0F" w:rsidRDefault="00CD0BB8" w:rsidP="00CD0BB8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:left="0"/>
+        <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Кокумбаев</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F36C0F">
@@ -2281,15335 +2182,14700 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Жамитович</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке бас куәлігі</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">  №</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104DCA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>039870376</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104DCA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>13.10.2015</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ҚР ІІМ</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>удостоверение</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>берілген, мекен -жайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003825A3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00447D87">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">140000, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Курская</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көшесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003825A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үй</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F36C0F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>личности</w:t>
-[...226 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104DCA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
-[...6 lines deleted...]
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
+    <w:p w:rsidR="00CD0BB8" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
       <w:pPr>
         <w:pStyle w:val="Textbody"/>
         <w:widowControl/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...269 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00CD0BB8">
       <w:pPr>
         <w:pStyle w:val="Textbody"/>
         <w:widowControl/>
+        <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...104 lines deleted...]
-        <w:t>задач</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ө</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>зара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ынтымақтастықтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пайдасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>түсіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>изложенных</w:t>
-[...31 lines deleted...]
-        <w:t>Фонда</w:t>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пайданы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрылтайшылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>арасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00955C27">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бөлуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00955C27">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00955C27">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мақсат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00955C27">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00955C27">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>етіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00955C27">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00955C27">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көздемейтін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00955C27">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қоғамдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қорын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келісті</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
-[...273 lines deleted...]
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
       <w:pPr>
         <w:pStyle w:val="Textbody"/>
         <w:widowControl/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">1.4. </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">1.2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Фонда</w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t>Қордың Жарғысында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мақсат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>О</w:t>
-[...65 lines deleted...]
-      <w:r w:rsidR="00466E45">
+        <w:t>тар м</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Время помогать</w:t>
-[...6 lines deleted...]
-        <w:t>»</w:t>
+        <w:t xml:space="preserve">міндеттерге қол жеткізу Қор қызметінің мәні  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
       <w:pPr>
         <w:pStyle w:val="Textbody"/>
         <w:widowControl/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...112 lines deleted...]
-      <w:r w:rsidR="00BB19E2">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>коммерциялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>улица Лермонтова, дом 129, кабинет №</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00471099">
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>8</w:t>
+        <w:t>йым болып табылады, өз қызметінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>заңдары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы шарт пен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>арғысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілген пайдаларды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басшылыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
       <w:pPr>
         <w:pStyle w:val="Textbody"/>
         <w:widowControl/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1.4.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>Қордың т</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>олық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>: «</w:t>
+      </w:r>
+      <w:r w:rsidR="000740C4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Время помогать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қайырымдылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қоры</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қоғамдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қоры</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">1.5.Қордың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000740C4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000740C4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000740C4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000740C4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000740C4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, 14000</w:t>
+      </w:r>
+      <w:r w:rsidR="000740C4" w:rsidRPr="000740C4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0BB8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Лермонтов</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0BB8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Фонд создается на неопределенный срок .</w:t>
+        <w:t xml:space="preserve"> көшесі, 129 үй, 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кабинет</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.6. Қор шектеусіз мерзімге құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
       <w:pPr>
         <w:pStyle w:val="Textbody"/>
         <w:widowControl/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. </w:t>
+        <w:t>2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ЮРИДИЧЕСКИЙ СТАТУС</w:t>
+        <w:t>ЗАҢДЫ МӘРТЕБЕСІ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамаларына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тіркеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уақытынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тұлға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
       <w:pPr>
         <w:pStyle w:val="Textbody"/>
         <w:widowControl/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2.1. </w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">2.2.Қордың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">является </w:t>
-[...87 lines deleted...]
-        <w:t>регистрации</w:t>
+        <w:t>өз атауы қазақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тілінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жазылған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дөңгелек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мөрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мөртаңбаны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>есеп  айырысу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шоты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дербес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>балансы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бар</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
-[...265 lines deleted...]
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
       <w:pPr>
         <w:pStyle w:val="Textbody"/>
         <w:widowControl/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t xml:space="preserve">3.Қор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
       <w:pPr>
         <w:pStyle w:val="Textbody"/>
         <w:widowControl/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">3.1. В </w:t>
-[...103 lines deleted...]
-        <w:t>Казахстан</w:t>
+        <w:t xml:space="preserve">3.1.Қор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өзінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңын</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Гражданским</w:t>
-[...47 lines deleted...]
-        <w:t>Казахстан</w:t>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Азаматтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексі</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Законом</w:t>
-[...175 lines deleted...]
-        <w:t>законодательством</w:t>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Коммерциялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңын</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>настоящим</w:t>
-[...63 lines deleted...]
-        <w:t>Фонда</w:t>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аумағында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аталмыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келісім-шарт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қордың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жарғысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басшылыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алады</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2.Жарғыдағы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мақсатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бағытында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жоспарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өзбетінше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрастырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бекітеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3.Қор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>еркінше,өз-өзін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басқару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңдарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бағына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>есеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жариялылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.4.Қор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>балансында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мүлігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>меншігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мүлігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>меншік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құқығына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.5.Қордың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаржысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жарналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мүшеліктен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>еркімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрбандықтан,жарғылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өткізілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>іс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шаралардан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>актілерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қайшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келмейтін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>түсімдерден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құралады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.6.Қор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрылтайшыларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мүлігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құқығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>міндеттемелеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бермейді,ал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрылтайшыларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>міндеттемелеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бермейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.Қорға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қатысушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрылтайшылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>міндеттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құқықтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Көмек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көрсететін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тұлғалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрылтайшылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қорға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>еркімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрбандықтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қайырымдылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қатысады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көмек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көрсететін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тұлғалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>соның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрылтайшылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құқықтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>түрлеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қатынасуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қатысуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тоқтата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>реестерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көрсететін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тұлғаларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>есеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жүргізуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ақпараттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>танысуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.3.Қор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрылтайшылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қарастырған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құқықтарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бола</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.4.Қор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрылтайшылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрылтайлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>талаптарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сақтауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрылтайлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қарастырған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қажеттілігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қарай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қалыпты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тәртібі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мөлшері,тәсілдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мерзімдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мүлігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>беруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.5.Қамқорлық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кеңес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.6.Қор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрылтайшылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамаларына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жарғысымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аталмыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрылтайлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келісім-шартқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құқықтарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.7.Қорға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көрсететін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тұлғалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қордың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бағдарламалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>іс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шараларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>асырғанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жарғысымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аталмыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрылтайлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келісім-шарттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>талаптарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қатаң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сақтауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құпия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жарияламауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>зиян</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келтіретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>іс-әрекеттерден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тартуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.Ұйымдастырушылық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрылым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.1.Қор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аумағында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ететін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мекеме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.2.Қор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қатысушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жиналысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шешімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бекіткен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өзінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрылымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бөлімшелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>филиалдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өкілдіктер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ретімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.3.Қордың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қордың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жиналысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қатысушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қарастыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шешуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.4.Қордың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жиналысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қатысушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құзыреттілігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кіреді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жарғысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрылтайлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>толықтырулар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өзгертулер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қорды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ерікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>түрде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тарату</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қордың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қамқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кеңесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қордың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басқару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құзыреттілігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>анықтауға,ұйымдастырушылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрылымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қалыптастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тоқтату</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тәртібіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>актілер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аясында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қатысушыларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өздерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>филиалдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өкілдіктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тұлғалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>іс-әрекеті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шешімге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қатысуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>төрағасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тексеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>комиссиясы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>есептерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ағымдағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жылына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қатысушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ерікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жарналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мөлшерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>анықтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қордың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>атқарушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаржылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>есебін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кезеңдермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тағайындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тәртібін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>анықтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бірге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қордың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бақылаушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тексеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тәртібі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нәтижелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қордың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құзыреттілігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ҚР </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>актілеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.5.Әрдайым </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басқару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басшылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жасап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бақылауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>асыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қамқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кеңес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>табылады.Қамқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кеңес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қамқор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметіндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жиналыстың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құзыреттілігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шешім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қабылдауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.6.Қамқорлық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кеңестің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ерекше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құзыреттілігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кіреді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрамынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>төрағасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бағыттарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>айқындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаржылыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қабылданған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>іс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шараларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қордың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бөлімшелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қорытындылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>есеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қарастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.7.Қамқорлық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кеңестің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құзыреттілігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>төрағасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қарастыруына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>берілмейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қамқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кеңестің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мерзімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жылға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>анықталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қамқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кеңестің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>біткеннен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрамы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қарастырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кеңестің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мүшелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жаңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мерзімге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бекітуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.8.Жалпы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жиналысқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қатысушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шешімдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>неізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қамқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кеңес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қордың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>атқарушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>төрағасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ондағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тіркелгендер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қордың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басшысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>төраға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құзыреттілігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мыналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кіреді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қордың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ағымдағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жедел</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басшылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қордың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басқару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шешімдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қабылданған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келісім-шарт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ымыраласу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қамқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кеңестің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шешімдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаржылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>банктік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қордың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басқару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құзыреттілігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кірмейтін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрықтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>хаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қою</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>атынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сенімхатсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жүргізу,оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органдарда,ұйымдарда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мекемелерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұсыну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сенімхат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>беруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нәтижесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>есеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дайындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қордың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басқару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұсыныстар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ағымдағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құзыреттілігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шешім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.9.Қордың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бақылаушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тексеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>комиссиясы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D2A10" w:rsidRDefault="007D2A10" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Даулы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шешу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.1.Қор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>үдерісінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дауларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрылтайшылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>арасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өзара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ымыраластықта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>талқылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келісімсөздер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шешуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шамаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>салуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Аталмыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келісім-шарттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мерзімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.1.Аталмыш </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келісім-шарт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қойған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уақыттан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.2.Қор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайларда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тоқтата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.2.1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қордың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жиналысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қатысушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шешімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
       <w:pPr>
         <w:pStyle w:val="Textbody"/>
         <w:widowControl/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">3.2. </w:t>
-[...214 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">7.2.2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шешімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
       <w:pPr>
         <w:pStyle w:val="Textbody"/>
         <w:widowControl/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">3.3.Фонд </w:t>
-[...151 lines deleted...]
-        <w:t>деятельности</w:t>
+        <w:t xml:space="preserve">7.2.3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қарастырған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайларда</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
-[...981 lines deleted...]
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
       <w:pPr>
         <w:pStyle w:val="Textbody"/>
         <w:widowControl/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">4. </w:t>
+        <w:t xml:space="preserve">8. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Права</w:t>
+        <w:t>Қорытынды</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>обязанности</w:t>
-[...59 lines deleted...]
-        <w:t>Фонда</w:t>
+        <w:t>ереже</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
-[...6065 lines deleted...]
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
       <w:pPr>
         <w:pStyle w:val="Textbody"/>
         <w:widowControl/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...640 lines deleted...]
-        <w:t>срок</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Аталмыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келісім-шартқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өзгертулер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>толықтырулар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңнамалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қарастырған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тәртібімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тіркелген,қатысушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уәкілетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өкілдермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>түрде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жарамды.Құрылтайлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келісім-шартқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>толықтырулар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өзгертулер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жарғысындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өзгертулер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>толықтыруларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
-[...1074 lines deleted...]
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
       <w:pPr>
         <w:pStyle w:val="Textbody"/>
         <w:widowControl/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...259 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Аталмыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келісім-шарт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>күшіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>құрылтайшылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>әділет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органдарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
+    <w:p w:rsidR="00CD0BB8" w:rsidRPr="007D2A10" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
       <w:pPr>
         <w:pStyle w:val="Textbody"/>
         <w:widowControl/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...36 lines deleted...]
-        <w:t>;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркеуден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өткен кейін өз күшіне енеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
-[...572 lines deleted...]
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
+    <w:p w:rsidR="00EC1D98" w:rsidRDefault="00EC1D98" w:rsidP="00EC1D98">
       <w:pPr>
         <w:pStyle w:val="Textbody"/>
         <w:widowControl/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...230 lines deleted...]
-      <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Аталмыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келісім-шарт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________ 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0BB8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>путем</w:t>
-[...54 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қойғандар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
+    <w:p w:rsidR="00CD0BB8" w:rsidRPr="00D854E5" w:rsidRDefault="00CD0BB8" w:rsidP="007D2A10">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="40"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CD0BB8" w:rsidRPr="0028441B" w:rsidRDefault="00CD0BB8" w:rsidP="00CD0BB8">
       <w:pPr>
         <w:pStyle w:val="Textbody"/>
         <w:widowControl/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...2 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...76 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028441B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Анисимова Дарья Алексеевна</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
+    <w:p w:rsidR="00CD0BB8" w:rsidRPr="0028441B" w:rsidRDefault="00CD0BB8" w:rsidP="00CD0BB8">
       <w:pPr>
         <w:pStyle w:val="Textbody"/>
         <w:widowControl/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...116 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="0028441B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
+    <w:p w:rsidR="00CD0BB8" w:rsidRDefault="00CD0BB8" w:rsidP="00CD0BB8">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028441B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Соловьева Ксения Леонидовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD0BB8" w:rsidRPr="0028441B" w:rsidRDefault="00CD0BB8" w:rsidP="00CD0BB8">
       <w:pPr>
         <w:pStyle w:val="Textbody"/>
         <w:widowControl/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...116 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="0028441B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
+    <w:p w:rsidR="00CD0BB8" w:rsidRPr="0028441B" w:rsidRDefault="00CD0BB8" w:rsidP="00CD0BB8">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0028441B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дорохина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0028441B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0028441B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Таьяна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0028441B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дмитриевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD0BB8" w:rsidRPr="0028441B" w:rsidRDefault="00CD0BB8" w:rsidP="00CD0BB8">
       <w:pPr>
         <w:pStyle w:val="Textbody"/>
         <w:widowControl/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...100 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="0028441B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
+    <w:p w:rsidR="00CD0BB8" w:rsidRPr="0028441B" w:rsidRDefault="00CD0BB8" w:rsidP="00CD0BB8">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028441B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Савельева Рената Робертовна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD0BB8" w:rsidRPr="0028441B" w:rsidRDefault="00CD0BB8" w:rsidP="00CD0BB8">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CD0BB8" w:rsidRPr="0028441B" w:rsidRDefault="00CD0BB8" w:rsidP="00CD0BB8">
+      <w:pPr>
+        <w:pStyle w:val="Textbody"/>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0028441B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Хахлова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0028441B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Валентина Валерьевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CD0BB8" w:rsidRPr="0028441B" w:rsidRDefault="00CD0BB8" w:rsidP="00CD0BB8">
       <w:pPr>
         <w:pStyle w:val="Textbody"/>
         <w:widowControl/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...52 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="0028441B">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A5977" w:rsidRDefault="004A5977" w:rsidP="004A5977">
-[...1457 lines deleted...]
-    <w:p w:rsidR="00471099" w:rsidRDefault="00471099" w:rsidP="00471099">
+    <w:p w:rsidR="00CD0BB8" w:rsidRPr="007D2A10" w:rsidRDefault="00CD0BB8" w:rsidP="007D2A10">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:autoSpaceDE w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                    _____________________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001B7F2B">
+        <w:t xml:space="preserve">                     ____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00377331">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Яркова Кри</w:t>
       </w:r>
-      <w:r w:rsidRPr="004611AE">
+      <w:r w:rsidRPr="0028441B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>стина Алексеевна</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00471099" w:rsidRDefault="00471099" w:rsidP="00471099">
+    <w:p w:rsidR="00CD0BB8" w:rsidRPr="0028441B" w:rsidRDefault="00CD0BB8" w:rsidP="007D2A10">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC1D98" w:rsidRPr="00377331" w:rsidRDefault="00CD0BB8" w:rsidP="00377331">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0028441B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кокумбаев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0028441B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0028441B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Толеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0028441B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0028441B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жамитович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00471099" w:rsidRDefault="00471099" w:rsidP="00471099">
-[...431 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:p w:rsidR="00143BC0" w:rsidRDefault="00143BC0"/>
+    <w:sectPr w:rsidR="00143BC0" w:rsidSect="007D2A10">
+      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="709" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B67D15" w:rsidRDefault="00B67D15" w:rsidP="001B7F2B">
+    <w:p w:rsidR="00214F6D" w:rsidRDefault="00214F6D" w:rsidP="000740C4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B67D15" w:rsidRDefault="00B67D15" w:rsidP="001B7F2B">
+    <w:p w:rsidR="00214F6D" w:rsidRDefault="00214F6D" w:rsidP="000740C4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Andale Sans UI">
@@ -17617,174 +16883,120 @@
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="553983435"/>
+      <w:id w:val="1789860922"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="001B7F2B" w:rsidRDefault="001B7F2B">
+      <w:p w:rsidR="000740C4" w:rsidRDefault="000740C4">
         <w:pPr>
           <w:pStyle w:val="a6"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00466E45" w:rsidRPr="00466E45">
+        <w:r w:rsidR="00955C27">
           <w:rPr>
             <w:noProof/>
-            <w:lang w:val="ru-RU"/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="001B7F2B" w:rsidRDefault="001B7F2B">
+  <w:p w:rsidR="000740C4" w:rsidRDefault="000740C4">
     <w:pPr>
       <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B67D15" w:rsidRDefault="00B67D15" w:rsidP="001B7F2B">
+    <w:p w:rsidR="00214F6D" w:rsidRDefault="00214F6D" w:rsidP="000740C4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B67D15" w:rsidRDefault="00B67D15" w:rsidP="001B7F2B">
+    <w:p w:rsidR="00214F6D" w:rsidRDefault="00214F6D" w:rsidP="000740C4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="22763FD4"/>
-[...57 lines deleted...]
-  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="2BD25295"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B382077E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
@@ -17799,220 +17011,90 @@
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-[...116 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006A4EB2"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00F90C96"/>
+    <w:rsidRoot w:val="001C6DA2"/>
+    <w:rsid w:val="000740C4"/>
+    <w:rsid w:val="00143BC0"/>
+    <w:rsid w:val="001C6DA2"/>
+    <w:rsid w:val="00214F6D"/>
+    <w:rsid w:val="00377331"/>
+    <w:rsid w:val="007D2A10"/>
+    <w:rsid w:val="00955C27"/>
+    <w:rsid w:val="009E4848"/>
+    <w:rsid w:val="00B4225E"/>
+    <w:rsid w:val="00CD0BB8"/>
+    <w:rsid w:val="00D854E5"/>
+    <w:rsid w:val="00EC1D98"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -18154,213 +17236,200 @@
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:rsid w:val="00BB19E2"/>
-[...13 lines deleted...]
-    </w:rPr>
+    <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
     <w:name w:val="Standard"/>
-    <w:rsid w:val="004A5977"/>
+    <w:rsid w:val="00EC1D98"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Textbody">
     <w:name w:val="Text body"/>
     <w:basedOn w:val="Standard"/>
-    <w:rsid w:val="004A5977"/>
+    <w:rsid w:val="00EC1D98"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00471099"/>
+    <w:rsid w:val="00CD0BB8"/>
     <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
+      <w:textAlignment w:val="baseline"/>
     </w:pPr>
-  </w:style>
-[...19 lines deleted...]
-    <w:rsid w:val="001B7F2B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000740C4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000740C4"/>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001B7F2B"/>
+    <w:rsid w:val="000740C4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="001B7F2B"/>
-[...6 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="000740C4"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F90C96"/>
+    <w:rsid w:val="000740C4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F90C96"/>
+    <w:rsid w:val="000740C4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsia="Andale Sans UI" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-      <w:kern w:val="3"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -18480,228 +17549,215 @@
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:rsid w:val="00BB19E2"/>
-[...13 lines deleted...]
-    </w:rPr>
+    <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
     <w:name w:val="Standard"/>
-    <w:rsid w:val="004A5977"/>
+    <w:rsid w:val="00EC1D98"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Textbody">
     <w:name w:val="Text body"/>
     <w:basedOn w:val="Standard"/>
-    <w:rsid w:val="004A5977"/>
+    <w:rsid w:val="00EC1D98"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00471099"/>
+    <w:rsid w:val="00CD0BB8"/>
     <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
+      <w:textAlignment w:val="baseline"/>
     </w:pPr>
-  </w:style>
-[...19 lines deleted...]
-    <w:rsid w:val="001B7F2B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000740C4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000740C4"/>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001B7F2B"/>
+    <w:rsid w:val="000740C4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="001B7F2B"/>
-[...6 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="000740C4"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F90C96"/>
+    <w:rsid w:val="000740C4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F90C96"/>
+    <w:rsid w:val="000740C4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsia="Andale Sans UI" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-      <w:kern w:val="3"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -18945,87 +18001,71 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>8669</Characters>
+  <Pages>6</Pages>
+  <Words>1383</Words>
+  <Characters>7886</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>72</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>65</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10169</CharactersWithSpaces>
+  <CharactersWithSpaces>9251</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>U</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>