--- v0 (2025-12-06)
+++ v1 (2025-12-19)
@@ -1,9515 +1,9644 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
       <w:pPr>
         <w:pStyle w:val="j11"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...30 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t>ЗАКОН </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Жеке және заңды тұлғалардың өтініштерін қарау тәртібі туралы</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="j11"/>
+        <w:t>РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1432 lines deleted...]
-      <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>1-бап</w:t>
-[...9 lines deleted...]
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
+        <w:t>О порядке рассмотрения обращений физических и юридических лиц</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>(с </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="SUB1000574904"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=30086116" \o "Закон Республики Казахстан от 12 января 2007 года № 221-III \«О порядке рассмотрения обращений физических и юридических лиц\» (с изменениями и дополнениями по состоянию на 16.05.2018 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>изменениями и дополнениями</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> по состоянию на 16.05.2018 г.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
       <w:pPr>
         <w:pStyle w:val="j13"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="400"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
       <w:pPr>
         <w:pStyle w:val="j13"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="400"/>
-[...18 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s3"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>2015.24.11. № 419-V ҚР </w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="SUB1004926021"/>
+        <w:t>См. изменения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="1" w:name="SUB1006608425"/>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s9"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s9"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=38290646" \l "sub_id=2800" \t "_parent" </w:instrText>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=36660387" \l "sub_id=900" \t "_parent" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s9"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000080"/>
         </w:rPr>
-        <w:t>Заңымен</w:t>
+        <w:t>Закон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s9"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s3"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t> 1-1) тармақшамен толықтырылды</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
+        <w:t> РК от 26.12.18 г. № 202-VI (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="SUB1006608039"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=36660387" \l "sub_id=60000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>вводятся в действие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> с 1 января 2020 года)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
       <w:pPr>
         <w:pStyle w:val="j13"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="400"/>
-[...961 lines deleted...]
-        <w:ind w:firstLine="400"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
-[...1 lines deleted...]
-        <w:pStyle w:val="j15"/>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="ContentStart"/>
+      <w:bookmarkStart w:id="4" w:name="ContentEnd"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Настоящий Закон регулирует общественные отношения, связанные с подачей и рассмотрением обращений физических и юридических лиц в целях реализации и защиты их прав, свобод и законных интересов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1200" w:hanging="800"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="SUB20000"/>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkStart w:id="5" w:name="SUB10000"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>2-бап</w:t>
-[...9 lines deleted...]
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
+        <w:t>Статья 1. Основные понятия, используемые в настоящем Законе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>В настоящем Законе используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1) заявление - ходатайство лица о содействии в реализации его прав и свобод или прав и свобод других лиц либо сообщение о нарушении законов и иных нормативных правовых актов, недостатках в работе субъектов, рассматривающих обращения, должностных лиц, либо критика их деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
       <w:pPr>
         <w:pStyle w:val="j13"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="400"/>
-[...17 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="SUB100101"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Статья дополнена подпунктами 1-1 и 1-2 в соответствии с </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="SUB1004867603"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="s0"/>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=32910969" \l "sub_id=2800" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="a3"/>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 24.11.15 г. № 419-V</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1-1) видеоконференцсвязь - услуга связи с использованием информационно-коммуникационных технологий для интерактивного взаимодействия нескольких удаленных абонентов в режиме реального времени с возможностью обмена аудио- и видеоинформацией;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="SUB100102"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1-2) видеообращение - направленное субъекту, рассматривающему обращение, или должностному лицу индивидуальное или коллективное предложение, заявление, жалоба, запрос или отклик в видеоформате, осуществляемое Государственной корпорацией «Правительство для граждан»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="SUB10002"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2) анонимное обращение - обращение, по которому невозможно установить авторство, отсутствуют подпись, в том числе электронная цифровая подпись, почтовый адрес заявителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="SUB10003"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3) повторное обращение - обращение, поступившее от одного и того же лица по одному и тому же вопросу не менее двух раз, в котором:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>обжалуется решение, принятое по предыдущему обращению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>сообщается о несвоевременном рассмотрении ранее направленного обращения, если со времени его поступления истек установленный срок рассмотрения, но ответ заявителем не получен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>указывается на другие недостатки, допущенные при рассмотрении и разрешении предыдущего обращения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
       <w:pPr>
         <w:pStyle w:val="j13"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="400"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="SUB100301"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Статья дополнена подпунктом 3-1 в соответствии с </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="SUB1004867603_2"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=32910969" \l "sub_id=2800" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 24.11.15 г. № 419-V</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3-1) онлайн-прием - действие субъекта, должностного лица по принятию обращения физических и (или) юридических лиц посредством видеоконференцсвязи, осуществляемое Государственной корпорацией «Правительство для граждан»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
       <w:pPr>
         <w:pStyle w:val="j13"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="SUB10004"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>В подпункт 4 внесены изменения в соответствии с </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="SUB1004867603_3"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=32910969" \l "sub_id=2800" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 24.11.15 г. № 419-V (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="SUB1004922648"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31730324" \l "sub_id=10004" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 12.01.2007 № 221-III" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4) обращение - направленное субъекту, рассматривающему обращение, или должностному лицу индивидуальное или коллективное письменное, устное либо в форме электронного документа, видеоконференцсвязи, видеообращения, предложение, заявление, жалоба, запрос или отклик;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="SUB10005"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>В подпункт 5 внесены изменения в соответствии с </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="SUB1001824804"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=30932680" \l "sub_id=1300" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 10.02.11 г. № 406-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="SUB1001824783"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=30933021" \l "sub_id=10000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>5) субъекты, рассматривающие обращения, (далее - субъекты) - государственные органы, органы местного самоуправления, юридические лица со стопроцентным участием государства либо предоставляющие товары (работы, услуги) в соответствии с условиями государственного заказа и (или) государственного закупа, которые вправе рассматривать и принимать решения по обращениям физических и юридических лиц в соответствии с их компетенцией, а также </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="SUB1004794780"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=38259854" \l "sub_id=240000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>субъекты крупного предпринимательства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> по обращениям физических и юридических лиц, с которыми заключен договор на поставку (выполнение, оказание) им товаров (работ, услуг);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="SUB10006"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>6) учет обращения - фиксирование сведений по приему и рассмотрению обращения и их отражение в государственной правовой статистической отчетности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="SUB10007"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>7) прием обращения - действие субъекта, должностного лица по принятию обращения физических и (или) юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="SUB10008"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>8) рассмотрение обращения - принятие субъектом, должностным лицом в пределах своей компетенции по зарегистрированному обращению решения в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="SUB10009"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>9) регистрация обращения - фиксация в учетном информационном документе кратких данных по содержанию обращения и присвоение регистрационного номера каждому поступившему обращению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="SUB10010"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>10) запрос - просьба лица о предоставлении информации по интересующим вопросам личного или общественного характера;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="SUB10011"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>11) предложение - рекомендация лица по совершенствованию законов и иных нормативных правовых актов, деятельности государственных органов, развитию общественных отношений, улучшению социально-экономической и иных сфер деятельности государства и общества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="SUB10012"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>12) отклик - выражение лицом своего отношения к проводимой государством внутренней и внешней политике, а также к событиям и явлениям общественного характера;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="SUB10013"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Подпункт 13 изложен в редакции </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="SUB1001824804_2"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=30932680" \l "sub_id=1300" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 10.02.11 г. № 406-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="SUB1001824783_2"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=30933021" \l "sub_id=10000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>13) жалоба - требование лица о восстановлении или защите нарушенных прав, свобод или законных интересов его или других лиц, об устранении неправомерных действий или бездействия государственных органов, органов местного самоуправления, юридических лиц со стопроцентным участием государства либо предоставляющих товары (работы, услуги) в соответствии с условиями государственного заказа и (или) государственного закупа, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="SUB1004794780_2"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=38259854" \l "sub_id=240000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>субъектов крупного предпринимательства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> по обращениям физических и юридических лиц, с которыми заключен договор на поставку (выполнение, оказание) им товаров (работ, услуг), их должностных лиц, а также отмене их незаконных решений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="400"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
-[...1 lines deleted...]
-        <w:pStyle w:val="j15"/>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1200" w:hanging="800"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="39" w:name="SUB30000"/>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkStart w:id="31" w:name="SUB20000"/>
+      <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>3-бап</w:t>
-[...52 lines deleted...]
-      <w:bookmarkStart w:id="42" w:name="SUB1000221065"/>
+        <w:t>Статья 2. Законодательство Республики Казахстан о порядке рассмотрения обращений физических и юридических лиц</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Законодательство Республики Казахстан о порядке рассмотрения обращений физических и юридических лиц основывается на </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="SUB1000000012"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=51021682" \t "_parent" </w:instrText>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=1005029" \t "_parent" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="a3"/>
-[...2 lines deleted...]
-        <w:t>әкімшілік құқық бұзушылық</w:t>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
-[...7 lines deleted...]
-      <w:bookmarkStart w:id="43" w:name="SUB1000219586"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Республики Казахстан, состоит из настоящего Закона и иных </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="33" w:name="SUB1005742401"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=51008442" \t "_parent" </w:instrText>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?link_id=1005742401" \o "Список документов" \t "_parent" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="a3"/>
-[...2 lines deleted...]
-        <w:t>қылмыстық іс жүргізу</w:t>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>нормативных правовых актов</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
-[...736 lines deleted...]
-        <w:pStyle w:val="j13"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="SUB20200"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые установлены настоящим Законом, то применяются правила международного договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="400"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
-[...1 lines deleted...]
-        <w:pStyle w:val="j15"/>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1200" w:hanging="800"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="60" w:name="SUB40000"/>
-      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkStart w:id="35" w:name="SUB30000"/>
+      <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>4-бап</w:t>
-[...9 lines deleted...]
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
+        <w:t>Статья 3. Сфера действия настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="SUB30100"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Действие настоящего Закона распространяется на физических и юридических лиц, подавших обращения, на субъекты и должностных лиц, рассматривающих обращения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="SUB30200"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2. Действие настоящего Закона не распространяется на обращения физических и юридических лиц, порядок рассмотрения которых установлен законодательством Республики Казахстан об </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="38" w:name="SUB1004114013"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31577399" \l "sub_id=8270000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>административных правонарушениях</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="39" w:name="SUB1004101188"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31575852" \l "sub_id=1810000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>уголовно-процессуальным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="40" w:name="SUB1004796290"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=34329053" \l "sub_id=2920000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>гражданским процессуальным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
       <w:pPr>
         <w:pStyle w:val="j13"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="400"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Статья дополнена пунктом 2-1 в соответствии с </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="41" w:name="SUB1003483975"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31376061" \l "sub_id=900" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 15.04.13 г. № 89-V</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="SUB3020100"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2-1. Сроки рассмотрения жалоб по вопросам оказания государственных услуг устанавливаются </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="43" w:name="SUB1003483987"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31376056" \l "sub_id=250000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> Республики Казахстан «О государственных услугах».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
       <w:pPr>
         <w:pStyle w:val="j13"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="400"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="SUB3020200"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Статья дополнена пунктом 2-2 в соответствии с </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="45" w:name="SUB1004842591"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=38057375" \l "sub_id=700" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 16.11.15 г. № 404-V</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2-2. Действие настоящего Закона, за исключением </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="46" w:name="SUB1000633080"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=30086115" \l "sub_id=70200" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>пункта 2 статьи 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="47" w:name="SUB1004123407"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=30086115" \l "sub_id=150212" \o "Закон Республики Казахстан от 12 января 2007 года № 221-III \«О порядке рассмотрения обращений физических и юридических лиц\» (с изменениями и дополнениями по состоянию на 16.05.2018 г.)" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>подпункта 12) статьи 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="48" w:name="SUB1000572358_2"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=30086115" \l "sub_id=160000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>статьи 16,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> не распространяется на общественные отношения, связанные с обращениями физических и юридических лиц, содержащими только запросы о предоставлении информации, полученной или созданной субъектами, регулируемые </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="49" w:name="SUB1004842617"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=39415981" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> Республики Казахстан «О доступе к информации».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
       <w:pPr>
         <w:pStyle w:val="j13"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="400"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="SUB3020300"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Статья дополнена пунктом 2-3 в соответствии с </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="51" w:name="SUB1004931303"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31991139" \l "sub_id=1000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 04.12.15 г. № 435-V</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2-3. Порядок рассмотрения жалоб в сфере государственных закупок осуществляется в соответствии с настоящим Законом с учетом особенностей, установленных </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="52" w:name="SUB1004881897"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=34050877" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> Республики Казахстан о государственных закупках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
       <w:pPr>
         <w:pStyle w:val="j13"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="400"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="SUB3020400"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Статья дополнена пунктом 2-4 в соответствии с </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="54" w:name="SUB1005426495"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=39025340" \l "sub_id=1000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 30.11.16 г. № 26-VI (введено в действие с 1 июля 2017 г.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2-4. Порядок рассмотрения жалоб по вопросам налогообложения и таможенного регулирования осуществляется в соответствии с настоящим Законом с учетом особенностей, установленных </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="55" w:name="SUB1006049004"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=36148637" \l "sub_id=1870000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>налоговым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="56" w:name="SUB1006044585"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=39082703" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>таможенным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
       <w:pPr>
         <w:pStyle w:val="j13"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="400"/>
-[...68 lines deleted...]
-          <w:rStyle w:val="s0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="SUB3020500"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Статья 3 дополняется пунктом 2-5 в соответствии с </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="58" w:name="SUB1006608425_2"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=36660387" \l "sub_id=900" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 26.12.18 г. № 202-VI (вводится в действие с 1 января 2020 г.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="SUB30300"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3. Юридические лица, предоставляющие товары (работы, услуги) в соответствии с условиями государственного заказа и (или) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="60" w:name="SUB1004881897_2"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=34050877" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>государственного закупа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, рассматривают обращения по вопросам предоставления указанных товаров (работ, услуг) в соответствии с настоящим Законом, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
-[...1 lines deleted...]
-        <w:pStyle w:val="j15"/>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1200" w:hanging="800"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="61" w:name="SUB50000"/>
+      <w:bookmarkStart w:id="61" w:name="SUB40000"/>
       <w:bookmarkEnd w:id="61"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>5-бап</w:t>
-[...9 lines deleted...]
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
+        <w:t>Статья 4. Принципы настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Основными принципами регулирования правоотношений, связанных с рассмотрением обращений физических и юридических лиц, являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1) законность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2) единство требований к обращениям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3) гарантии соблюдения прав, свобод и законных интересов физических и юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4) недопустимость проявлений бюрократизма и волокиты при рассмотрении обращений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>5) равенство физических и юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>6) прозрачность деятельности субъектов и должностных лиц при рассмотрении обращений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
       <w:pPr>
         <w:pStyle w:val="j13"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="400"/>
-[...24 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="SUB50000"/>
+      <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s3"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>2014.03.07. № 227-V ҚР </w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="62" w:name="SUB1004120015"/>
+        <w:t>В статью 5 внесены изменения в соответствии с </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="63" w:name="SUB1004107358"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s9"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s9"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31575296" \l "sub_id=4800" \t "_parent" </w:instrText>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31575506" \l "sub_id=4800" \t "_parent" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s9"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="a3"/>
-[...4 lines deleted...]
-        <w:t>Заңымен</w:t>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s9"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="62"/>
+      <w:bookmarkEnd w:id="63"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s3"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t> 1) тармақша өзгертілді (</w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="63" w:name="SUB1004379317"/>
+        <w:t> РК от 03.07.14 г. № 227-V (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="64" w:name="SUB1004356703"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s9"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s9"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31646444" \l "sub_id=50000" \t "_parent" </w:instrText>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31641554" \l "sub_id=50000" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РК ОТ 12.01.2007 № 221-III" \t "_parent" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s9"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="a3"/>
-[...4 lines deleted...]
-        <w:t>бұр.ред.қара</w:t>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s9"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkEnd w:id="64"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s3"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
-[...226 lines deleted...]
-        <w:pStyle w:val="j15"/>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1200" w:hanging="800"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>6-бап. </w:t>
-[...58 lines deleted...]
-          <w:iCs/>
+        <w:t>Статья 5. Обращения, не подлежащие рассмотрению</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Не подлежат рассмотрению:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="65" w:name="SUB1000753376"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="s9"/>
-[...550 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rStyle w:val="s2"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=30086115" \l "sub_id=10002" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:color w:val="000080"/>
         </w:rPr>
-        <w:t>тәртібін</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>анонимное обращение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="79"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
+      <w:bookmarkEnd w:id="65"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, за исключением случаев, когда в таком обращении содержатся сведения о готовящихся или совершенных </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="66" w:name="SUB1004095145"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31575252" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>уголовных правонарушениях</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>либо об </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="67" w:name="SUB1002615047"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31106860" \l "sub_id=60000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>угрозе государственной или общественной безопасности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> и которое подлежит немедленному перенаправлению в государственные органы в соответствии с их компетенцией;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2) обращение, в котором не изложена суть вопроса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="SUB50200"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2. Если условия, послужившие основанием для оставления обращения без рассмотрения, в последующем были устранены, субъект или должностное лицо обязаны рассматривать указанное обращение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
       <w:pPr>
         <w:pStyle w:val="j13"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="400"/>
-[...15 lines deleted...]
-        <w:pStyle w:val="j15"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="SUB60000"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>В статью 6 внесены изменения в соответствии с </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="70" w:name="SUB1004374994"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31645319" \l "sub_id=7600" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 29.12.14 г. № 269-V (введен в действие с 1 января 2015 года) (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="71" w:name="SUB1004374980"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31645806" \l "sub_id=60000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Заголовок статьи изложен в редакции </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="72" w:name="SUB1004922649"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=32910969" \l "sub_id=286" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 24.11.15 г. № 419-V (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="73" w:name="SUB1004898836"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31730324" \l "sub_id=60000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1200" w:hanging="800"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="80" w:name="SUB70000"/>
-      <w:bookmarkEnd w:id="80"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>7-бап</w:t>
-[...9 lines deleted...]
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
+        <w:t>Статья 6. Требования к письменному обращению, видеообращению и видеоконференцсвязи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Обращение должно адресоваться субъекту или должностному лицу, в компетенцию которого входит разрешение поставленных в обращении вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
       <w:pPr>
         <w:pStyle w:val="j13"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="400"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="81" w:name="SUB70100"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="SUB60200"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>В пункт 2 внесены изменения в соответствии с </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="75" w:name="SUB1006226446"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=35748699" \l "sub_id=500" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 16.05.18 г. № 155-VI (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="76" w:name="SUB1006226449"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=34190967" \l "sub_id=60200" \o "(СТАРАЯ РЕДАКЦИЯ) ЗАКОН РЕСПУБЛИКИ КАЗАХСТАН ОТ 12 ЯНВАРЯ 2007 ГОДА № 2..." \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2. В обращении физического лица указываются его фамилия, имя, а также по желанию отчество, индивидуальный идентификационный номер, почтовый адрес, юридического лица - его наименование, почтовый адрес, бизнес-идентификационный номер. Обращение должно быть подписано физическим лицом или представителем юридического лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>При подаче жалобы указываются наименование субъекта или должность, фамилии и инициалы должностных лиц, чьи действия обжалуются, мотивы обращения и требования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="SUB60300"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>В пункт 3 внесены изменения в соответствии с </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="78" w:name="SUB1004922649_2"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=32910969" \l "sub_id=286" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 24.11.15 г. № 419-V (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="79" w:name="SUB1004922655"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31730324" \l "sub_id=60300" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3. Заявителю, непосредственно обратившемуся письменно либо посредством видеообращения к субъекту, выдается талон с указанием даты и времени, фамилии и инициалов лица, принявшего обращение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="SUB60400"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Статья дополнена пунктом 4 в соответствии с </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="81" w:name="SUB1004922649_3"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=32910969" \l "sub_id=286" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:bookmarkEnd w:id="81"/>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="s0"/>
-[...36 lines deleted...]
-      <w:bookmarkStart w:id="82" w:name="SUB70200"/>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 24.11.15 г. № 419-V</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="82" w:name="SUB1005028528"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=33445498" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Порядок</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:bookmarkEnd w:id="82"/>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="s3"/>
-[...55 lines deleted...]
-      </w:r>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> обращения посредством видеоконференцсвязи или видеообращения физических и юридических лиц к руководителям государственных органов и их заместителям определяется уполномоченным органом в сфере информатизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="SUB70000"/>
       <w:bookmarkEnd w:id="83"/>
-      <w:r>
-[...814 lines deleted...]
-      <w:bookmarkEnd w:id="99"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>8-бап</w:t>
-[...20 lines deleted...]
-      <w:bookmarkStart w:id="100" w:name="SUB80100"/>
+        <w:t>Статья 7. Прием, регистрация и учет обращений физических и юридических лиц</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Обращения, поданные в порядке, установленном настоящим Законом, подлежат обязательному приему, регистрации, учету и рассмотрению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Отказ в приеме обращения запрещается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="84" w:name="SUB70200"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>В пункт 2 внесены изменения в соответствии с </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="85" w:name="SUB1001824844"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=30932680" \l "sub_id=7" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 10.02.11 г. № 406-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="86" w:name="SUB1001824789"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=30933021" \l "sub_id=70000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>); </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="87" w:name="SUB1003483988"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31376061" \l "sub_id=7" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 15.04.13 г. № 89-V (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="88" w:name="SUB1001824789_2"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=30933021" \l "sub_id=70000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2. Учет обращений физических и юридических лиц, поступающих в государственные органы, органы местного самоуправления, юридические лица со стопроцентным участием государства, осуществляется в </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="89" w:name="SUB1004971666"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?link_id=1004971666" \o "Список документов" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>порядке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, установленном государственным органом, осуществляющим в пределах своей компетенции статистическую деятельность в области правовой статистики и специальных учетов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Не подлежат учету обращения физических и юридических лиц, поступившие по вопросам оказания государственных услуг, за исключением обращений, предусмотренных </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="90" w:name="SUB1003483990"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31376056" \l "sub_id=40000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>подпунктом 3) пункта 1 статьи 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> Закона Республики Казахстан «О государственных услугах».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="SUB70300"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3. Личную ответственность за организацию работы с обращениями физических и юридических лиц, состояние приема, регистрации и учета несут руководители субъектов и должностные лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="SUB70400"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4. Обращение может вноситься через представителя физического или юридического лица. Оформление представительства производится в порядке, установленном </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="93" w:name="SUB1000004523"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=1006061" \l "sub_id=1630000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>гражданским законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="93"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="94" w:name="SUB70500"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>5. Обращения физических и юридических лиц, поступившие по общедоступным информационным системам и соответствующие требованиям </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="95" w:name="SUB1000000407"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=1035484" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>законодательства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="95"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> Республики Казахстан об электронном документе и электронной цифровой подписи, подлежат рассмотрению в порядке, установленном настоящим Законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Согласно </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="96" w:name="SUB1002326905"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31127399" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>письму</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> Генеральной прокуратуры, по обращениям, поступающим на блог первых руководителей государственных органов и не соответствующим законодательству об электронном документе, организация проверок запрещается</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="SUB70600"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>В пункт 6 внесены изменения в соответствии с </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="98" w:name="SUB1001824844_2"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=30932680" \l "sub_id=7" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="98"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 10.02.11 г. № 406-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="99" w:name="SUB1001824789_3"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=30933021" \l "sub_id=70000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>); </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="100" w:name="SUB1003591526"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31414161" \l "sub_id=5600" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:bookmarkEnd w:id="100"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s3"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>2013.03.07. № 121-V ҚР </w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="101" w:name="SUB1003589191"/>
+        <w:t> РК от 03.07.13 г. № 121-V (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="101" w:name="SUB1003591533"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s9"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s9"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31414250" \l "sub_id=568" \t "_parent" </w:instrText>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31415039" \l "sub_id=70600" \t "_parent" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s9"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="a3"/>
-[...4 lines deleted...]
-        <w:t>Заңымен</w:t>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s9"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="101"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s3"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t> 1-тармақ жаңа редакцияда (</w:t>
-[...8 lines deleted...]
-          <w:u w:val="single"/>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>6. Обращение, поступившее субъекту или должностному лицу, в компетенцию которого не входит разрешение поставленных в обращении вопросов, в срок не позднее трех рабочих дней со дня его поступления субъекту или должностному лицу направляется соответствующим субъектам с сообщением об этом заявителю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Требование настоящего пункта не распространяется на </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="102" w:name="SUB1004794780_3"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="s9"/>
-[...13 lines deleted...]
-          <w:u w:val="single"/>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=38259854" \l "sub_id=240000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="a3"/>
-[...12 lines deleted...]
-          <w:u w:val="single"/>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>субъектов крупного предпринимательства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="102"/>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="s3"/>
-[...38 lines deleted...]
-      <w:bookmarkStart w:id="103" w:name="SUB80200"/>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="103" w:name="SUB80000"/>
       <w:bookmarkEnd w:id="103"/>
-      <w:r>
-[...409 lines deleted...]
-      <w:bookmarkEnd w:id="111"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>9-бап</w:t>
-[...9 lines deleted...]
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
+        <w:t>Статья 8. Сроки рассмотрения обращения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
       <w:pPr>
         <w:pStyle w:val="j13"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="400"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Пункт 1 изложен в редакции </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="104" w:name="SUB1003591536"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31414161" \l "sub_id=568" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="104"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 03.07.13 г. № 121-V (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="105" w:name="SUB1003591515"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31415039" \l "sub_id=80000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="105"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Обращение физического и (или) юридического лица, для рассмотрения которого не требуются получение информации от иных субъектов, должностных лиц либо проверка с выездом на место, рассматривается в течение пятнадцати календарных дней со дня поступления субъекту, должностному лицу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
       <w:pPr>
         <w:pStyle w:val="j13"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="400"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="106" w:name="SUB80200"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Пункт 2 изложен в редакции </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="107" w:name="SUB1003591536_2"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31414161" \l "sub_id=568" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 03.07.13 г. № 121-V (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="108" w:name="SUB1003591538"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31415039" \l "sub_id=80200" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="108"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2. Обращение физического и (или) юридического лица, для рассмотрения которого требуются получение информации от иных субъектов, должностных лиц либо проверка с выездом на место, рассматривается и по нему принимается решение в течение тридцати календарных дней со дня поступления субъекту, должностному лицу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>В тех случаях, когда необходимо проведение дополнительного изучения или проверки, срок рассмотрения продлевается не более чем на тридцать календарных дней, о чем сообщается заявителю в течение трех календарных дней со дня продления срока рассмотрения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="109" w:name="SUB80300"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3. Срок рассмотрения по обращению продлевается руководителем субъекта или его заместителем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
       <w:pPr>
         <w:pStyle w:val="j13"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="400"/>
-[...66 lines deleted...]
-      <w:bookmarkStart w:id="112" w:name="SUB90200"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="110" w:name="SUB80400"/>
+      <w:bookmarkEnd w:id="110"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Пункт 4 изложен в редакции </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="111" w:name="SUB1003591536_3"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31414161" \l "sub_id=568" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="111"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 03.07.13 г. № 121-V (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="112" w:name="SUB1003591539"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31415039" \l "sub_id=80400" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:bookmarkEnd w:id="112"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s3"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>2013.03.07. № 121-V ҚР </w:t>
-[...50 lines deleted...]
-      </w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4. Если решение вопросов, изложенных в обращении, требует длительного срока, то обращение ставится на дополнительный контроль вплоть до окончательного его исполнения, о чем сообщается заявителю в течение трех календарных дней со дня принятия решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="113" w:name="SUB80500"/>
       <w:bookmarkEnd w:id="113"/>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="s3"/>
-[...55 lines deleted...]
-      </w:r>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>5. Законами Республики Казахстан могут устанавливаться иные сроки рассмотрения обращений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="114" w:name="SUB90000"/>
       <w:bookmarkEnd w:id="114"/>
-      <w:r>
-[...206 lines deleted...]
-      <w:bookmarkEnd w:id="117"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>10-бап</w:t>
-[...9 lines deleted...]
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
+        <w:t>Статья 9. Рассмотрение обращений физических и юридических лиц</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Субъекты и должностные лица в пределах своей компетенции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1) обеспечивают объективное, всестороннее и своевременное рассмотрение обращений физических и юридических лиц, в случае необходимости - с их участием;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2) принимают меры, направленные на восстановление нарушенных прав и свобод физических и юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3) информируют заявителей о результатах рассмотрения их обращений и принятых мерах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4) уведомляют заявителей о направлении их обращений на рассмотрение другим субъектам или должностным лицам в соответствии с их компетенцией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
       <w:pPr>
         <w:pStyle w:val="j13"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="400"/>
-[...36 lines deleted...]
-        <w:pStyle w:val="j13"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="115" w:name="SUB90200"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>В пункт 2 внесены изменения в соответствии с </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="116" w:name="SUB1003591552"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31414161" \l "sub_id=569" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="116"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 03.07.13 г. № 121-V (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="117" w:name="SUB1003591553"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31415039" \l "sub_id=90200" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="117"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2. Акты, документы и другие материалы, имеющие значение для рассмотрения обращений, за исключением тех, которые содержат </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="118" w:name="SUB1000000668"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=1012633" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>государственные секреты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="118"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> или </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="119" w:name="SUB1000023210"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=1006061" \l "sub_id=1260000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>иную охраняемую законом тайну</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="119"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, представляются в течение пятнадцати календарных дней со дня поступления обращения субъектам или должностным лицам, непосредственно рассматривающим обращения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Обращения об ущемлении прав, свобод и законных интересов физических и юридических лиц, о многочисленных или грубых нарушениях закона могут проверяться с выездом на место по поручению руководителя субъекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="120" w:name="SUB90300"/>
+      <w:bookmarkEnd w:id="120"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3. По результатам рассмотрения обращений принимается одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1) о полном или частичном удовлетворении обращения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2) об отказе в удовлетворении обращения с обоснованием принятия такого решения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3) о даче разъяснения по существу обращения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4) о прекращении рассмотрения обращения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="121" w:name="SUB90400"/>
+      <w:bookmarkEnd w:id="121"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4. При поступлении нескольких обращений по одному и тому же вопросу в интересах одного и того же лица первое обращение регистрируется как основное обращение, а последующие приобщаются к основному обращению и рассматриваются как одно обращение с уведомлением заявителей о результатах их разрешения в пределах установленного срока, исчисляемого со дня поступления первого обращения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="400"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
-[...1 lines deleted...]
-        <w:pStyle w:val="j15"/>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1200" w:hanging="800"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="118" w:name="SUB110000"/>
-      <w:bookmarkEnd w:id="118"/>
+      <w:bookmarkStart w:id="122" w:name="SUB100000"/>
+      <w:bookmarkEnd w:id="122"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>11-бап</w:t>
-[...33 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:t>Статья 10. Ответы на обращения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Ответы на обращения должны быть по содержанию обоснованными и мотивированными на государственном языке или языке обращения со ссылкой на законодательство Республики Казахстан, содержать конкретные факты, опровергающие или подтверждающие доводы заявителя, с разъяснением их права на обжалование принятого решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j17"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s3"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>2013.03.07. № 121-V ҚР </w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="119" w:name="SUB1003589196"/>
+        <w:t>Согласно </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="123" w:name="SUB1004613055"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s9"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s9"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31414250" \l "sub_id=5611" \t "_parent" </w:instrText>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=30091074" \l "sub_id=1000" \t "_parent" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s9"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="a3"/>
-[...4 lines deleted...]
-        <w:t>Заңымен</w:t>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>постановлению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s9"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="119"/>
+      <w:bookmarkEnd w:id="123"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s3"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t> 2-тармақ жаңа редакцияда (</w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="120" w:name="SUB1003589179"/>
+        <w:t> Конституционного Совета Республики Казахстан от 23 февраля 2007 года № 3: «Законодательство должно обеспечивать возможность физическим и юридическим лицам обращаться в государственные органы и органы местного самоуправления и получать информацию от них с соблюдением пункта 2 </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="124" w:name="SUB1000055169"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s9"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s9"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31414898" \l "sub_id=110000" \t "_parent" </w:instrText>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=1005029" \l "sub_id=70200" \t "_parent" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s9"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="a3"/>
-[...4 lines deleted...]
-        <w:t>бұр.ред.қара</w:t>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>статьи 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s9"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="120"/>
+      <w:bookmarkEnd w:id="124"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s3"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...24 lines deleted...]
-        <w:pStyle w:val="j13"/>
+        <w:t> Конституции - в равной степени на казахском или русском языках, вне зависимости от языка, на котором ведется делопроизводство»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j17"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>В соответствии с </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="125" w:name="SUB1005022077"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=39415981" \l "sub_id=111200" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="j22"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="125"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> Республики Казахстан от 16 ноября 2015 года № 401-V «О доступе к информации»: «Ответ на письменный запрос предоставляется по выбору пользователя информации в бумажной и (или) электронной формах на языке обращения. Ответ на устный запрос предоставляется в устной форме на языке обращения»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="126" w:name="SUB100200"/>
+      <w:bookmarkEnd w:id="126"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2. При отсутствии каких-либо рекомендаций, требований, ходатайств, просьб обращения принимаются к сведению и списываются в дело руководителем субъекта или его заместителем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="400"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
-[...144 lines deleted...]
-        <w:pStyle w:val="j15"/>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1200" w:hanging="800"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="127" w:name="SUB110000"/>
+      <w:bookmarkEnd w:id="127"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>12-бап</w:t>
-[...9 lines deleted...]
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
+        <w:t>Статья 11. Прекращение рассмотрения обращений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Рассмотрение обращений прекращается, если в повторных обращениях не приводятся новые доводы или вновь открывшиеся обстоятельства, а в материалах предыдущего обращения имеются исчерпывающие материалы проверок и заявителям в установленном порядке давались ответы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
       <w:pPr>
         <w:pStyle w:val="j13"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="400"/>
-[...16 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="128" w:name="SUB110200"/>
+      <w:bookmarkEnd w:id="128"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Пункт 2 изложен в редакции </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="129" w:name="SUB1003591558"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31414161" \l "sub_id=5611" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="129"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 03.07.13 г. № 121-V (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="130" w:name="SUB1003591560"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31415039" \l "sub_id=110200" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="130"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2. Решение о прекращении рассмотрения обращений принимает руководитель субъекта или его заместитель.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j13"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="131" w:name="SUB120000"/>
+      <w:bookmarkEnd w:id="131"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>тұлға үшін шағымды қараудан бас тартуға негіз болып табылмайды. Шағым беру мерзімінің өтіп кету себептері шағымды мәні бойынша қарау кезінде анықталады және шағымды қанағаттандырудан бас тартуға негіздердің бірі болып шығуы мүмкін.</w:t>
-[...45 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>В статью 12 внесены изменения в соответствии с </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="132" w:name="SUB1004808194"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="s0"/>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=35508127" \l "sub_id=6900" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="a3"/>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="124"/>
-[...30 lines deleted...]
-        <w:pStyle w:val="j15"/>
+      <w:bookmarkEnd w:id="132"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 29.10.15 г. № 376-V (введен в действие с 1 января 2016 года) (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="133" w:name="SUB1004898842"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31730324" \l "sub_id=120000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="133"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1200" w:hanging="800"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="125" w:name="SUB130000"/>
-      <w:bookmarkEnd w:id="125"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>13-бап</w:t>
-[...30 lines deleted...]
-      <w:bookmarkStart w:id="127" w:name="SUB1003700828"/>
+        <w:t>Статья 12. Обжалование решений, принятых по результатам рассмотрения обращений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Жалоба на действия (бездействие) должностных лиц, а также на решения субъекта подается вышестоящему должностному лицу или субъекту в порядке подчиненности не позднее трех месяцев с момента, когда физическому или юридическому лицу стало известно о совершении действия либо принятии решения соответствующим субъектом или должностным лицом. Пропущенный для обжалования срок не является основанием для субъекта или должностного лица к отказу в рассмотрении жалобы. Причины пропуска срока выясняются при рассмотрении жалобы по существу и могут являться одним из оснований к отказу в удовлетворении жалобы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>При отсутствии вышестоящего должностного лица или субъекта либо несогласия заявителя с принятым решением заявление подается непосредственно в суд.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Порядок подачи и рассмотрения жалобы на действия (бездействие) должностных лиц, а также на акты (решения) государственных органов устанавливается </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="134" w:name="SUB1000001268"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?link_id=1003700828" \o "Список документов" \t "_parent" </w:instrText>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=1020750" \t "_parent" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="a3"/>
-[...2 lines deleted...]
-        <w:t>қабылдау кестесіне</w:t>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="127"/>
-[...66 lines deleted...]
-          <w:rStyle w:val="s0"/>
+      <w:bookmarkEnd w:id="134"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> Республики Казахстан «Об административных процедурах».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
-[...1 lines deleted...]
-        <w:pStyle w:val="j15"/>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1200" w:hanging="800"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="130" w:name="SUB140000"/>
-      <w:bookmarkEnd w:id="130"/>
+      <w:bookmarkStart w:id="135" w:name="SUB130000"/>
+      <w:bookmarkEnd w:id="135"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>14-бап</w:t>
-[...176 lines deleted...]
-          <w:iCs/>
+        <w:t>Статья 13. Личный прием физических лиц и представителей юридических лиц</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Руководители государственных органов, органов местного самоуправления и их заместители обязаны проводить личный прием граждан и представителей юридических лиц, в том числе работников этих органов, не реже одного раза в месяц согласно </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="136" w:name="SUB1006216055"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="s9"/>
-[...261 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="s2"/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
-[...7 lines deleted...]
-        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=30366245" \t "_parent" </w:instrText>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=37173839" \t "_parent" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s2"/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="a3"/>
           <w:color w:val="000080"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>салық</w:t>
+        </w:rPr>
+        <w:t>графику</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s2"/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="136"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...43 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t> приема, утверждаемому руководителем соответствующего государственного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="137" w:name="SUB130200"/>
       <w:bookmarkEnd w:id="137"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Прием должен проводиться по месту работы в установленные и доведенные до сведения физических и юридических лиц дни и часы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="138" w:name="SUB130300"/>
+      <w:bookmarkEnd w:id="138"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3. Если обращение не может быть разрешено должностным лицом во время приема, оно излагается в письменной форме и с ним ведется работа как с письменным обращением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
-[...70 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="139" w:name="SUB140000"/>
       <w:bookmarkEnd w:id="139"/>
-      <w:r>
-[...80 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>15-бап</w:t>
-[...9 lines deleted...]
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
+        <w:t>Статья 14. Права физических и юридических лиц при рассмотрении обращения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Физическое либо юридическое лицо, подавшее обращение, имеет право:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1) представлять дополнительные документы и материалы в подтверждение своего обращения либо просить об их истребовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="140" w:name="SUB140002"/>
+      <w:bookmarkEnd w:id="140"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2) изложить доводы лицу, рассматривающему обращение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="141" w:name="SUB140003"/>
+      <w:bookmarkEnd w:id="141"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3) ознакомиться с материалами, связанными с рассмотрением его обращения, участвовать в рассмотрении обращения, если это не нарушает права, свободы других лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="142" w:name="SUB140004"/>
+      <w:bookmarkEnd w:id="142"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4) получить мотивированный ответ в письменной или устной форме о принятом решении;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="143" w:name="SUB140005"/>
+      <w:bookmarkEnd w:id="143"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>5) требовать возмещения убытков, если они стали результатом нарушений установленного порядка рассмотрения обращений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="144" w:name="SUB140006"/>
+      <w:bookmarkEnd w:id="144"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>6) обжаловать действия (бездействие) должностных лиц либо решение, принятое по обращению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
       <w:pPr>
         <w:pStyle w:val="j13"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="400"/>
-[...319 lines deleted...]
-        <w:pStyle w:val="j13"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="145" w:name="SUB140007"/>
+      <w:bookmarkEnd w:id="145"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>В подпункт 7 внесены изменения в соответствии с </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="146" w:name="SUB1002046025"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31038459" \l "sub_id=700" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="146"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 21.07.11 г. № 467-IV (введены в действие с 1 января 2012 г.) (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="147" w:name="SUB1002206906"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31101422" \l "sub_id=70000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="147"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>); изложен в редакции </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="148" w:name="SUB1005502029"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=39025340" \l "sub_id=1014" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="148"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 30.11.16 г. № 26-VI (введено в действие с 1 июля 2017 г.) (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="149" w:name="SUB1005778450"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=33512636" \l "sub_id=140007" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="149"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>7) обращаться с ходатайством о прекращении рассмотрения обращения, за исключением случаев, предусмотренных </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="150" w:name="SUB1006049002"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=36148637" \l "sub_id=1850000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>налоговым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="150"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="151" w:name="SUB1006044585_2"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=39082703" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:t>таможенным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s2"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="151"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="400"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
-[...144 lines deleted...]
-        <w:pStyle w:val="j15"/>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1200" w:hanging="800"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="152" w:name="SUB150000"/>
+      <w:bookmarkEnd w:id="152"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>16-бап. </w:t>
-[...9 lines deleted...]
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
+        <w:t>Статья 15. Права и обязанности субъектов и должностных лиц</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Субъекты, должностные лица имеют право:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1) запрашивать и получать в установленном порядке необходимую для рассмотрения обращений информацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2) обращаться в суд о взыскании расходов, понесенных в связи с проверкой обращений, содержащих заведомо ложные сведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="153" w:name="SUB150200"/>
+      <w:bookmarkEnd w:id="153"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2. Субъекты и должностные лица обязаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1) принимать и рассматривать обращения физических и юридических лиц в порядке и </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="154" w:name="SUB1000572349_2"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=30086115" \l "sub_id=80000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>сроки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="154"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, которые установлены настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="155" w:name="SUB150202"/>
+      <w:bookmarkEnd w:id="155"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2) принимать законные и обоснованные решения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="156" w:name="SUB150203"/>
+      <w:bookmarkEnd w:id="156"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3) обеспечить контроль за исполнением принятых решений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="157" w:name="SUB150204"/>
+      <w:bookmarkEnd w:id="157"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4) сообщать физическим и юридическим лицам о принятых решениях в письменной форме либо в форме электронного документа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="158" w:name="SUB150205"/>
+      <w:bookmarkEnd w:id="158"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>5) пресекать преследования физических лиц, в том числе выступающих в интересах юридического лица, членов их семей в связи с подачей обращения субъектам и должностным лицам с критикой их деятельности либо в целях защиты прав, свобод и законных интересов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="159" w:name="SUB150206"/>
+      <w:bookmarkEnd w:id="159"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>6) не направлять жалобу на рассмотрение должностным лицам, действия (бездействие) которых обжалуются;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="160" w:name="SUB150207"/>
+      <w:bookmarkEnd w:id="160"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>7) исключать случаи возложения проверок на лиц, в отношении которых имеются основания полагать, что они не заинтересованы в объективном решении вопроса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="161" w:name="SUB150208"/>
+      <w:bookmarkEnd w:id="161"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>8) не допускать обращения физических и юридических лиц </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="162" w:name="SUB1004113286"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31577399" \l "sub_id=1000000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>во вред лицу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="162"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, его подавшему, или в интересах которого оно было подано;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="163" w:name="SUB150209"/>
+      <w:bookmarkEnd w:id="163"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>9) не разглашать сведения о личной жизни физических лиц, в том числе выступающих в интересах юридического лица, без их согласия или сведения, составляющие </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="164" w:name="SUB1000000668_2"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=1012633" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>государственные секреты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="164"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> либо иную </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="165" w:name="SUB1000023210_2"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=1006061" \l "sub_id=1260000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>охраняемую законом тайну</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="165"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, не допускать установления данных о личности физического лица, не относящихся к обращению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="166" w:name="SUB150210"/>
+      <w:bookmarkEnd w:id="166"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>10) анализировать и обобщать обращения физических и юридических лиц, содержащиеся в них критические замечания, изучать общественное мнение в целях совершенствования работы и устранения причин, порождающих жалобы физических и юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="167" w:name="SUB150211"/>
+      <w:bookmarkEnd w:id="167"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>11) систематически проверять состояние работы по рассмотрению обращений физических и юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
       <w:pPr>
         <w:pStyle w:val="j13"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="400"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="168" w:name="SUB150212"/>
+      <w:bookmarkEnd w:id="168"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>В подпункт 12 внесены изменения в соответствии с </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="169" w:name="SUB1001824850"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=30932680" \l "sub_id=1315" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="169"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 10.02.11 г. № 406-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="170" w:name="SUB1001824797"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=30933021" \l "sub_id=150000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="170"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>12) предоставлять </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="171" w:name="SUB1002185586"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=31094581" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>государственную правовую статистическую информацию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="171"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> о количестве поступивших, рассмотренных обращений и результатах их рассмотрения в сроки и объемах, которые установлены государственным органом, осуществляющим в пределах своей компетенции статистическую деятельность в области правовой статистики и специальных учетов. Требование настоящего подпункта не распространяется на </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="172" w:name="SUB1004794780_4"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=38259854" \l "sub_id=240000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>субъектов крупного предпринимательства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="172"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
       <w:pPr>
         <w:pStyle w:val="j13"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:firstLine="400"/>
-[...15 lines deleted...]
-        <w:pStyle w:val="j15"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="173" w:name="SUB160000"/>
+      <w:bookmarkEnd w:id="173"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Статья 16 изложена в редакции </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="174" w:name="SUB1001824853"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=30932680" \l "sub_id=16" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="174"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t> РК от 10.02.11 г. № 406-IV (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="175" w:name="SUB1001824798"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=30933021" \l "sub_id=160000" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>см. стар. ред.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="175"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s3"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1200" w:hanging="800"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="145" w:name="SUB170000"/>
-      <w:bookmarkEnd w:id="145"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>17-бап</w:t>
-[...31 lines deleted...]
-        <w:pStyle w:val="j13"/>
+        <w:t>Статья 16. Делопроизводство по обращениям физических и юридических лиц</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Делопроизводство по обращениям физических лиц и делопроизводство по обращениям юридических лиц в государственных органах, органах местного самоуправления, юридических лицах со стопроцентным участием государства либо предоставляющих товары (работы, услуги) в соответствии с условиями государственного заказа и (или) государственного закупа ведутся отдельно от других видов делопроизводства в порядке, установленном законодательством Республики Казахстан, в субъектах крупного предпринимательства в соответствии с внутренним регламентом по делопроизводству.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="400"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
-[...1 lines deleted...]
-        <w:pStyle w:val="j15"/>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1200" w:hanging="800"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="146" w:name="SUB180000"/>
-      <w:bookmarkEnd w:id="146"/>
+      <w:bookmarkStart w:id="176" w:name="SUB170000"/>
+      <w:bookmarkEnd w:id="176"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s1"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>18-бап</w:t>
-[...48 lines deleted...]
-      <w:bookmarkStart w:id="147" w:name="SUB1000238194"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Статья 17. Ответственность за нарушение законодательства Республики Казахстан о порядке рассмотрения обращений физических и юридических лиц</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Нарушение законодательства Республики Казахстан о порядке рассмотрения обращений физических и юридических лиц влечет ответственность в соответствии с </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="177" w:name="SUB1004934023"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=51003766" \t "_parent" </w:instrText>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?link_id=1004934023" \o "Список документов" \t "_parent" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="a3"/>
-[...2 lines deleted...]
-        <w:t>Жарлығының</w:t>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>законами Республики Казахстан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="147"/>
-[...10 lines deleted...]
-        <w:pStyle w:val="j13"/>
+      <w:bookmarkEnd w:id="177"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="400"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
-[...13 lines deleted...]
-          <w:rStyle w:val="s0"/>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1200" w:hanging="800"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="178" w:name="SUB180000"/>
+      <w:bookmarkEnd w:id="178"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының</w:t>
-[...16 lines deleted...]
-          <w:rStyle w:val="s0"/>
+        <w:t>Статья 18. Порядок введения в действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Настоящий Закон вводится в действие со дня его официального </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="179" w:name="SUB1000574904_2"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=30086116" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>опубликования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="179"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2. Признать утратившим силу </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="180" w:name="SUB1000002508"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://online.zakon.kz/Document/?doc_id=1003766" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Указ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="180"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> Президента Республики Казахстан, имеющий силу закона, от 19 июня 1995 г. № 2340 «О порядке рассмотрения обращений граждан» (Ведомости Верховного Совета Республики Казахстан, 1995 г., № 9-10, ст. 71).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j18"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Президенті</w:t>
-[...16 lines deleted...]
-          <w:rStyle w:val="s0"/>
+        <w:t>Президент</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Н. Назарбаев</w:t>
-[...19 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j18"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C010F8" w:rsidRDefault="00C010F8" w:rsidP="00C010F8">
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Н. НАЗАРБАЕВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j15"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s0"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Астана, Ақорда, 2007 жылғы қаңтардың 12-сі.</w:t>
-[...17 lines deleted...]
-        <w:t>№ 221-III ҚРЗ</w:t>
+        <w:t>Астана, Акорда, 12 января 2007 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F11EE3" w:rsidRDefault="00F11EE3" w:rsidP="00F11EE3">
+      <w:pPr>
+        <w:pStyle w:val="j19"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="1080"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>№ 221-III ЗРК</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00707158" w:rsidRDefault="00707158">
-      <w:bookmarkStart w:id="148" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="148"/>
+      <w:bookmarkStart w:id="181" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="181"/>
     </w:p>
     <w:sectPr w:rsidR="00707158">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003318C2"/>
-    <w:rsid w:val="003318C2"/>
+    <w:rsidRoot w:val="00C32BEA"/>
     <w:rsid w:val="00707158"/>
-    <w:rsid w:val="00C010F8"/>
+    <w:rsid w:val="00C32BEA"/>
+    <w:rsid w:val="00F11EE3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -9683,180 +9812,213 @@
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="j11">
     <w:name w:val="j11"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00C010F8"/>
+    <w:rsid w:val="00F11EE3"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s1">
     <w:name w:val="s1"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00C010F8"/>
-[...26 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00F11EE3"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="j12">
     <w:name w:val="j12"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00C010F8"/>
+    <w:rsid w:val="00F11EE3"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s3">
+    <w:name w:val="s3"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00F11EE3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s9">
+    <w:name w:val="s9"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00F11EE3"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F11EE3"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="j13">
     <w:name w:val="j13"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00C010F8"/>
-[...51 lines deleted...]
-    <w:rsid w:val="00C010F8"/>
+    <w:rsid w:val="00F11EE3"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C010F8"/>
+    <w:rsid w:val="00F11EE3"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00F11EE3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j15">
+    <w:name w:val="j15"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F11EE3"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j16">
+    <w:name w:val="j16"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F11EE3"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="a"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00F11EE3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s2">
+    <w:name w:val="s2"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00F11EE3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j17">
+    <w:name w:val="j17"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F11EE3"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="j22">
+    <w:name w:val="j22"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00F11EE3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j18">
+    <w:name w:val="j18"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F11EE3"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j19">
+    <w:name w:val="j19"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F11EE3"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
@@ -10016,222 +10178,243 @@
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="j11">
     <w:name w:val="j11"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00C010F8"/>
+    <w:rsid w:val="00F11EE3"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s1">
     <w:name w:val="s1"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00C010F8"/>
-[...26 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00F11EE3"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="j12">
     <w:name w:val="j12"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00C010F8"/>
+    <w:rsid w:val="00F11EE3"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s3">
+    <w:name w:val="s3"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00F11EE3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s9">
+    <w:name w:val="s9"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00F11EE3"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F11EE3"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="j13">
     <w:name w:val="j13"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00C010F8"/>
-[...51 lines deleted...]
-    <w:rsid w:val="00C010F8"/>
+    <w:rsid w:val="00F11EE3"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C010F8"/>
+    <w:rsid w:val="00F11EE3"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00F11EE3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j15">
+    <w:name w:val="j15"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F11EE3"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j16">
+    <w:name w:val="j16"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F11EE3"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="a"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00F11EE3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s2">
+    <w:name w:val="s2"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00F11EE3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j17">
+    <w:name w:val="j17"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F11EE3"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="j22">
+    <w:name w:val="j22"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00F11EE3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j18">
+    <w:name w:val="j18"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F11EE3"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j19">
+    <w:name w:val="j19"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00F11EE3"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1677225530">
+    <w:div w:id="362294834">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1495680861">
-[...11 lines deleted...]
-        <w:div w:id="1476411015">
+        <w:div w:id="271136375">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -10501,54 +10684,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>5112</Words>
-  <Characters>29140</Characters>
+  <Words>5312</Words>
+  <Characters>30281</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>242</Lines>
-  <Paragraphs>68</Paragraphs>
+  <Lines>252</Lines>
+  <Paragraphs>71</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>34184</CharactersWithSpaces>
+  <CharactersWithSpaces>35522</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>