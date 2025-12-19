--- v0 (2025-12-06)
+++ v1 (2025-12-19)
@@ -1,18722 +1,7001 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="000322E4" w:rsidRDefault="000322E4" w:rsidP="006A1647">
-[...1 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="00B052FF" w:rsidRDefault="007F0540" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Анализ текущего состояния информатизации</w:t>
+      </w:r>
+      <w:r w:rsidR="00E15DD3" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="00E15DD3" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КГУ «Средняя общеобразовательная школа №29 г. Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="007F0540" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00544D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00544D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="004F6523" w:rsidRDefault="00E15DD3" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="007F0540" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Анализ программы развития школы показал, что в части информатизации  фактические результаты по большинству поставленных задач совпадают.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="007F0540" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="007F0540" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>2017-2018 о</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">қу </w:t>
+        <w:t>Оснащенность школы компьютерной техникой</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="007F0540" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="007F0540" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наполнение  мультимедийным оборудованием началось с 200</w:t>
+      </w:r>
+      <w:r w:rsidR="00653E43" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года, появился первый проектор, в 2007 первая интерактивная доска. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>жылыны</w:t>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В школе </w:t>
+      </w:r>
+      <w:r w:rsidR="00322D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>54</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебных кабинета</w:t>
+      </w:r>
+      <w:r w:rsidR="00A428B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, 36 оборудованные моноблоками и компьютерами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00322D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мультимедийным комплектом</w:t>
+      </w:r>
+      <w:r w:rsidR="00653E43" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(интерактивная доска, проектор и компьютер), </w:t>
+      </w:r>
+      <w:r w:rsidR="00322D83" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">что составляет </w:t>
+      </w:r>
+      <w:r w:rsidR="00322D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>34</w:t>
+      </w:r>
+      <w:r w:rsidR="00322D83" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% от числа всех кабинетов, </w:t>
+      </w:r>
+      <w:r w:rsidR="00322D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3 компьютерных кабинета, актовый зал оборудован подиумом, проектором и экраном, имеется кабинет робототехники с 6 ноутбуками</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>ң оқу тәрбие ұрдісінің</w:t>
+      <w:r w:rsidR="00322D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Доступ к сети Интернет осуществляется по оптоволоконному каналу со скоростью </w:t>
+      </w:r>
+      <w:r w:rsidR="00653E43" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0 Мбит/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00653E43" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, провайдер «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00653E43" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казактелеком</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00653E43" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Практически во всей школе работает доступ к сети. В каждом кабинете имеется доступ в Интернет. Стоит заметить, что техника достаточно старая, более 50%  прослужила более 5 лет</w:t>
+      </w:r>
+      <w:r w:rsidR="00653E43" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A428B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">новая </w:t>
+      </w:r>
+      <w:r w:rsidR="00653E43" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>поставка 2020 года – 22 ПК для детей из малообеспеченных семей, 66 ПК, поставка 2021 года  - 35 планшетов, 130 ноутбуков</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Новые компьютеры с операционной системой </w:t>
+      </w:r>
+      <w:r w:rsidR="00653E43" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00653E43" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Windows</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00653E43" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2010</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D66449" w:rsidRPr="000322E4" w:rsidRDefault="000322E4" w:rsidP="006A1647">
-[...1 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="007F0540" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> ақпараттау бойынша сараптамасы </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На данный момент модель информационного пространства школы состоит из следующих модулей:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000322E4" w:rsidRPr="000322E4" w:rsidRDefault="000322E4" w:rsidP="006A1647">
-[...3 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="007F0540" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="27"/>
-[...27 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="007550ED" w:rsidRPr="000322E4" w:rsidRDefault="000322E4" w:rsidP="006A1647">
-[...3 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="007F0540" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="27"/>
-[...299 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Школа располагает: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="007F0540" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="7698" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="817" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1398"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="5387"/>
+        <w:gridCol w:w="2693"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00261A4E" w:rsidRPr="00261A4E" w:rsidTr="00001CB8">
+      <w:tr w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidTr="00CE5270">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="318"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7698" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000322E4" w:rsidRDefault="00261A4E" w:rsidP="006A1647">
+          <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="007F0540" w:rsidP="004F6523">
             <w:pPr>
+              <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:b/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00261A4E">
+            <w:r w:rsidRPr="004F6523">
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">          </w:t>
+              <w:t>Стационарных компьютеров</w:t>
             </w:r>
-            <w:r w:rsidR="000322E4">
-[...96 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="900" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261A4E" w:rsidRPr="00261A4E" w:rsidRDefault="00261A4E" w:rsidP="006A1647">
+          <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="006D392C" w:rsidP="004F6523">
             <w:pPr>
-              <w:jc w:val="both"/>
-[...4450 lines deleted...]
-            <w:pPr>
+              <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...30 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Оқушылар саны</w:t>
+              <w:t>314</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D392C" w:rsidRPr="004F6523" w:rsidTr="00CE5270">
+        <w:trPr>
+          <w:trHeight w:val="318"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D392C" w:rsidRPr="004F6523" w:rsidRDefault="006D392C" w:rsidP="004F6523">
+            <w:pPr>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Планшетов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2354" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006857B5" w:rsidRPr="00F75DB3" w:rsidRDefault="00F75DB3" w:rsidP="006A1647">
+          <w:p w:rsidR="006D392C" w:rsidRDefault="006D392C" w:rsidP="004F6523">
             <w:pPr>
+              <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1 компьютерге есептегенде оқушылар саны</w:t>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidTr="00CE5270">
+        <w:trPr>
+          <w:trHeight w:val="279"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="007F0540" w:rsidP="004F6523">
+            <w:pPr>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F6523">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ноутбуков</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2282" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006857B5" w:rsidRPr="00F75DB3" w:rsidRDefault="00F75DB3" w:rsidP="006A1647">
+          <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="006D392C" w:rsidP="004F6523">
             <w:pPr>
-              <w:snapToGrid w:val="0"/>
+              <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Интернетке қосылған компьютер саны</w:t>
+              <w:t>165</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidTr="00CE5270">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="007F0540" w:rsidP="004F6523">
+            <w:pPr>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F6523">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Интерактивные доски</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2282" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006857B5" w:rsidRPr="00F75DB3" w:rsidRDefault="00F75DB3" w:rsidP="006A1647">
+          <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="00577354" w:rsidP="004F6523">
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F75DB3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Интернет </w:t>
-[...59 lines deleted...]
-              <w:t xml:space="preserve"> саны мен үлесі.</w:t>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006857B5" w:rsidRPr="004B0E59" w:rsidTr="00001CB8">
+      <w:tr w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidTr="00CE5270">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="776" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006857B5" w:rsidRPr="004B0E59" w:rsidRDefault="006857B5" w:rsidP="006A1647">
+          <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="007F0540" w:rsidP="004F6523">
             <w:pPr>
+              <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B0E59">
+            <w:r w:rsidRPr="004F6523">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>2012-2013</w:t>
+              <w:t xml:space="preserve">Проекторы  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1877" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006857B5" w:rsidRPr="004B0E59" w:rsidRDefault="006857B5" w:rsidP="006A1647">
+          <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="00577354" w:rsidP="004F6523">
             <w:pPr>
+              <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B0E59">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1137</w:t>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidTr="00CE5270">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="007F0540" w:rsidP="004F6523">
+            <w:pPr>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F6523">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>МФУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2354" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006857B5" w:rsidRPr="004B0E59" w:rsidRDefault="006857B5" w:rsidP="006A1647">
+          <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="00577354" w:rsidP="004F6523">
             <w:pPr>
+              <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B0E59">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidRPr="004B0E59">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidTr="00CE5270">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="007F0540" w:rsidP="004F6523">
+            <w:pPr>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>,8</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="004F6523">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Принтеры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2282" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006857B5" w:rsidRPr="004B0E59" w:rsidRDefault="006857B5" w:rsidP="006A1647">
+          <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="00577354" w:rsidP="004F6523">
             <w:pPr>
+              <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>150</w:t>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidTr="00CE5270">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="007F0540" w:rsidP="004F6523">
+            <w:pPr>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F6523">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сканеры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2282" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006857B5" w:rsidRPr="00874E61" w:rsidRDefault="006857B5" w:rsidP="006A1647">
+          <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="00577354" w:rsidP="004F6523">
             <w:pPr>
+              <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>86,</w:t>
-[...679 lines deleted...]
-              <w:t>100</w:t>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006857B5" w:rsidRPr="00152327" w:rsidRDefault="006857B5" w:rsidP="006A1647">
-      <w:pPr>
+    <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="007F0540" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F75DB3" w:rsidRPr="00F75DB3" w:rsidRDefault="00F75DB3" w:rsidP="006A1647">
-[...16 lines deleted...]
-        <w:t>Ақпараттық-коммуникациялық технологияларды енгізу, мектеп педагогтары үшін түрлі деңгейдегі конкурстар мен фестивальдарда оң нәтижеге қол жеткізуге мүмкіндік береді.</w:t>
+    <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="007F0540" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Программное обеспечение.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006857B5" w:rsidRPr="006A1647" w:rsidRDefault="00F75DB3" w:rsidP="006A1647">
-[...3 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="007F0540" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:noProof/>
-[...41 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Все компьютеры оснащены лицензионными операционными системами </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Windows</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A1647" w:rsidRDefault="006857B5" w:rsidP="006A1647">
-[...87 lines deleted...]
-        <w:t>қызметкерлердің тартуы болып табылады. Бұдан басқа, ақпараттандыру процесі білім беру кеңістігін ықпал етуі тиіс:</w:t>
+    <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="007F0540" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Развитие материально-технической базы осуществляется за счет бюджетных средств.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A1647" w:rsidRDefault="006A1647" w:rsidP="006A1647">
-[...1 lines deleted...]
-        <w:pStyle w:val="ae"/>
+    <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="007F0540" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Школе также необходимо:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="007F0540" w:rsidP="004F6523">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="15"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-[...42 lines deleted...]
-        <w:t>;</w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>расширение Робототехнической базы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A1647" w:rsidRDefault="006A1647" w:rsidP="006A1647">
-[...1 lines deleted...]
-        <w:pStyle w:val="ae"/>
+    <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="007F0540" w:rsidP="004F6523">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="15"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-[...57 lines deleted...]
-        <w:t>;</w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>модернизация локальной сети;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A1647" w:rsidRDefault="006A1647" w:rsidP="006A1647">
-[...1 lines deleted...]
-        <w:pStyle w:val="ae"/>
+    <w:p w:rsidR="007F0540" w:rsidRPr="004F6523" w:rsidRDefault="007F0540" w:rsidP="004F6523">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="15"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">создание кабинета для самостоятельной работы учащихся и учителей, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оборудованный</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Интернетом и специализированными программами для создания фильмов и плакатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B052FF" w:rsidRDefault="00B052FF" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B052FF" w:rsidRPr="00FC098A" w:rsidRDefault="00B052FF" w:rsidP="00B052FF">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC098A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Анализ внедрения ИКТ в учебно-воспитательный процесс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B052FF" w:rsidRPr="00B052FF" w:rsidRDefault="00B052FF" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004F6523" w:rsidRPr="004F6523" w:rsidRDefault="004F6523" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Единое информационное пространство школы – это система, в которой задействованы и на информационном уровне связаны все участники учебного процесса: администраторы, преподаватели, ученики и их родители; администрация в сфере управления, а учителя в области повышения эффективности процесса обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B052FF" w:rsidRPr="00FC098A" w:rsidRDefault="00B052FF" w:rsidP="00B052FF">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC098A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00544D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC098A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00544D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC098A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебном году в связи со сложившимися эпидемиологическими условиями обучение </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="27"/>
-          <w:szCs w:val="27"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>проводилось</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC098A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в дистанционном формате для </w:t>
+      </w:r>
+      <w:r w:rsidR="00544D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC098A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-11 классов, за исключением </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-4 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC098A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>классов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в них входило 811 учащихся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC098A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> начальной школы при строгом соблюдении всех санитарных норм</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC098A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в т.ч. в 1 классе – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00544D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>68</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC098A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="27"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">білім </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ученик</w:t>
+      </w:r>
+      <w:r w:rsidR="00544D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC098A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="27"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00544D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382F22">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> августа в школе прошел педагогический совет «Орга</w:t>
+      </w:r>
+      <w:r w:rsidR="00544D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>низация процесса обучения в 2021</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382F22">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00544D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382F22">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебном году». Педагоги обсудили форматы обучения в новом учебном году, режим и правила функционирования</w:t>
+      </w:r>
+      <w:r w:rsidR="00544D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебног процесса в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382F22">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-4 классах, ознакомились с интернет платформами на которых будет проходить дистанционное обучение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F6523" w:rsidRPr="004F6523" w:rsidRDefault="004F6523" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Директор, все заместители директора, учителя, приемная объединены между собой соответствующими информационными потоками через локальную сеть. Объединение идет через программу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>WhatsApp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Messenger</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Формирование единого информационного пространства на первом этапе сводится к передаче файлов и организации постоянного доступа к ней всех участников учебного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F6523" w:rsidRDefault="004F6523" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Школа работает   с   автоматизированными</w:t>
+      </w:r>
+      <w:r w:rsidR="00544D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   информационными   системами </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>НОБД, «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Күнделік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Sakura</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», «Фаворит», «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Bilimland</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», онлайн-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00544D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00544D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>portfolio</w:t>
+      </w:r>
+      <w:r w:rsidR="00544D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, а</w:t>
+      </w:r>
+      <w:r w:rsidR="00544D46" w:rsidRPr="00544D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>втоматизация государственных услуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Создана и обновляется общая база данных, которая содержит информацию о школе, сведения об учителях и обучающихся, учебный план, расписание уроков и др. информация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="004F6523" w:rsidRDefault="00B052FF" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="27"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кроме того,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E15DD3" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> активно используются ИКТ в учебно-воспитательном процессе. Прошли обучение и получили удостоверение о повышении квалификации по ИКТ </w:t>
+      </w:r>
+      <w:r w:rsidR="00544D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>100</w:t>
+      </w:r>
+      <w:r w:rsidR="00E15DD3" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">% учителей. Педагогический коллектив принимает участие в </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E15DD3" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интернет-мероприятиях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E15DD3" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, организованных городским отделом образования, управлением образования области, а также в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E15DD3" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>on-line</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E15DD3" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурсах, тестированиях, олимпиадах. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="004F6523" w:rsidRDefault="004F6523" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="27"/>
-          <w:szCs w:val="27"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00544D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00544D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебном году на с</w:t>
+      </w:r>
+      <w:r w:rsidR="00E15DD3" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еминарах, педсоветах, открытых уроках, конференциях практически всегда </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">использовалась платформа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ZOOM</w:t>
+      </w:r>
+      <w:r w:rsidR="00E15DD3" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Презентации, тесты, иллюстративный материал, различные мультимедийные учебники и энциклопедии дела</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ли</w:t>
+      </w:r>
+      <w:r w:rsidR="00E15DD3" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процесс обучения наиболее интересным, насыщенным, наглядным.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="004F6523" w:rsidRDefault="00E15DD3" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>В течение всего года для педагогов проводятся консультации, тренинги, обучающие семинары по поиску информации (планирование, электронные учебники, олимпиады, справочная литература, материалы к мероприятиям), по использованию сети Интернет, работе в электронном журнале «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Күнделік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», с ресурсами «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Bilimland</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», автоматизированными информационными системами НОБД, «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Sakura</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», «Фаворит» по применению офисных технологий</w:t>
+      </w:r>
+      <w:r w:rsidR="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в онлайн режиме через </w:t>
+      </w:r>
+      <w:r w:rsidR="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>платформ</w:t>
+      </w:r>
+      <w:r w:rsidR="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ZOOM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00D650BD" w:rsidRPr="00D650BD" w:rsidRDefault="00E15DD3" w:rsidP="00D650BD">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Создан и выложен в глобальную сеть Интернет официальный сайт школы</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>htt</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ps://goo.edu.kz/index/fromorg/4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В него вошли следующие тематические страницы:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бщие сведения о школе</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, р</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уководство школы</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, о</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Попечительском совете</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, о р</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>абот</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> попечительского совета</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, план финансирования, п</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>равила подушевого нормативного финансирования</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, с</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>труктура школы</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, м</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>етодическая помощь учителям</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, д</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>истанционное образование</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, и</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нклюзивное образование</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, памятка по</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> COVID-19</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, памятки по предупреждению актов терроризма, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Адал Ұрпақ</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, прием в первый класс, и</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нформация для учащихся</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, информация для </w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>родителей</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, о</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ценка качества обучения</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, р</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>абота с одаренными</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детьми</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, г</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осударственные закупки</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, п</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лан государственных закупок</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>30-летие Независимости Казахстана</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Рухани Жаңғыру</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, п</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>олиязычие</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, ш</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кольное питание</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, п</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рофориентация учащихся</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, н</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>овые правила аттестации педагогических работников</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, в</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оспитательная работа</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, о</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сновные направления деятельности</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, н</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ормативно-правовая база</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, н</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>овости организации</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, с</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оциально-психологическая служба</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, ф</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>отогалерея</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, н</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD" w:rsidRPr="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аши награды</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, внимание – опасность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="004F6523" w:rsidRDefault="00B052FF" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidR="00E15DD3" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а портале</w:t>
+      </w:r>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Кунделик»</w:t>
+      </w:r>
+      <w:r w:rsidR="00E15DD3" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> создана страничка школы, на которой также размещаются материалы о школе, документы. На этом же портале создаются личные странички педагогов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="004F6523" w:rsidRDefault="00E15DD3" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Учителя активно регистрируются на различных педагогических порталах, сайтах, изучают опыт других педагогов, участвуют в конкурсах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="004F6523" w:rsidRDefault="00D223D6" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием документов и зачисление в организацию образования (начальные, основные средние, общие средние, специальные) подается через портал </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>жетілдіру</w:t>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Госуслуг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="00D650BD" w:rsidRPr="00EE61C0">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>https://egov.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D650BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С   целью   популяризации   портала   ГОСУСЛУГИ</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC098A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в школе</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC098A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>имеется</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC098A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стенд</w:t>
+      </w:r>
+      <w:r w:rsidR="004F6523" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«ГОСУСЛУГИ». Ежегодно проводится обновление информации стенда, с учетом рекомендаций портала. Родители, с 1 апреля 202</w:t>
+      </w:r>
+      <w:r w:rsidR="000943E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="000943E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебного года пользуются услугой «Прием в школу» через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Госуслуги</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Таких достаточно хороших положительных результатов добились благодаря систематической работе с родителями и педагогами: для родителей оформлен стенд с необходимой информацией, проведены собрания во всех классах на переход через https://egov.kz, дана информация в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>инстаграмме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, на сайте для </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>родителей</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> будущих первоклассников по регистрации и созданию своей учетной карточки, а также о возможности получения услуг в сфере образования в электронном виде через https://egov.kz, а именно по подаче заявления в 1 класс через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Госуслуг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A1647" w:rsidRDefault="006361C8" w:rsidP="006A1647">
-[...1 lines deleted...]
-        <w:pStyle w:val="ae"/>
+    <w:p w:rsidR="00FC098A" w:rsidRPr="00FC098A" w:rsidRDefault="00E15DD3" w:rsidP="00FC098A">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Информационные технологии активно внедряются в классно-урочную систему организации учебно-воспитательного процесса</w:t>
+      </w:r>
+      <w:r w:rsidR="00B052FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B052FF" w:rsidRPr="00B052FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в онлайн формате</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>что, несомненно, вызывает у детей повышенный интерес и усиливает мотивацию обучения. Их использование создает возможности доступа к свежей информации, осуществления «диалога» с источником знаний, экономит время.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC098A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="004F6523" w:rsidRDefault="00E15DD3" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Информационно-коммуникационные технологии используются и при подготовке внеклассных мероприятий, родительских собраний, интеллектуальных игр, при проведении классных часов</w:t>
+      </w:r>
+      <w:r w:rsidR="00B052FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B052FF" w:rsidRPr="00B052FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в онлайн формате</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="004F6523" w:rsidRDefault="00E15DD3" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">И учителя, и учащиеся активно пользуются различными Интернет-ресурсами при подготовке к </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2EA6" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">урокам, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>итоговой аттестации и новому формату ЕНТ, при подготовке к урокам и внеклассным мероприятиям. Учителя используют информационные технологии на уроках, создают совместные презентации и документы, работают в различных программах и сервисах сети Интернет. Родители и обучающиеся имеют доступ к электронной системе «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Күнделі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», где можно регулярно просматривать оценки, домашние задания, посещаемость.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="004F6523" w:rsidRDefault="00E15DD3" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проделанный анализ работы по информатизации учебно-воспитательного процесса в школе за 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2EA6" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00544D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-20</w:t>
+      </w:r>
+      <w:r w:rsidR="00D223D6" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00544D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год позволяет сделать следующие выводы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="006D392C" w:rsidRDefault="00E15DD3" w:rsidP="006D392C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-[...57 lines deleted...]
-        <w:t>.</w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесс информатизации образования в школе продолжает успешно реализовываться;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A1647" w:rsidRPr="006A1647" w:rsidRDefault="006A1647" w:rsidP="006361C8">
-[...563 lines deleted...]
-        <w:pStyle w:val="ae"/>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="006D392C" w:rsidRDefault="00E15DD3" w:rsidP="006D392C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:rPr>
-[...48 lines deleted...]
-        <w:t>ы;</w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогический коллектив проявляет интерес к этому направлению деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00800BEE" w:rsidRPr="00800BEE" w:rsidRDefault="00800BEE" w:rsidP="00800BEE">
-[...1 lines deleted...]
-        <w:pStyle w:val="ae"/>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="006D392C" w:rsidRDefault="00E15DD3" w:rsidP="006D392C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:rPr>
-[...56 lines deleted...]
-        <w:t>;</w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ИКТ внедряются в управление учебно-методическим процессом;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00800BEE" w:rsidRDefault="00800BEE" w:rsidP="00800BEE">
-[...1 lines deleted...]
-        <w:pStyle w:val="ae"/>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="006D392C" w:rsidRDefault="00E15DD3" w:rsidP="006D392C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:rPr>
-[...10 lines deleted...]
-        <w:t>Оқушылардың оқыту мониторигун жүргізу;</w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>повышается педагогическое мастерство в освоении инновационных технологий;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00800BEE" w:rsidRDefault="00800BEE" w:rsidP="00800BEE">
-[...1 lines deleted...]
-        <w:pStyle w:val="ae"/>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="006D392C" w:rsidRDefault="00E15DD3" w:rsidP="006D392C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагоги школы стремятся к повышению квалификации по данному направлению</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2EA6" w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...30 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00800BEE" w:rsidRDefault="00800BEE" w:rsidP="00800BEE">
-[...1 lines deleted...]
-        <w:pStyle w:val="ae"/>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="006D392C" w:rsidRDefault="00E15DD3" w:rsidP="006D392C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>увеличивается</w:t>
+      </w:r>
+      <w:r w:rsidR="00D223D6" w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...59 lines deleted...]
-          <w:szCs w:val="27"/>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>количество</w:t>
+      </w:r>
+      <w:r w:rsidR="00D223D6" w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-          <w:szCs w:val="27"/>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00D223D6" w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...51 lines deleted...]
-        <w:t>у;</w:t>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учащихся,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D223D6" w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>участвующих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="00D223D6" w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурсах</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2EA6" w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="00D223D6" w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> использованием ИК технологий.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00800BEE" w:rsidRDefault="00800BEE" w:rsidP="00800BEE">
-[...1 lines deleted...]
-        <w:pStyle w:val="ae"/>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="004F6523" w:rsidRDefault="00E15DD3" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Исходя из анализа работы по данному направлению, можно </w:t>
+      </w:r>
+      <w:r w:rsidR="004F6523" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ыделить следующие </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2EA6" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проблемы информатизации школы:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D223D6" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="006D392C" w:rsidRDefault="00E15DD3" w:rsidP="006D392C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="18"/>
         </w:numPr>
-        <w:rPr>
-[...17 lines deleted...]
-        <w:t>Оқушылар бойынша ЖСН бар э</w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Несвоевременное заполнение электронной базы «Фаворит», журналов и КТП в электронной системе «</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>лектронды</w:t>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Күнделі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...20 lines deleted...]
-        <w:t>;</w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00800BEE" w:rsidRDefault="00800BEE" w:rsidP="00800BEE">
-[...1 lines deleted...]
-        <w:pStyle w:val="ae"/>
+    <w:p w:rsidR="00D223D6" w:rsidRPr="006D392C" w:rsidRDefault="00E15DD3" w:rsidP="006D392C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="18"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Неполномерное   использование   всеми</w:t>
+      </w:r>
+      <w:r w:rsidR="00D223D6" w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учителями потенциальных   ресурсов</w:t>
+      </w:r>
+      <w:r w:rsidR="00D223D6" w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>Мектеп</w:t>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Bilimland</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> сайтын,Web-беттердің </w:t>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00D223D6" w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, онлайн-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>жекелеген</w:t>
+      <w:r w:rsidR="00D223D6" w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...2 lines deleted...]
-          <w:szCs w:val="27"/>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D223D6" w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...53 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00800BEE" w:rsidRDefault="00800BEE" w:rsidP="00800BEE">
-[...1 lines deleted...]
-        <w:pStyle w:val="ae"/>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="006D392C" w:rsidRDefault="00E15DD3" w:rsidP="006D392C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="18"/>
         </w:numPr>
-        <w:rPr>
-[...98 lines deleted...]
-        <w:t>.</w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Низкая активность всех участников образовательного процесса, не только педагогов, учащихся, но и родителей в использовании информационных технологий, возможностей сетевого общения, участии в различных сетевых мероприятиях, дистанционных конкурсах, викторинах, олимпиадах.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005164D1" w:rsidRPr="00667BE4" w:rsidRDefault="00667BE4" w:rsidP="006A1647">
-[...61 lines deleted...]
-        <w:pStyle w:val="ae"/>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="006D392C" w:rsidRDefault="00E15DD3" w:rsidP="006D392C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="18"/>
         </w:numPr>
-        <w:rPr>
-[...41 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Невысокий уровень участия в проектной деятельности с активным участием учащихся по созданию проектно-исследовательских работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="004F6523" w:rsidRDefault="00E15DD3" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D392C" w:rsidRDefault="006D392C" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="004F6523" w:rsidRDefault="00E15DD3" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Исходя из проблем, ставится следующая цель и задачи программы информатизации на</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2EA6" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00667BE4">
-[...19 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00D223D6" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00544D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00544D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="00B052FF" w:rsidRDefault="00E15DD3" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B052FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цель программы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="004F6523" w:rsidRDefault="004F6523" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EA7BE8">
-[...6 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E15DD3" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Повышение</w:t>
+      </w:r>
+      <w:r w:rsidR="00D223D6" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E15DD3" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>качества</w:t>
+      </w:r>
+      <w:r w:rsidR="00D223D6" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E15DD3" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00D223D6" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E15DD3" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="00D223D6" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E15DD3" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="00E15DD3" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>условиях</w:t>
+      </w:r>
+      <w:r w:rsidR="00D223D6" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ф</w:t>
+      </w:r>
+      <w:r w:rsidR="00E15DD3" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ормирования</w:t>
+      </w:r>
+      <w:r w:rsidR="00D223D6" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E15DD3" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>единой</w:t>
+      </w:r>
+      <w:r w:rsidR="00D223D6" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E15DD3" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>информационной</w:t>
+      </w:r>
+      <w:r w:rsidR="00D223D6" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E15DD3" w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образовательной среды.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00EA7BE8" w:rsidRPr="00667BE4" w:rsidRDefault="00EA7BE8" w:rsidP="00667BE4">
-[...1 lines deleted...]
-        <w:pStyle w:val="ae"/>
+    <w:p w:rsidR="004F6523" w:rsidRPr="004F6523" w:rsidRDefault="004F6523" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="004F6523" w:rsidRDefault="00E15DD3" w:rsidP="004F6523">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6523">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="00B052FF" w:rsidRDefault="00E15DD3" w:rsidP="00B052FF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="16"/>
         </w:numPr>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:t>«Күнделік» электрондық журналды қолдану;</w:t>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B052FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Повышение квалификации педагогов в области создания цифровых образовательных ресурсов (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B052FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Adobe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B052FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B052FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Captivate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B052FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) и методики использования ИКТ в образовательном процессе.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00667BE4" w:rsidRPr="00667BE4" w:rsidRDefault="00EA7BE8" w:rsidP="00667BE4">
-[...1 lines deleted...]
-        <w:pStyle w:val="ae"/>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="00B052FF" w:rsidRDefault="00E15DD3" w:rsidP="00B052FF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="16"/>
         </w:numPr>
-        <w:rPr>
-[...75 lines deleted...]
-        <w:t>ақпараттық ресурстарын пайдалану;</w:t>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B052FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дальнейшее развитие информационной культуры учащихся, педагогических и руководящих кадров; их способности эффективно использовать информационные ресурсы и технологии для решения образовательных и управленческих задач.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00667BE4" w:rsidRPr="00667BE4" w:rsidRDefault="00667BE4" w:rsidP="00667BE4">
-[...1 lines deleted...]
-        <w:pStyle w:val="ae"/>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="00B052FF" w:rsidRDefault="00E15DD3" w:rsidP="00B052FF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="16"/>
         </w:numPr>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:t>Қашықтықтан білім алу, біліктілігін арттыру.</w:t>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B052FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Участие в конкурсах, викторинах, олимпиадах медиа-ресурсов на различных уровнях.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00667BE4" w:rsidRPr="00667BE4" w:rsidRDefault="00EA7BE8" w:rsidP="00667BE4">
-[...1 lines deleted...]
-        <w:pStyle w:val="ae"/>
+    <w:p w:rsidR="00E15DD3" w:rsidRPr="00B052FF" w:rsidRDefault="00E15DD3" w:rsidP="00B052FF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="16"/>
         </w:numPr>
-        <w:rPr>
-[...35 lines deleted...]
-        <w:t>қпараттық технологияларды және интернет желісіндегі ресурстарды енгізу.</w:t>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B052FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Повышение доступности качественного образования через применение современных информационных технологий и развитие дистанционных форм обучения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00667BE4" w:rsidRDefault="00667BE4" w:rsidP="00667BE4">
-[...1 lines deleted...]
-        <w:pStyle w:val="ae"/>
+    <w:p w:rsidR="005A502B" w:rsidRPr="005A502B" w:rsidRDefault="00E15DD3" w:rsidP="005A502B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="16"/>
         </w:numPr>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:t>Интеграцияланған сабақтарды құрастыру.</w:t>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A502B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Создание авторских </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A502B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЦОРов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A502B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и дальнейшее обновление школьного сайта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00667BE4" w:rsidRDefault="00667BE4" w:rsidP="00667BE4">
-[...1 lines deleted...]
-        <w:pStyle w:val="ae"/>
+    <w:p w:rsidR="005A502B" w:rsidRPr="005A502B" w:rsidRDefault="005A502B" w:rsidP="005A502B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="33"/>
+          <w:numId w:val="16"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A502B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Повышение показателя «Цифровой учитель»</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="27"/>
-[...27 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на платформе Кунделик.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00667BE4" w:rsidRDefault="00667BE4" w:rsidP="00667BE4">
-[...81 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="006D392C" w:rsidRDefault="006D392C" w:rsidP="006D392C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="005164D1" w:rsidRPr="005164D1" w:rsidRDefault="00EA7BE8" w:rsidP="006A1647">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="006D392C" w:rsidRDefault="006D392C" w:rsidP="006D392C">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EA7BE8" w:rsidRDefault="00EA7BE8" w:rsidP="00EA7BE8">
-[...58 lines deleted...]
-        <w:t>;</w:t>
+    <w:p w:rsidR="006D392C" w:rsidRPr="006D392C" w:rsidRDefault="006D392C" w:rsidP="006D392C">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Маймышева М.З.,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA7BE8" w:rsidRDefault="00EA7BE8" w:rsidP="00EA7BE8">
-[...161 lines deleted...]
-        <w:t>;</w:t>
+    <w:p w:rsidR="006D392C" w:rsidRPr="006D392C" w:rsidRDefault="006D392C" w:rsidP="006D392C">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D392C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заместитель руководителя по УР</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA7BE8" w:rsidRDefault="00EA7BE8" w:rsidP="00EA7BE8">
-[...41 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="006D392C" w:rsidRPr="006D392C" w:rsidRDefault="006D392C" w:rsidP="006D392C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EA7BE8" w:rsidRDefault="00EA7BE8" w:rsidP="00EA7BE8">
-[...1815 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId10"/>
+    <w:sectPr w:rsidR="006D392C" w:rsidRPr="006D392C">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-    <w:panose1 w:val="05050102010706020507"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...2 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings 2">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...21 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...104 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="035F00B1"/>
-[...117 lines deleted...]
-    <w:tmpl w:val="7764DD42"/>
+    <w:nsid w:val="00000002"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="00000002"/>
+    <w:name w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...6 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="00000003"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="00000003"/>
+    <w:name w:val="WW8Num3"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...115 lines deleted...]
-        <w:sz w:val="20"/>
+        <w:ind w:left="1146" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="1405413B"/>
-[...348 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04190001">
+    <w:nsid w:val="00000004"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="00000004"/>
+    <w:name w:val="WW8Num4"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="1B583ECE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7AD24AFA"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003">
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="5029" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
-[...43 lines deleted...]
-    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="193C5B71"/>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="28BB5AA2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="87E0341E"/>
-[...1131 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0D54B554">
+    <w:tmpl w:val="925C64D6"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...8 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6540" w:hanging="180"/>
+        <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="37795556"/>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="337C67E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="13B2FF8C"/>
-    <w:lvl w:ilvl="0" w:tplc="04190001">
+    <w:tmpl w:val="35242DFC"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="5029" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
-[...34 lines deleted...]
-    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
-[...5 lines deleted...]
-      <w:numFmt w:val="upperRoman"/>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="3B513FDD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="61789012"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1080" w:hanging="720"/>
+        <w:ind w:left="2158" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-      </w:rPr>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="1">
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="59D4A2DA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F614FCDA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3921" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D4F2CC10">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4801" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="1DC2EE9E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5682" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="BA200040">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6563" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="DBA62AE8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7443" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="82709B5A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8324" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="59AEDFD2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9205" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="3F8A44F0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D0D40CFC"/>
+    <w:lvl w:ilvl="0" w:tplc="9594CE16">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:isLgl/>
-[...739 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04190003">
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1798" w:hanging="360"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DFF42BD2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:ind w:left="2518" w:hanging="360"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="84DA0C8E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3458" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="02468924">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4396" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BBEE2FF2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5335" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="D2163BB2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6273" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="AE06C114">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7212" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="AFB40B30">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8150" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="975C4440">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9089" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="414E1149"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7D42E65C"/>
+    <w:lvl w:ilvl="0" w:tplc="09160160">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1798" w:hanging="360"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3FA288AC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2716" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="BBE2543E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3633" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="3AC4FF2C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4549" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="ECDEC184">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5466" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="9D30E7F8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6383" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="BFF80224">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7299" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A184DEE2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8216" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0A221DD2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9133" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="4EAA1493"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F89864F6"/>
+    <w:lvl w:ilvl="0" w:tplc="887EABE8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2158" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="59D4A2DA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F614FCDA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3921" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D4F2CC10">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4801" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="1DC2EE9E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5682" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="BA200040">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6563" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="DBA62AE8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7443" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="82709B5A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8324" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="59AEDFD2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9205" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="522F2CFE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="997EEDB4"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="55DE5D7B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="180030AC"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="60585CD7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F02E9DD2"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1260" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1980" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2700" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3420" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4140" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4860" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5580" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6300" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7020" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="67DE0039"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="60643372"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...8 lines deleted...]
-        </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...8 lines deleted...]
-        </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...8 lines deleted...]
-        </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...8 lines deleted...]
-        </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...8 lines deleted...]
-        </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...8 lines deleted...]
-        </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...8 lines deleted...]
-        </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="51CD756D"/>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="6A5164FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="765875F6"/>
-[...431 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="413CF91A">
+    <w:tmpl w:val="ABDA7C30"/>
+    <w:lvl w:ilvl="0" w:tplc="06265CCE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...7 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+        <w:ind w:left="626" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...272 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1346" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2066" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2786" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3506" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4226" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4946" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5666" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6386" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28">
-    <w:nsid w:val="5D0F45EC"/>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="6ABB5693"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D0D408C6"/>
-    <w:lvl w:ilvl="0" w:tplc="04190001">
+    <w:tmpl w:val="05C6EA24"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2158" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2878" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3598" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="4318" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="5038" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5758" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="6478" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="7198" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="7918" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
-[...29 lines deleted...]
-        <w:ind w:left="7200" w:hanging="360"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16">
+    <w:nsid w:val="736D6438"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E45AD33A"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2158" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="59D4A2DA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F614FCDA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3921" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D4F2CC10">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4801" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="1DC2EE9E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5682" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="BA200040">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6563" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="DBA62AE8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7443" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="82709B5A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8324" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="59AEDFD2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9205" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29">
-[...301 lines deleted...]
-    <w:lvl w:ilvl="0">
+  <w:abstractNum w:abstractNumId="17">
+    <w:nsid w:val="75371B42"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D3561C62"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1" w:tentative="1">
+        <w:ind w:left="1798" w:hanging="360"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DFF42BD2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...541 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="2518" w:hanging="360"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="84DA0C8E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3458" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-      </w:rPr>
-[...502 lines deleted...]
-        <w:sz w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="02468924">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4396" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BBEE2FF2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5335" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="D2163BB2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6273" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="AE06C114">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7212" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="AFB40B30">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8150" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="975C4440">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9089" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="10">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="17">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="3">
-[...65 lines deleted...]
-  <w:num w:numId="16">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="17">
-[...124 lines deleted...]
-  <w:numIdMacAtCleanup w:val="23"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="135"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...7 lines deleted...]
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009A39FE"/>
-[...773 lines deleted...]
-    <w:rsid w:val="00FF73AC"/>
+    <w:rsidRoot w:val="007F0540"/>
+    <w:rsid w:val="000943E6"/>
+    <w:rsid w:val="0010020C"/>
+    <w:rsid w:val="00322D83"/>
+    <w:rsid w:val="003340B2"/>
+    <w:rsid w:val="00382F22"/>
+    <w:rsid w:val="00470C76"/>
+    <w:rsid w:val="004F6523"/>
+    <w:rsid w:val="00544D46"/>
+    <w:rsid w:val="00577354"/>
+    <w:rsid w:val="005A502B"/>
+    <w:rsid w:val="00653E43"/>
+    <w:rsid w:val="006D392C"/>
+    <w:rsid w:val="007F0540"/>
+    <w:rsid w:val="00A428B8"/>
+    <w:rsid w:val="00B052FF"/>
+    <w:rsid w:val="00B7688E"/>
+    <w:rsid w:val="00D07802"/>
+    <w:rsid w:val="00D223D6"/>
+    <w:rsid w:val="00D650BD"/>
+    <w:rsid w:val="00E15DD3"/>
+    <w:rsid w:val="00E65676"/>
+    <w:rsid w:val="00ED2EA6"/>
+    <w:rsid w:val="00EE498F"/>
+    <w:rsid w:val="00FC098A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
-[...141 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009A39FE"/>
+    <w:rsid w:val="007F0540"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
     <w:link w:val="10"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009A39FE"/>
+    <w:rsid w:val="00E15DD3"/>
     <w:pPr>
-      <w:keepNext/>
+      <w:adjustRightInd/>
+      <w:ind w:left="1662"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
       <w:sz w:val="28"/>
-      <w:szCs w:val="20"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
     <w:link w:val="20"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="002631A4"/>
+    <w:rsid w:val="00E15DD3"/>
     <w:pPr>
-      <w:keepNext/>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="3" w:line="274" w:lineRule="exact"/>
+      <w:ind w:left="1078"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:i/>
-[...490 lines deleted...]
-    <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-    </w:rPr>
-[...240 lines deleted...]
-      <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
-    </w:rPr>
-[...481 lines deleted...]
-      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a3">
-    <w:name w:val="Знак Знак Знак"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009A39FE"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="007F0540"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00E15DD3"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
-[...2 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00E15DD3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009A39FE"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E15DD3"/>
     <w:pPr>
-      <w:jc w:val="both"/>
+      <w:adjustRightInd/>
     </w:pPr>
     <w:rPr>
-      <w:spacing w:val="16"/>
-[...1 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
-[...6 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00E15DD3"/>
     <w:rPr>
-      <w:color w:val="000000"/>
-[...1 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="21">
-[...2 lines deleted...]
-    <w:rsid w:val="009A39FE"/>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004F6523"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="007F0540"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a8">
-[...2 lines deleted...]
-    <w:rsid w:val="009A39FE"/>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E15DD3"/>
+    <w:pPr>
+      <w:adjustRightInd/>
+      <w:ind w:left="1662"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E15DD3"/>
+    <w:pPr>
+      <w:adjustRightInd/>
+      <w:spacing w:before="3" w:line="274" w:lineRule="exact"/>
+      <w:ind w:left="1078"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
-      <w:tblBorders>
-[...6 lines deleted...]
-      </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
-    <w:name w:val="Body Text Indent 3"/>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="009A39FE"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="007F0540"/>
     <w:pPr>
-      <w:spacing w:after="120"/>
-      <w:ind w:left="283"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00E15DD3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00E15DD3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E15DD3"/>
+    <w:pPr>
+      <w:adjustRightInd/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="16"/>
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="23">
-[...33 lines deleted...]
-    <w:rsid w:val="002551C0"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00E15DD3"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aa">
-[...4 lines deleted...]
-    <w:rsid w:val="002551C0"/>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004F6523"/>
     <w:rPr>
-      <w:b/>
-[...69 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...80 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
-[...153 lines deleted...]
-</c:chartSpace>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -18960,146 +7239,71 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>6614</Characters>
+  <Pages>5</Pages>
+  <Words>1547</Words>
+  <Characters>8819</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>55</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>73</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Муниципальное общеобразовательное учреждение –</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7759</CharactersWithSpaces>
+  <CharactersWithSpaces>10346</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...56 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Муниципальное общеобразовательное учреждение –</dc:title>
-  <dc:creator>User</dc:creator>
+  <dc:creator>Киновский ДА</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>