--- v0 (2025-12-07)
+++ v1 (2025-12-28)
@@ -1,15335 +1,18608 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00F13493" w:rsidRDefault="00847D61">
-      <w:r>
+    <w:p w:rsidR="000E4640" w:rsidRDefault="000E4640">
+      <w:pPr>
         <w:rPr>
-          <w:noProof/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:drawing>
-[...44 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRDefault="00847D61"/>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="00A6498E" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1920"/>
+          <w:tab w:val="left" w:pos="4545"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">                                                                                                                          </w:t>
+      </w:r>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>СЕНТЯБРЬ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ДЕКАДНИК ПО ПРОФИЛАКТИКИ ССЗ (20.09 – 30.09)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  ДЕКАДНИК ПО ПРОФИЛАКТИКЕИ ДТТ (01 – 10.09)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15310" w:type="dxa"/>
         <w:tblInd w:w="-743" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1844"/>
         <w:gridCol w:w="3685"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="2976"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1701"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>направление</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>содержание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>место проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сроки проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="487"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа с учащимися.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Фестиваль «День Здоровья».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Заманбек Д.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+              <w:t>Учителя физической культуры</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЗДВР </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ягала</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> О.Ю.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 – 11</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...17 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>школьный двор</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...18 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13.09.20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="466"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дистанционнная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Викторина на тему «Ты и твоё здоровье».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1 – 4 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>классные кабинеты</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>14.09.19 г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14.09.20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="513"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...14 lines deleted...]
-              <w:t>Конкурс эссе «Здоровое сердце»</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Коронавирус</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>опасная болезнь !!!</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Ягала О.Ю.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ягала</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> О.Ю.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...18 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-11 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...17 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.ч</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>асы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>20.09.19 г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20.09.20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="513"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Выпуск информационных листов «Берегите сердце».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Жумабаева Р.Ж.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+              <w:t>Ягала</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> О.Ю.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 – 11</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...17 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Инстаграмм</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, чаты детей и родителей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...18 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>21.09.20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="513"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Дискуссионный час «Как не допустить травматизма?»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Нурлан Н.Е.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+              <w:t>Нурлан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.Е.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 – 4</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...17 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.ч</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>02 – 6.09.19г</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02 – 6.09.20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>г</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="551"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...14 lines deleted...]
-              <w:t>Школьная акция «Азбука здоровья».</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Составление маршрутных листов в начальной школе </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Жумабаева Р.Ж</w:t>
-[...18 lines deleted...]
-            </w:r>
+              <w:t>Кл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...14 lines deleted...]
-              <w:t>спортивная площадка</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Классные кабинеты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...18 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>21.09.20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="513"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Урок здоровья «Здоровая семья – здоровая нация»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Учителя </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>физич</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ультуры</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>классные кабинеты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>16.09.2019г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16.09.2020</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="513"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Посвящение первоклассников в пешеходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...14 lines deleted...]
-              <w:t>Пионервожатая руководитель ЮИД</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Пи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>онервожатая</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ,</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...14 lines deleted...]
-              <w:t>спортзал</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>разметка школьного двора</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>28.09.2019 г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28.09.2020</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа с педагогическим коллективом.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Выпуск буклетов «Причины, вызывающие ССЗ»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...17 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учитель биологии</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...14 lines deleted...]
-              <w:t>Методический кабинет</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Школьный чат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>23.09.19г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23.09.20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="593"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа с родителями.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.Оформление памяток для родителей.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...32 lines deleted...]
-              <w:t>ЗДВР</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЗДВР </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Родит</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.ч</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>один раз в четверть</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">                                                                                                               </w:t>
+        <w:t xml:space="preserve">                                                                                                           </w:t>
       </w:r>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ОКТЯБРЬ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ДЕКАДНИК ПО ПРОФИЛАКТИКИ УПОТРЕБЛЕНИЯ ВРЕДНЫХ ВЕЩЕСТВ. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ДЕКАДНИК ОТКАЗА ОТ УПОТРЕБЛЕНИЯ АЛКОГОЛЯ (19.10 – 29.10).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ВСЕМИРНЫЙ ДЕНЬ ПИТАНИЯ (16.10)</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15310" w:type="dxa"/>
         <w:tblInd w:w="-743" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1844"/>
         <w:gridCol w:w="3685"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1701"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>направление</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>содержание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>место проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сроки проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="543"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа с учащимися.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...9 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Презентация «Нет вредным привычкам».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-11</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...17 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Школьный чат</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...18 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14.10.20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Конференция «Каждый выбирает для себя».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Психолог школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...14 lines deleted...]
-              <w:t>Классные кабинеты</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ЗУМ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>7.10.2019 г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7.10.2020</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="563"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>КВН «Витаминная азбука».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>пионервожатая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 – 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>спортзал</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>21.10.2019 г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>21.10.2020</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="563"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Выставка рисунков «Здоровое питание – здоровый человек».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>пионервожатая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 – 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...17 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Инстаграмм</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,ш</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кольный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> чат</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>16.10.2019 г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16.10.2020</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Показ видеоролика  «Нет вредным привычкам!»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Жумабаева Р.Ж.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+              <w:t>учитель биологии</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>7-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...14 lines deleted...]
-              <w:t>кабинет ИВТ</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Школьные чаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>28.10.19 г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28.10.20г</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа с педагогическим коллективом.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Обзор книг «Профилактика употребления вредных привычек»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>библиотекарь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 – 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...14 lines deleted...]
-              <w:t>классные кабинеты</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Школьные чаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>29.10.19 г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>29.10.20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="1380"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Работа с родителями.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...32 lines deleted...]
-              <w:t>2.Оформление памяток для родителей.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.Оформление памяток для родителей.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...17 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>социальный педагог</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ЗДВР</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">5 – 11 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Родит</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.ч</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>26.10.19 г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>26.10.20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...1 lines deleted...]
-      </w:r>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>НОЯБРЬ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>МЕСЯЧНИК ПО ПРОФИЛАКТИКИ ВИЧ/СПИД (01 – 30.11)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">МЕСЯЧНИК ПО ПРОФИЛАКТИКЕИ РЕСПИРАТОРНЫХ ВИРУСНЫХ ИНФЕКЦИЙ, ГРИППА И ПНЕВМОКОККОВОЙ ИНФЕКЦИИ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(01 – 30.11)</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ДЕКАДНИК ОТКАЗА ОТ КУРЕНИЯ (11 – 21.11)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ВСЕМИРНЫЙ ДЕНЬ БОРЬБЫ С ХОБЛ (15.11)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15310" w:type="dxa"/>
         <w:tblInd w:w="-743" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1879"/>
         <w:gridCol w:w="3650"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1701"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>направление</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>содержание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>место проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сроки проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="1060"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа с учащимися.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Круглый стол «Месячник по профилактике ОРВИ и гриппа!» </w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дистанционный </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Круглый стол </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Месячник по профилактике ОРВИ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> гриппа и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>короновирусной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> инфекции</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>медицинский работник</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...40 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  7-9 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>классные кабинеты</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...19 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...29 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25.11.20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="507"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Координатор ЗОЖ </w:t>
+              <w:t>учитель биологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные кабинеты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>11.11.2019 г</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11.11.2020</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="456"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Конкурс плакатов «Осторожно, грипп!»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>пионервожатая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>фойе школы</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>4.11.2019 г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.11.2020</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="456"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Спортивные соревнования «Малая Спартакиада».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>учителя ФВ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5-8</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>спортивный зал</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>по отдельному плану</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="456"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Диспут ««Курить – здоровью вредить».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...17 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>учитель биологии</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">9 – 11 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>классные кабинеты</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>18.11.2019 г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18.11.2020</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="456"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...14 lines deleted...]
-              <w:t>Акция«Стоп вредным привычкам»</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Акция</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«С</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>топ вредным привычкам»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>пионервожатая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>фойе школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>23.11.2019 г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23.11.2020</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа с педагогическим коллективом.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Выставка книг «Осторожно, грипп! Методы профилактики»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>библиотекарь</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>медицинский работник</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>учителя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>актовый зал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>теч</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>м-ца</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="766"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа с родителями.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Родительское собрание «Как сберечь здоровье школьника».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>классные руководители</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1 – 11 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Родит</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.ч</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>теч</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>м-ца</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ДЕКАБРЬ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ВСЕМИРНЫЙ ДЕНЬ БОРЬБЫ СО СПИДом (01.12.)</w:t>
+        <w:t xml:space="preserve">ВСЕМИРНЫЙ ДЕНЬ БОРЬБЫ СО </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0029107B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>СПИДом</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0029107B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.12.)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15066" w:type="dxa"/>
         <w:tblInd w:w="-743" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1879"/>
         <w:gridCol w:w="3650"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="1579"/>
         <w:gridCol w:w="1579"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>направление</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>содержание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>место проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сроки проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа с учащимися.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...14 lines deleted...]
-              <w:t>Диктант «Профилактика СПИДа».</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Диктант «Профилактика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>СПИДа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные кабинеты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>2.12.2019 г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.12.2020г</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...14 lines deleted...]
-              <w:t>Тематический слайд-шоу «Скажем СПИДу-  нет!»</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тематический слайд-шоу «Скажем </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>СПИД</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  нет!»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...24 lines deleted...]
-              <w:t>координатор ЗОЖ</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>учитель биологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">8 – 9 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>классные кабинеты</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...18 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.12.2020</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...14 lines deleted...]
-              <w:t>Анкетирование учащихся на знание «Профилактика ВИЧ/СПИДа» (анкеты из центра ЗОЖ).</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Анкетирование учащихся на знание «Профилактика ВИЧ/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>СПИДа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>» (анкеты из центра ЗОЖ).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные кабинеты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>4.12.2019 г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.12.2020</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Выставка рисунков «Мы выбираем жизнь»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>пионервожатая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2-5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>рекреация школы</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...18 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7.12.2020</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...14 lines deleted...]
-              <w:t>Флеш-моб «Мы за ЗОЖ»</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Флеш-моб</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Мы за ЗОЖ»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Пионервожатая</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Фойе школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>6.12.2019 г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6.12.2020</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа с педагогическим коллективом.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Выпуск информационного бюллетеня «Осторожно, СПИД!»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...25 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>учитель биологии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Фойе школы</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>7.12.2019 г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7.12.2020</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="973"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа с родителями.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Родительское собрание по проблеме сбережения здоровья детей «Здоровье детей в наших руках».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1 – 11 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Родит</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.ч</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>теч</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>м-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ца</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ЯНВАРЬ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>МЕСЯЧНИК ПО ПРОФИЛАКТИКЕ ОРВИ И ГРИППА</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Акция «Будь здоров без докторов!» </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15066" w:type="dxa"/>
         <w:tblInd w:w="-743" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1879"/>
         <w:gridCol w:w="3650"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="2976"/>
         <w:gridCol w:w="1579"/>
         <w:gridCol w:w="1579"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>направление</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>содержание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>место проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сроки проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа с учащимися.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Анкетирование среди учащихся «Что я знаю о профилактики инфекционных заболеваний».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...26 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>учитель биологии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5 – 11</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>классные кабинеты</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>20.01.2019 г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20.01.2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Уроки Здоровья</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>классные руководители</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1-11 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>классные кабинеты</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>27.01.2019 г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>27.01.2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Акция</w:t>
             </w:r>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Будь здоров без докторов»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...9 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>пионервожатая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Фойе школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>17.01.2019 г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17.01.2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="970"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Консультация «Профилактика ОРВИ и гриппа, методы оздоровления»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Ягала О.Ю.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+              <w:t>Ягала</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> О.Ю.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1 – 11 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>классные кабинеты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>в течение месячника</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа с педагогическим коллективом.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...14 lines deleted...]
-              <w:t>Разработка рекомендаций  «Значение профилактики гриппа и вирусных заболеваний».</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Разработка рекомендаций  «Значение профилактики</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> гриппа</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>вирусных заболеваний</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профилактики </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>коронавирусной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> инфекции</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Ягала О.Ю.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+              <w:t>Ягала</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> О.Ю.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 – 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>классные кабинеты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение месячника</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="1380"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа с родителями.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Разработка рекомендаций «Осторожно, грипп!»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Ягала О.Ю.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+              <w:t>Ягала</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> О.Ю.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 – 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Родит</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.ч</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение месячника</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                            </w:t>
+        <w:t xml:space="preserve">                                                                                                   </w:t>
       </w:r>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ФЕВРАЛЬ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>МЕСЯЧНИК НЕТРАДИЦИОННЫХ МЕТОДОВ ОЗДОРОВЛЕНИЯ.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>МЕСЯЧНИК «ОСТОРОЖНО ТУБЕРКУЛЕЗ» (24.02. – 24.03)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ДЕКАДНИК ПО ПРОФИЛАКТИКЕ ОНКОЛОГИЧЕСКИХ ЗАБОЛЕВАНИЙ (01 – 10.02)</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15066" w:type="dxa"/>
         <w:tblInd w:w="-743" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1879"/>
         <w:gridCol w:w="3650"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="2834"/>
         <w:gridCol w:w="1579"/>
         <w:gridCol w:w="1579"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>направление</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>содержание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>место проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сроки проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа с учащимися.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>. Интернет - урок «Онкозаболевания. Что это такое?»</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Интернет - урок «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Онкозаболевания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Что это такое?»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...9 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учитель ИВТ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9 – 11</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>кабинет ИВТ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...18 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.02.2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Информационный десант. Видеоролик «Победим рак».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Учитель ИВТ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5 – 11</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>кабинет химии</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...18 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10.02.2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Устный журнал «Белая ромашка – символ борьбы с туберкулезом во всем мире».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>классные руководители</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 – 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>классные кабинеты</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>24.02.2020 г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>24.02.2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Конкурс информационных бюллетеней</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Осторожно туберкулез».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...17 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>учитель биологии</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>пионервожатая</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...9 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4 – 7</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...21 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>рекреации школы</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...19 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...40 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28.02.2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа с педагогическим коллективом.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Оформление информационного стенда «Что такое скрининг?»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Координатор ЗОЖ</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+              <w:t>учитель биологии</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Фойе школы</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>1.02.2020 г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.02.2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="973"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа с родителями.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> Образовательный семинар «Онкозаболевания. Что это такое?»</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Образовательный семинар «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Онкозаболевания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Что это такое?»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Координатор ЗОЖ</w:t>
-[...10 lines deleted...]
-            </w:pPr>
+              <w:t>учитель биологии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">5 – 11 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Родит</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.ч</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>29.02.2020 г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>29.02.2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...10 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>МАРТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029107B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>МЕСЯЧНИК БОРЬБЫ С ТУБЕРКУЛЕЗОМ (24.02 – 24.03)</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15026" w:type="dxa"/>
         <w:tblInd w:w="-743" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1879"/>
         <w:gridCol w:w="3650"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="2834"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>направление</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>содержание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>место проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сроки проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа с учащимися.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Час Здоровья «Туберкулез и его профилактика», с разработкой Памятки по профилактике туберкулеза.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>классные руководители</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1 – 11 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>классные кабинеты</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...18 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.03.2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Кинолекторий «Значение прививок и лекарство от туберкулеза».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Координатор ЗОЖ</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+              <w:t>учитель биологии</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1 – 11 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>фойе школы</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...18 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>01 – 19.03.2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Анкетирование «Что нужно знать о туберкулезе».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Координатор ЗОЖ</w:t>
-[...12 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+              <w:t>учитель биологии</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">5 – 8 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...10 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>классные кабинеты</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...29 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16.03.2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="976"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Театрализованная постановка «Туберкулез – опасность для всего мира».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>театральный кружок</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Жылкыбай Б.М.</w:t>
+              <w:t>Жылкыбай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 – 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>рекреация школы</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>27.03.2020 г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>27.03.2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа с педагогическим коллективом.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Тематическая выставка «Раннее выявление признаков туберкулеза у школьников».</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(с участием врача – фтизиатра)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...9 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Библиотекарь школы</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...9 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Библиотека школы</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>В течение месячника</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="984"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="006F3EC2" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="006F3EC2" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа с родителями.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Брифинг </w:t>
             </w:r>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>«Особенности туберкулеза у детей и подростков».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...9 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Классные руководители</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...9 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...25 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Родит</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.ч</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>Согласно графика родительских собраний</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Согласно графика</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> родительских собраний</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>АПРЕЛЬ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>МЕСЯЧНИК ПО ПРОФИЛАКТИКЕ ТРАВМАТИЗМА (1 – 30.04)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>МЕСЯЧНИК «БРОСЬ КУРИТЬ И ВЫИГРАЙ!» (20.04 – 20.05)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ДЕКАДНИК «ПРОФИЛАКТИКА АСТМЫ» (20 – 30.04)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ДЕКАДНИК «СОВЕРШЕНСТВОВАНИЕ ОРГАНИЗАЦИИ ПИТАНИЯ» (1 – 10.04)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15026" w:type="dxa"/>
         <w:tblInd w:w="-743" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1879"/>
         <w:gridCol w:w="3650"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="2834"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>направление</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>содержание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>место проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сроки проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="00DF3AD3" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="00DF3AD3" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF3AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа с учащимися.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Показ видеофильма «Соблюдение ПДД»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...25 lines deleted...]
-              <w:t>Рук-ль кружка ЮИД</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Рук-ль</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кружка ЮИД</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1 – 11 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Фойе школы</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...18 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8.04.2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
-          <w:trHeight w:val="602"/>
+          <w:trHeight w:val="790"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="00DF3AD3" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="00DF3AD3" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Национальные игры на свежем воздухе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>учителя ФВ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 – 4</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>спортивная площадка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>7.04.2020 г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7.04.2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="00DF3AD3" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="00DF3AD3" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Беседа «У здорового – душа здоровая»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>библиотекарь школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-4</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>школьная библиотека</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>18.04.2020 г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18.04.2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="973"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="00DF3AD3" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="00DF3AD3" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Презентация видеоролика «Астма – болезнь, которую можно предупредить». </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Координатор ЗОЖ</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+              <w:t>учитель биологии</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">5 – 7 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...10 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Кабинет ИВТ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...19 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...40 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22.04.2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="00DF3AD3" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="00DF3AD3" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF3AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа с педагогическим коллективом.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Лекция с показом видеоролика «Профилактика школьного травматизма».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Координатор ЗОЖ</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+              <w:t>учитель биологии</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">5 – 11 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Кабинет химии</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>25.04.2020 г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25.04.2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="958"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="00DF3AD3" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="00DF3AD3" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF3AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа с родителями.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3650" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Родительское собрание «Роль семьи в привитии ЗОЖ».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>классные руководители</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1 – 11 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...25 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Родит</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.ч</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...14 lines deleted...]
-              <w:t>Согласно графика родительских собраний</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Согласно графика</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> родительских собраний</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...1 lines deleted...]
-      </w:r>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>МАЙ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>МЕСЯЧНИК ПРОФИЛАКТИКИ ТАБАКОКУРЕНИЯ (1.05 – 31.05)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>МЕСЯЧНИК «БРОСЬ КУРИТЬ И ВЫИГРАЙ!» (20.04 – 20.05)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>МЕЖДУНАРОДНЫЙ ДЕНЬ СЕМЬИ (15.05)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029107B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>МЕЖДУНАРОДНЫЙ ДЕНЬ БОРЬБЫ С АРТЕРИАЛЬНОЙ ГИПЕРТОНИЕЙ (17.05)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15310" w:type="dxa"/>
         <w:tblInd w:w="-743" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="3686"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1701"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>направление</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>содержание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ответственные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>место проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сроки проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="00DF3AD3" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="00DF3AD3" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF3AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа с учащимися</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Тренинг «Я сам принимаю решение».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Психолог школы</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8 – 11</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Кабинет химии</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...18 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.05.2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="00DF3AD3" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="00DF3AD3" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Конкурс рисунков «Моя семья».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Толеубай С.К.</w:t>
+              <w:t>Толеубай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 – 5</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>рекреация школы</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...18 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15.05.2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="00DF3AD3" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="00DF3AD3" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Спортивный конкурс «Мы здоровое будущее страны».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>учителя ФВ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1 – 4</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>спортивная площадка</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...18 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15.05.2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="00DF3AD3" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="00DF3AD3" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Акция</w:t>
             </w:r>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Брось курить и выиграй»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>пионервожатая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>классные кабинеты</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...18 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16.05.2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="00DF3AD3" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="00DF3AD3" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ролевая игра «К чему приводит сигарета».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Координатор ЗОЖ</w:t>
+              <w:t>учитель биологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Кабинет химии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...15 lines deleted...]
-              <w:t>18.05.2020 г.</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18.05.2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="788"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="00DF3AD3" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="00DF3AD3" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...14 lines deleted...]
-              <w:t>Час памяти  «День памяти умерших от СПИДа»</w:t>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Час памяти  «День памяти </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>умерших</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>СПИДа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Координатор ЗОЖ</w:t>
+              <w:t>учитель биологии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Фойе школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Последнее воскресенье месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="00DF3AD3" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="00DF3AD3" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF3AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Работа с педагогическим коллективом.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Устный журнал «Анализ состояния здоровья подростков».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Координатор ЗОЖ</w:t>
-[...20 lines deleted...]
-            </w:pPr>
+              <w:t>учитель биологии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1 – 11 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Кабинет ИВТ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...9 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...17 lines deleted...]
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>теч</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>м-ца</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidTr="00C149B0">
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
         <w:trPr>
           <w:trHeight w:val="1380"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="00DF3AD3" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="00DF3AD3" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF3AD3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Работа с родителями.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Консультативный час </w:t>
             </w:r>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>«Курить – здоровью вредить».</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>классные руководители</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9 – 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
-[...25 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Родит</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.ч</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0029107B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2 неделя месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00C149B0">
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00847D61" w:rsidRPr="0029107B" w:rsidRDefault="00847D61" w:rsidP="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00D60934">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00847D61" w:rsidRDefault="00847D61"/>
-[...1 lines deleted...]
-    <w:sectPr w:rsidR="00847D61" w:rsidSect="00847D61">
+    <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ИЮНЬ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>МЕЖДУНАРОДНЫЙ ДЕНЬ ДЕТЕЙ (1.04</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0029107B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029107B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>МЕЖДУНАРОДНЫЙ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДЕНЬ С НАРКОМАНИЕЙ И НЕЗАКОННЫМ ОБОРОТОМ НАРКОТИКОВ (26 ИЮНЯ)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="15310" w:type="dxa"/>
+        <w:tblInd w:w="-743" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="3686"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1701"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
+        <w:trPr>
+          <w:trHeight w:val="540"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>направление</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>содержание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ответственные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>место проведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сроки проведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>примечание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
+        <w:trPr>
+          <w:trHeight w:val="540"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="00DF3AD3" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF3AD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Работа с учащимися</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тренинг «Искусство быть здоровым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Психолог школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8 – 11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>рекреация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.05.2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
+        <w:trPr>
+          <w:trHeight w:val="540"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="00DF3AD3" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Конкурс рисунков «Моя семья».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Толеубай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 – 5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>рекреация школы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15.05.2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
+        <w:trPr>
+          <w:trHeight w:val="540"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="00DF3AD3" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Спортивный конкурс «Мы здоровое будущее страны».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>учителя ФВ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 – 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>спортивная площадка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15.05.2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
+        <w:trPr>
+          <w:trHeight w:val="540"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="00DF3AD3" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Акция</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Брось шприц»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пионервожатая</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      1-9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>классные кабинеты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16.05.2021</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="00DF3AD3" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF3AD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Работа с педагогическим коллективом.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Устный журнал «Анализ состояния здоровья подростков».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>учитель биологии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 – 11 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кабинет ИВТ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>теч</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>м-ца</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidTr="00B555A7">
+        <w:trPr>
+          <w:trHeight w:val="1380"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="00DF3AD3" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF3AD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Работа с родителями.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Консультативный час </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Курить и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>наркомание</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>классные руководители</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9 – 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Родительские чаты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0029107B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2 неделя месяца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00B555A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRPr="0029107B" w:rsidRDefault="00D60934" w:rsidP="00D60934">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D60934" w:rsidRPr="00D60934" w:rsidRDefault="00D60934">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00D60934" w:rsidRPr="00D60934" w:rsidSect="00A06E38">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="850" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00847D61"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00F6362F"/>
+    <w:rsidRoot w:val="00A06E38"/>
+    <w:rsid w:val="000E4640"/>
+    <w:rsid w:val="004F699F"/>
+    <w:rsid w:val="00732406"/>
+    <w:rsid w:val="007A3AFB"/>
+    <w:rsid w:val="00A06E38"/>
+    <w:rsid w:val="00A83813"/>
+    <w:rsid w:val="00CD1134"/>
+    <w:rsid w:val="00D60934"/>
+    <w:rsid w:val="00E34700"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -15454,121 +18727,123 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00875FA9"/>
+    <w:rsid w:val="000E4640"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00847D61"/>
+    <w:rsid w:val="00A06E38"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00847D61"/>
+    <w:rsid w:val="00A06E38"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -15814,55 +19089,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>8818</Characters>
+  <Pages>1</Pages>
+  <Words>1637</Words>
+  <Characters>9332</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>73</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>77</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Organization</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10345</CharactersWithSpaces>
+  <CharactersWithSpaces>10948</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>101</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>