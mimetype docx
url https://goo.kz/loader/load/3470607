--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,905 +1,513 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00FE2AB4" w:rsidRDefault="00FE2AB4" w:rsidP="00FE2AB4">
+    <w:p w:rsidR="001A3A4A" w:rsidRPr="001A3A4A" w:rsidRDefault="001A3A4A" w:rsidP="001A3A4A">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="001A3A4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Здоровый образ жизни–основа здоровой нации»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00256C3F" w:rsidRDefault="00B52C03" w:rsidP="001A3A4A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D2027">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="001A3A4A" w:rsidRPr="001A3A4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В ООШ № 38 проводилась конкурс плакатов, рисунков и постеров на тему </w:t>
+      </w:r>
+      <w:r w:rsidR="001A3A4A" w:rsidRPr="001A3A4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidR="001A3A4A" w:rsidRPr="001A3A4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Веди здоровый образ жизни</w:t>
+      </w:r>
+      <w:r w:rsidR="001A3A4A" w:rsidRPr="001A3A4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="001A3A4A" w:rsidRPr="001A3A4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="001A3A4A" w:rsidRPr="001A3A4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...87 lines deleted...]
-        <w:t>»</w:t>
+      <w:r w:rsidR="001A3A4A" w:rsidRPr="001A3A4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жюри подвели итоги конкурса рисунков «Я за здоровый образ жизни» </w:t>
+      </w:r>
+      <w:r w:rsidR="001A3A4A" w:rsidRPr="001A3A4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidR="001A3A4A" w:rsidRPr="001A3A4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidR="001A3A4A" w:rsidRPr="001A3A4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а плакатов</w:t>
+      </w:r>
+      <w:r w:rsidR="001A3A4A" w:rsidRPr="001A3A4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Здоровье – главное богатство». </w:t>
+      </w:r>
+      <w:r w:rsidR="001A3A4A" w:rsidRPr="001A3A4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А также учащиеся написали свои собстве</w:t>
+      </w:r>
+      <w:r w:rsidR="006B3E1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нные стихи, сочинения о здоровь</w:t>
+      </w:r>
+      <w:r w:rsidR="001A3A4A" w:rsidRPr="001A3A4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE2AB4" w:rsidRPr="00BD4130" w:rsidRDefault="005D7373" w:rsidP="00FE2AB4">
+    <w:p w:rsidR="001A3A4A" w:rsidRPr="001A3A4A" w:rsidRDefault="000D2027" w:rsidP="001A3A4A">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...376 lines deleted...]
-      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...9 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="001A3A4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="228F714B" wp14:editId="73F9FDDE">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661824" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5979A844" wp14:editId="2B391F48">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>2781936</wp:posOffset>
+              <wp:posOffset>1115696</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>337185</wp:posOffset>
+              <wp:posOffset>3458845</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2825537" cy="2682449"/>
-            <wp:effectExtent l="0" t="76200" r="0" b="60960"/>
+            <wp:extent cx="3866558" cy="3534022"/>
+            <wp:effectExtent l="0" t="171450" r="0" b="142875"/>
             <wp:wrapNone/>
-            <wp:docPr id="4" name="Рисунок 4" descr="E:\от Даны Алме.Б\разработки на сайт\BxLfxhOv530[1].jpg"/>
+            <wp:docPr id="7" name="Рисунок 5" descr="E:\от Даны Алме.Б\разработки на сайт\YzDObHIz0mQ[1].jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2" descr="E:\от Даны Алме.Б\разработки на сайт\BxLfxhOv530[1].jpg"/>
+                    <pic:cNvPr id="0" name="Picture 3" descr="E:\от Даны Алме.Б\разработки на сайт\YzDObHIz0mQ[1].jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm rot="16200000">
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2825537" cy="2682449"/>
+                      <a:ext cx="3866558" cy="3534022"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00291980" w:rsidRPr="00BD4130">
-        <w:rPr>
+      <w:r w:rsidRPr="001A3A4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...15 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56E01BF7" wp14:editId="6E9DB46F">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="295C769F" wp14:editId="5B3F848E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-207644</wp:posOffset>
+              <wp:posOffset>2898287</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>142240</wp:posOffset>
+              <wp:posOffset>240811</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2856383" cy="2371410"/>
-            <wp:effectExtent l="0" t="247650" r="0" b="219710"/>
+            <wp:extent cx="2983084" cy="2748425"/>
+            <wp:effectExtent l="0" t="114300" r="0" b="90170"/>
             <wp:wrapNone/>
-            <wp:docPr id="3" name="Рисунок 3" descr="E:\от Даны Алме.Б\разработки на сайт\8zJo_zVrAjA[1].jpg"/>
+            <wp:docPr id="5" name="Рисунок 4" descr="E:\от Даны Алме.Б\разработки на сайт\BxLfxhOv530[1].jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="E:\от Даны Алме.Б\разработки на сайт\8zJo_zVrAjA[1].jpg"/>
+                    <pic:cNvPr id="0" name="Picture 2" descr="E:\от Даны Алме.Б\разработки на сайт\BxLfxhOv530[1].jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm rot="16200000">
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2856383" cy="2371410"/>
+                      <a:ext cx="2987916" cy="2752877"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="001A3A4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2ECD30C6" wp14:editId="10D4F912">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>873760</wp:posOffset>
+              <wp:posOffset>1141</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>2546350</wp:posOffset>
+              <wp:posOffset>382140</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="3451703" cy="3154846"/>
-            <wp:effectExtent l="0" t="152400" r="0" b="121920"/>
+            <wp:extent cx="2971108" cy="2466657"/>
+            <wp:effectExtent l="0" t="247650" r="0" b="238760"/>
             <wp:wrapNone/>
-            <wp:docPr id="5" name="Рисунок 5" descr="E:\от Даны Алме.Б\разработки на сайт\YzDObHIz0mQ[1].jpg"/>
+            <wp:docPr id="4" name="Рисунок 3" descr="E:\от Даны Алме.Б\разработки на сайт\8zJo_zVrAjA[1].jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3" descr="E:\от Даны Алме.Б\разработки на сайт\YzDObHIz0mQ[1].jpg"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="E:\от Даны Алме.Б\разработки на сайт\8zJo_zVrAjA[1].jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm rot="16200000">
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3451703" cy="3154846"/>
+                      <a:ext cx="2991376" cy="2483484"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00BD4130">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="005D7373" w:rsidRPr="00BD4130" w:rsidSect="00E34FE8">
+    <w:sectPr w:rsidR="001A3A4A" w:rsidRPr="001A3A4A" w:rsidSect="00256C3F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00FE2AB4"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00FE2AB4"/>
+    <w:rsidRoot w:val="001A3A4A"/>
+    <w:rsid w:val="000D2027"/>
+    <w:rsid w:val="001A3A4A"/>
+    <w:rsid w:val="00256C3F"/>
+    <w:rsid w:val="006B3E1A"/>
+    <w:rsid w:val="0074633F"/>
+    <w:rsid w:val="00B52C03"/>
+    <w:rsid w:val="00CF6317"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="535421FD"/>
-  <w15:docId w15:val="{74257CF9-3356-4DF5-A5A7-BF8F5F6AC138}"/>
+  <w15:docId w15:val="{2471D3C8-1457-4E32-AB50-4A18B564D70F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1252,157 +860,84 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E34FE8"/>
+    <w:rsid w:val="00256C3F"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...56 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -1655,65 +1190,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>57</Words>
-  <Characters>328</Characters>
+  <Words>51</Words>
+  <Characters>295</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>384</CharactersWithSpaces>
+  <CharactersWithSpaces>345</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>admin</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>ИНФОРМАТИКА</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>