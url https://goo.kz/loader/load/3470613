--- v0 (2025-12-14)
+++ v1 (2026-01-10)
@@ -1,3396 +1,1521 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00485330" w:rsidRPr="005D5282" w:rsidRDefault="00485330" w:rsidP="00485330">
-[...20 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...58 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Диалог - как одна из форм  развития функциональной грамотности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="00537DEB" w:rsidRPr="005D5282" w:rsidRDefault="00537DEB" w:rsidP="00537DEB">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на уроках английского языка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...63 lines deleted...]
-    <w:p w:rsidR="00537DEB" w:rsidRPr="005D5282" w:rsidRDefault="00537DEB" w:rsidP="00537DEB">
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ондер А.Р., учитель английского языка сош № 39</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="333333"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D5282">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:i/>
           <w:color w:val="333333"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D5282">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="333333"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">If you talk to a man in a language he understands, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00537DEB" w:rsidRPr="005D5282" w:rsidRDefault="00537DEB" w:rsidP="00537DEB">
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="333333"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="005D5282">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="333333"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>that</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005D5282">
+        <w:t xml:space="preserve">that goes to his head. If you talk to him in his language, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="333333"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:color w:val="333333"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> goes to his head. If you talk to him in his language, </w:t>
-[...5 lines deleted...]
-        <w:jc w:val="right"/>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91B81">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="333333"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D5282">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="333333"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>that</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005D5282">
+        <w:t>goes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91B81">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="333333"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D5282">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="333333"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>goes</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D5282">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91B81">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="333333"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D5282">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="333333"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>to</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005D5282">
+        <w:t>his</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91B81">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="333333"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D5282">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="333333"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>his</w:t>
-[...6 lines deleted...]
-          <w:i/>
+        <w:t>heart</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
           <w:color w:val="333333"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-          <w:i/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
           <w:color w:val="333333"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00537DEB" w:rsidRPr="005D5282" w:rsidRDefault="00537DEB" w:rsidP="00537DEB">
+        </w:rPr>
+        <w:t>Если ты говоришь с человеком на том языке,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00537DEB" w:rsidRPr="005D5282" w:rsidRDefault="00537DEB" w:rsidP="00537DEB">
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> который он понимает, ты говоришь с его головой. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rStyle w:val="a5"/>
           <w:color w:val="333333"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Если ты говоришь с человеком на его родном языке,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ты говоришь с его сердцем.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-    </w:p>
-[...36 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нельсон Мандела </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В стремительно развивающемся мире меняются взгляды на жизнь, образование и воспитание. И учителю необходимо развивать в себе такие качества, как мобильность, креативность, обучаемость, стремление познать новое, для того чтобы соответствовать новым требованиям современного мира и быть готовым экспериментировать, исследовать, анализировать и строить дальнейший план работы с учащимися, ориентированный на успех. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наша задача, задача учителей – воспитать выпускника, владеющего тремя языками, мобильного, критически мыслящего, способного применить полученные знания в жизни –вот цель, которую ставит перед нами  наш Президент. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Преподавание любого иностранного языка должно происходить по всем 4 направлениям: чтение,  письмо, аудирование, говорение. Уделяя больше внимания чтению и письму,и меньше внимания аудированию и говорению,  очень часто случается так, что учащийся прекрасно понимает прочитанный им текст на английском языке, но не понимает звучащую аутентичную речь. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На уроке английского языка мы развиваем у учащихся способность не только читать и писать на английском языке, но и умение слушать, слышать и воспринимать аутентичную речь носителей языка. И, конечно же, одной из главных целей является научить ученика общаться на языке, выражать свои мысли, уметь вступить в диалог.  Перед нами стоит задача- формировать у учащихся функциональную грамотность. И для того чтобы овладеть навыками общения на любом иностранном языке, учащемуся необходимо знать правила использования тех или иных структур. Я подразделила изучение иностранного языка на следующие шаги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1) Заучивание лексических единиц и речевых образцов  по темам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) Общение с носителем языка (на сегодняшний день существует огромное количество возможностей, сайт-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>facebook</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>skype</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>weirdtown</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ICQ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, онлайн сайты для изучения иностранных языков </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>busu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>com</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E91B81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и т.д.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) Практика языка каждый день. То есть если мы просто выучим  правило и не будем использовать его в речи постоянно, то оно скоро забудется и мотивация к изучению языка снизится. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) Разучивание английских песен, просмотр фильмов на английском языке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Как учитель английского языка я стараюсь создавать благоприятную среду на уроках, чтобы учащимся было комфортно учиться. На уроках я использую групповую, парную и индивидуальную формы работы, так как для формирования функциональной грамотности просто необходимо умение учащихся работать в группе, команде. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Учащиеся на уроках выполняют задания, предназначенные для развития критического мышления, например при изучении новой лексики, я предлагаю создать кластер с ключевым словом, к которому учащиеся подбирают ассоциации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У меня всегда возникал вопрос, чему учить сначала,- грамматике или диалоговой речи? Ведь, не зная правил, ученик не сможет грамотно построить фразу, предложение. С другой стороны, заучивая готовые тематические фразы, учащийся непроизвольно употребляет правило, и потом, изучая грамматическое явление, он легче усвоит его на практике. Поэтому перед изучением какой либо грамматической темы, я предлагаю учащимся работу с диалогом, в котором уже даются грамматические структуры. Учащиеся учат диалог, рассказывают его в парах, тем самым непроизвольно используют грамматическую структуру, какой бы то ни было темы. Затем плавно переходим на изучение данного грамматического явления, и далее даем упражнения на закрепление письменно. То есть, мы достигнем нашей цели- учащиеся смогут говорить на языке, будут знать грамматические правила и смогут употреблять  их в письменной речи. На современном этапе диалогу отводится главная роль на уроке. Ученик становится не пассивным слушателем, а активным участником учебного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мерсер и Лилтон дали определение диалогу, «Диалог - это способность интеллектуального развития учеников и их результативности в обучении. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Общение на иностранном языке со сверстниками способствует когнитивному развитию детей ».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В 2013 году я прошла уровневые курсы повышения квалификации (3 базовый уровень). Эти курсы дали мне возможность по-новому взглянуть на процесс преподавания английского языка. Меня переполняли свежие идеи, я кардинально поменяла методы преподавания, включала в планирование урока 7 модулей. Мною было разработано среднесрочное планирование, переделана структура краткосрочного планирования. Все это, безусловно, повлияло на качество преподавания предмета. В течение всего последующего года я наблюдала, анализировала  пробелы в своей работе, вела мониторинг и я находилась и до сих пор нахожусь в поиске лучшего, более результативного способа изучения и преподавания английского языка. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Диалог сквозь призму 7 модулей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Новые подходы в обучении - обучение и преподавание новыми способами, мотивация к деятельности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оценивание для обучения - учащиеся разрабатывают критерии оценивания к созданию диалога (количество фраз, разнообразие лексики, использование синонимов)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Посредством ИКТ осуществляется просмотр и прослушивание диалоговой речи через видео-аудио носители, что значительно повышает интерес учащихся к изучению иностранного языка.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Модуль «Талантливые и одаренные »предполагает дифференцированный подход в работе с учащимися, составление диалога по выбранной ситуации. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(Choose any of the following situations and make up your own dialogue.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Формирование критического мышления учащихся через  создание ситуации успеха на уроке, мотивации к деятельности, способствует развитию у учащихся способностей общаться на английском языке в любых жизненных ситуациях. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Распределение ролей среди учащихся соответственно уровню владения иностранным языком также немаловажный аспект в обучении. Более способному ученику дается роль репортера, «ведущего»: он задает вопросы, в то время как второй учащийся отвечает на вопросы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Роль учителя при планировании занятия, нацеленного на развитие коммуникативных навыков просто огромна.  Здесь, учитель может показать </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">все свое творчество и профессионализм  в использовании всевозможных способов обучения учащихся разговорной речи. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перед нами стоит задача - формировать у учащихся знание грамматических структур английского языка и умение применять их на практике. Следовательно, я организовываю  знакомство с грамматической темой через диалог: учащиеся прослушивают, затем читают и переводят его. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Затем  учащимся предлагается самостоятельно изучить теоретический материал, выписать основную информацию в тетрадь для правил.  Затем учащиеся обсуждают в группах данный материал  и составляют кластер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для отработки усвоенных знаний учащиеся выполняют индивидуально разноуровневые  упражнения, тем самым отрабатывая навыки употребления данной грамматической структуры, будь то </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phrasal verbs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>prepositions or Reported speech</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Далее осуществляют взаимопроверку по ключу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Повторное осознанное прочтение диалога дает учащимся возможность увидеть грамматическую структуру в контексте, а разучивание диалога наизусть доводит высказывания учащихся до автоматизма. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Диалог учится легче, если слова в нем знакомы учащимся, поэтому перед прочтением диалога необходимо ознакомить и проработать с учащимися вокабуляр.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Что касается разноуровневых упражнений и заданий, они включают в себя уровень А (легкий), уровень Б (посложнее) и уровень С (самый сложный, креативный).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для уровня  А</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> я подбираю такие задания как: переведи предложения, вставь пропущенное слово, определи правильный порядок слов в предложении; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для уровня Б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  задания следующие: допиши предложения по смыслу, исправь ошибки, переведи предложения на английский язык;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Уровень С</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- включает в себя задания, носящие компетентностно- ориентированный характер: представь, что ты идешь на день рождения друга, составь план действий, используя конструкцию «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>to be going to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">\собираться что-то делать» не менее 5-6 предложений. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На выполнение данных упражнений отводится определенное время, примерно 15-20 минут, если кто-то закончил раньше (обычно это одаренный ученик), его работу проверяет учитель и этот учащийся может выступать в роли оценщика в помощь учителю. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Таким образом, мы развиваем у школьника познавательную активность, саморегуляцию, при которой учащийся самостоятельно отслеживает уровень усвоения знаний и употребления их на практике, чувствует ответственность за свое обучение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Хотелось бы обратить внимание на то, что важно не только стилистически правильно оформленное предложение, но и красивое произношение (четкость в произнесении звуков, выдержанная интонация, правильно расставленное ударение в словах). Для этого необходимо проводить фонетические зарядки-разминки , рифмовки, скороговорки. Для легкости запоминания диалогов можно использовать тренировку на запоминание слов, выражений, пословиц, скороговорок, стихов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Владение разговорной речью достигается путем практических тренировок в языковом общении, коммуникативной деятельности. Все ситуации обыгрываются в парах. Важно, чтобы школьники в дальнейшем могли не только понять партнера-собеседника, поддержать разговор, ответить на реплику, но и развернуть диалог до хорошего полноценного общения, понимая, о чем идет речь. Лексический материал, осваиваемый в процессе работы над диалогами, прочно входит в активный запас речи учащихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...65 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">Нельзя забывать и о таких важных моментах, как мотивация и  рефлексия, ведь от того, как вы настроите учащихся на активную и плодотворную работу зависит результат и успех урока, а грамотно организованная обратная связь позволит вам увидеть чего достиг учащийся на уроке, и если есть пробелы, подумать о том, как их устранить. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Таким образом, использование диалоговых форм на уроках позволяет нам развивать функциональную грамотность, а в результате формировать  компетентностно-ориентированную личность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Литература</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) Послание Президента Республики Казахстан Н.А. Назарбаева, народу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) Пособие для учителей 3 базового уровня (</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...295 lines deleted...]
-      </w:pPr>
+        <w:t>Өрлеу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) Пассов Е.И. «Коммуникативный метод обучения иноязычному говорению», Москва 1991 год;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E91B81" w:rsidRDefault="00E91B81" w:rsidP="00E91B81"/>
+    <w:p w:rsidR="00F87D32" w:rsidRDefault="00F87D32">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="005D5282">
-[...2409 lines deleted...]
-    <w:sectPr w:rsidR="00F974B0">
+    </w:p>
+    <w:sectPr w:rsidR="00F87D32">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Consolas">
-    <w:panose1 w:val="020B0609020204030204"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C34B1A"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00F974B0"/>
+    <w:rsidRoot w:val="00B72FD0"/>
+    <w:rsid w:val="002510A8"/>
+    <w:rsid w:val="00B72FD0"/>
+    <w:rsid w:val="00E91B81"/>
+    <w:rsid w:val="00F87D32"/>
+    <w:rsid w:val="00FB260F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -3533,141 +1658,113 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00537DEB"/>
+    <w:rsid w:val="00E91B81"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00537DEB"/>
+    <w:rsid w:val="00E91B81"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00537DEB"/>
+    <w:rsid w:val="00E91B81"/>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00537DEB"/>
+    <w:rsid w:val="00E91B81"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="00537DEB"/>
+    <w:rsid w:val="00E91B81"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-    </w:rPr>
-[...26 lines deleted...]
-      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -3788,476 +1885,122 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00537DEB"/>
+    <w:rsid w:val="00E91B81"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00537DEB"/>
+    <w:rsid w:val="00E91B81"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00537DEB"/>
+    <w:rsid w:val="00E91B81"/>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00537DEB"/>
+    <w:rsid w:val="00E91B81"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="00537DEB"/>
+    <w:rsid w:val="00E91B81"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-    </w:rPr>
-[...26 lines deleted...]
-      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="32049384">
-[...325 lines deleted...]
-    <w:div w:id="2142573698">
+    <w:div w:id="572617850">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -4527,69 +2270,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1390</Words>
-  <Characters>7923</Characters>
+  <Words>1530</Words>
+  <Characters>8721</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>66</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>72</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9295</CharactersWithSpaces>
+  <CharactersWithSpaces>10231</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lenovo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>