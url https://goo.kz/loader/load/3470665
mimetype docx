--- v0 (2025-12-13)
+++ v1 (2026-01-11)
@@ -7,13029 +7,10802 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
       <w:pPr>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>1.   Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>1.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Общественное объединение </w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0332B">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">печительский совет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00E025A6">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КЕҢПЕЙІЛ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» (далее </w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>) является юридическим лицом, созданным для осуществления социальных, благотворительных, культурных, спортивных и иных общественно полезных целей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>1.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> свободен в определении своей внутренней структуры, целей, формы своей деятельности.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>1.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>  В</w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>своей</w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>деятельности</w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Совет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>руководствуется Конституцией, Гражданским кодексом РК, Законом РК «Об общественных объединениях», другими законодательными актами, настоящим Уставом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>1.4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>самостоятельно планирует и оценивает свою деятельность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>1.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Полное наименование </w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>на государственном языке</w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мүгедектер мен мұқтаждарға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00E025A6">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КЕҢПЕЙІЛ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қамқоршылық кеңесі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00E025A6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оғамды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E025A6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E025A6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ірлестігі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на русском языке – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="00E025A6">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бщественное </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="00E025A6">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бъединение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A0332B">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">печительский совет </w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80AE3">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КЕҢПЕЙІЛ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» для инвалидов и нуждающихся</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сокращенное наименование </w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на государственном языке  –  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00E025A6">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КЕҢПЕЙІЛ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кеңес</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚБ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на русском языке – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ОО</w:t>
+      </w:r>
+      <w:r w:rsidR="00E025A6">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00E025A6">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КЕҢПЕЙІЛ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>1.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Местонахождение </w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>: 140</w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Республика Казахстан, Павлодарская область, город </w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар поселок Ленинский</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>, ул.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D92FF9">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Космо</w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>навтов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002271CE">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">строение </w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>может иметь в установленном порядке символику, в том числе эмблемы, флаг и вымпелы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.8.</w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание символики </w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– поддержать </w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и стать п</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0332B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00881A4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">печителем </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нуждающегося человека. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.9.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF49A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Образец эмблемы и печати </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF49A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета:       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00A11D25" w:rsidP="00A11D25">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...1278 lines deleted...]
-          <w:b/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A11D25">
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="28"/>
-[...72 lines deleted...]
-          <w:noProof/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1074255" cy="1074255"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-            <wp:docPr id="6" name="Рисунок 1" descr="http://yarcevo.smolinvest.ru/files/734/rod-sobranie.jpg"/>
+            <wp:docPr id="9" name="Рисунок 1" descr="http://yarcevo.smolinvest.ru/files/734/rod-sobranie.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="http://yarcevo.smolinvest.ru/files/734/rod-sobranie.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1074890" cy="1074890"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      <w:pPr>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.  Юридический статус </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF49A2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>2.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>в соответствии с действующим законодательством Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> является </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>юридическим лицом, может иметь самостоятельный баланс, обособленное имущество, круглую печать</w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>со своим наименованием</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, угловой штамп, фирменные бланки, расчетные и валютные счета в банках.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>2.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обладает полной хозяйственной самостоятельностью в вопросах определения форм и методов управления, принятия хозяйственных решений, служащих осуществлению его целей. </w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">может от своего имени приобретать имущественные и личные не имущественные права и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>нести обязанности</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, быть истцом и ответчиком в судах.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>2.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">имеет право создавать самостоятельно либо по договоренности с другими юридическими и физическими лицами предприятия и организации, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">участвовать в совместных проектах, а также ассоциациях и обществах, создавать филиалы и представительства на территории </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодарской области</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>2.4.</w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB" w:rsidRPr="003558CB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совет</w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>имеет право приобретать, арендовать имущество у юридических и физических лиц за счет средств имеющихся в его распоряжении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>имеет право на получение кредитов от юридических и физических лиц, на самостоятельное инвестирование проектов, программ, мероприятий в собственной деятельности и деятельности других юридических и физических лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляет свою деятельность на всей территории Павлодарской области. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.   Предмет и цели деятельности </w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">основными целями деятельности </w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">содействие утверждению идеалов милосердия, социальной поддержки включая улучшение материального положения, </w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учащихся детей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>инвалидов,</w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB" w:rsidRPr="003558CB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">детей оставшихся без попечения родителей, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>семей имеющих – инвалидов детства, малообеспеченных и других лиц, в силу своих физических или интеллектуальных особенностей, иных обстоятельств не способных самостоятельно реализовывать свои права и законные интересы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> содействие широкому участию </w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>учащихся детей</w:t>
+      </w:r>
+      <w:r w:rsidR="00D92FF9">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">инвалидов, </w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>детей ост</w:t>
+      </w:r>
+      <w:r w:rsidR="00D92FF9">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>авшихся без попечения родителей</w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>и других лиц в общественно-политической, спортивной и культурной жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> содействие в защите </w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>учащихся детей инвалидов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> малообеспеченных, многодетных семей, детей оставшихся без попечения родителей, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> материнства, отцовства и детства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> содействие деятельности в сфере профилактики и охраны здоровья граждан, в том числе </w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">детей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">инвалидов, </w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>учащихся</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>детей оставшихся без попечения родителей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>, а также пропаганде здорового образа жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> содействие претворению в жизнь общественных инициатив и других направленных на улучшение структур образования, здравоохранения, соц</w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иальной защиты, экологии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>и других сфер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">содействие обеспечению правовой и социальной защиты </w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>учащихся детей инвалидов, детей оставшихся без попечения родителей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>, ма</w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">терей одиночек, отцов одиночек </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>и детей-инвалидов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> содействие и реализация мероприятий, направленных на организацию реабилитационного восстановительного характера.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2. основными направлениями деятельности </w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">являются: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организация труда </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и отдыха </w:t>
+      </w:r>
+      <w:r w:rsidR="003558CB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>учащихся, детей инвалидов и нуждающихся</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведение мероприятий по социальной, медицинской, психологической, </w:t>
+      </w:r>
+      <w:r w:rsidR="00185C27">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогической </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">реабилитации </w:t>
+      </w:r>
+      <w:r w:rsidR="00185C27">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">детей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>инвалидов,</w:t>
+      </w:r>
+      <w:r w:rsidR="00185C27">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащихся, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>ма</w:t>
+      </w:r>
+      <w:r w:rsidR="00185C27">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">терей одиночек, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>детей оставшихся без попечения родителей, и детей-инвалидов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00185C27">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...18 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00185C27">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>поддержка и содействие в реализации программ и мероприятий в защиту материнства, отцовства и детства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00185C27" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00062BE4">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00062BE4">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> содействие в создании беспрепятственного доступа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">детей </w:t>
+      </w:r>
+      <w:r w:rsidR="00062BE4">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">инвалидов, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">матерей одиночек, детей оставшихся без попечения родителей </w:t>
+      </w:r>
+      <w:r w:rsidR="00062BE4">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>и других нуждающихся лиц к объектам социальной инфраструктуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участие в научно-исследовательских работах по разработке и внедрению современных форм и методов реабилитации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> представление услуг специалистов жестового языка инвалидам по слуху и услуг индивидуальных помощников, обеспечение памперсами или другими необходимыми для инвалидов гигиеническими и техническими средствами согласно ИПРИ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>9.</w:t>
+      </w:r>
+      <w:r w:rsidR="00185C27">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00185C27">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>реабилитация детей инвалидов с использованием</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>, лечебной физкультуры, физиотерапевтических и других процедур;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>10.</w:t>
+      </w:r>
+      <w:r w:rsidR="00185C27">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>оказание специализированной комплексной лечебно-оздоровительной, психолого-педагогической и социально-адаптационной помощи д</w:t>
+      </w:r>
+      <w:r w:rsidR="00185C27">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>етям инвалидам и другим категориям</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>нуждающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r w:rsidR="00185C27">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>организация проживания, питания и других сервисных услуг для детей</w:t>
+      </w:r>
+      <w:r w:rsidR="00185C27">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инвалидов, учащихся </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>и других категорий нуждающихся в помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>12.</w:t>
+      </w:r>
+      <w:r w:rsidR="00185C27">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00185C27" w:rsidRPr="00185C27">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>в соответствии</w:t>
+      </w:r>
+      <w:r w:rsidR="00185C27">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>с законодательством Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, участие в </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>различных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> госзакупках</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>13.</w:t>
+      </w:r>
+      <w:r w:rsidR="00185C27">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>осуществление торговых, посреднических и иных коммерческих операций в целях использования полученных доходов для благотворительных целей и решения иных задач.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00185C27">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>имеет право:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информировать общественность о своей работе, используя средства массовой информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> представлять и защищать законные интересы своих членов в </w:t>
+      </w:r>
+      <w:r w:rsidR="00185C27">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">системе образования, в школах </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>органах государственной власти, местного самоуправления и общественных объединениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участвовать в разработке и утверждении проектов и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>решений</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> различных нормативно-правовых актов </w:t>
+      </w:r>
+      <w:r w:rsidR="00185C27">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">системы образования, в школах, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>органов государственной власти и местного самоуправления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выступать с инициативами по различным вопросам </w:t>
+      </w:r>
+      <w:r w:rsidR="00185C27">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>в системе образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>, вносить предложения в органы государственной власти и местного самоуправления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> иметь в своей структуре и учреждать спортивно-культурные клубы, учебно-производственные комплексы, центры р</w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еализации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>и другие учреждения и организации в организационно – правовых формах, предусмотренных законодательством, обеспечивающих выполнение уставных целей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществлять предпринимательскую деятельность, доходы от предпринимательской деятельности </w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не перераспределяются между членами и учредителями </w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и должны использоваться для достижения уставных целей. Допускается использование </w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Советом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">своих средств на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>благотворительные цели.</w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Создавать хозяйственные товарищества, филиалы, общества, и иные хозяйственные организации, а также приобретать имущество для ведения предпринимательской и иной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участвовать во внешнеэкономической деятельности вступать в договорные отношения с зарубежными юридическими и физическими лицами осуществлять экспортно-импортные операции, необходимые для деятельности </w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...55 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Условия и порядок приобретения и утраты членства в </w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совете</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Права и обязанности его членов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.1. членами </w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>могут быть:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BE553A" w:rsidRPr="00BE553A">
-[...14 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>граждане Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, достигшие 16 летнего возраста </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">признанные инвалидами вследствие различных врожденных и приобретенных заболеваний, последствий травм и увечий, признающие Устав и участвующие в работе </w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> граждане Республики Казахстан, а также иностранные граждане, не имеющие инвалидности, принимающие участие в деятельности </w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">личным трудом либо посредством взносов, а также осуществляющие мероприятия </w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и заинтересованные в достижении </w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Советом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>своих уставных целей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...35 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">законные опекуны или попечители </w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учащихся </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>и родители несовершеннолетних детей-инвалидов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прием в члены </w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">производится </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">руководством </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на основании личного заявления. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BE553A">
-[...64 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отказ в приеме в члены </w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">может быть обжалован </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учредителям </w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> каждый член </w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>может из него выйти путем подачи письменного заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2. права членов </w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BE553A">
-[...56 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">избирать и быть избранными в выборные органы </w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обсуждать на конференциях и заседаниях</w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> любые вопросы по деятельности Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проявлять инициативу и вносить на рассмотрение руководящих органов предложения по улучшению деятельности </w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участвовать в мероприятиях и программах </w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>и его структурных подразделений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пользоваться научными, информационными, техническ</w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>ими и иными возможностями Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.3. обязанности членов </w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соблюдать Устав </w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>, выполнять все его требования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выполнять решения </w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>конференции,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BE553A">
-[...406 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">руководства </w:t>
+      </w:r>
+      <w:r w:rsidR="00012473">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1631 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принимать участие в работе </w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и активно содействовать решению стоящих перед </w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Советом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>задач своими техническими, интеллектуальными и финансовыми ресурсами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
-      <w:r w:rsidR="009F4EC3">
-[...20 lines deleted...]
-        <w:pStyle w:val="a5"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>бер</w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>ечь и укреплять собственность Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, как источник благосостояния </w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>, соблюдать дисциплину, повышать общеобразовательный, профессиональный, культурный уровень.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вносить вступительные и членские взносы.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.4. по решению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">руководства </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">гражданин может быть исключен из членов </w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>несоблюдение требований настоящего Устава;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> необоснованный отказ в выполнении</w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> решений руководящих органов Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>невыполнения своих обязанностей, связанных с трудовым или имущественным участием в его деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.5. В случае исключения гражданина из членов </w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на основании пункта 4.4. Устава</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">он должен быть предупрежден не позднее, чем за 10 дней в письменной форме, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">точном месте и времени проведения заседания </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>руководства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB" w:rsidRPr="00A84BEB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> случае неявки без уважительной причины исключаемого, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">руководство </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рассматривает вопрос о </w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">его </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">членстве в </w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совете </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в его отсутствии. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ешение об исключении из членов </w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">принимается простым большинством голосов при участии 2/3 членов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> случае равенства голосов решающий голос принадлежит </w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>председателю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...55 lines deleted...]
-        <w:t>мүшесі болатындар:</w:t>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Порядок формирования и компетенция руководящих органов </w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>. Сроки их полномочий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>5.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Органами управления </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80AE3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соответствии</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с учредительными документами являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>высший орган управления (общее собрание</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80AE3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D80AE3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учредител</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D80AE3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) вправе принимать решения по любым вопросам деятельности </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80AE3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>, созываемая один раз в год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">исполнительный орган управления (единоличный) осуществляет текущее руководство деятельностью </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80AE3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, за исключением вопросов, отнесенных учредительными документами </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80AE3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80AE3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к исключительной компетенции высшего органа управления, подотчетен этому органу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контрольный орган (ревизионная комиссия, ревизор), избираемый или назначаемый органами управления некоммерческой организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">другие органы в соответствии с законами и учредительными документами </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80AE3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="SUB390200"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К исключительной компетенции высшего органа управления </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80AE3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80AE3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>относятся вопросы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">утверждение Устава, внесение изменений и дополнений в Устав </w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>с последующей их регистрацией в установленном законом порядке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заслушивание и утверждение отчетов о работе </w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>утверждение основ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>ных направлений деятельности Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">утверждение Благотворительных программ </w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выборы </w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>председателя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>, сроком на 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выдвижение кандидатов в депутаты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>маслихатов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> всех уровней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">принятие решения о реорганизации или ликвидации </w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">определения компетенции, организационной структуры, порядка формирования и прекращения полномочий органов управления </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80AE3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>определения порядка и периодичности представления финансовой отчетности исполнительных органов, а также порядка проведения проверки контрольным органом и утверждения их результатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">принятия в пределах, установленных законодательными актами, решения об участии </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80AE3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80AE3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в создании или деятельности других юридических лиц, своих филиалов и представительств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исключительной компетенции высшего органа управления учредительными документами </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80AE3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80AE3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>могут быть отнесены и другие вопросы деятельности этой организации в соответствии с законодательными актами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="SUB390300"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80AE3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совет</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80AE3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не вправе осуществлять выплату вознаграждения членам ее высшего органа управления за выполнение ими возложенных на них функций, за исключением компенсации расходов, непосредственно связанных с участием в работе высшего органа управления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="j16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="SUB390400"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а штатных работников </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80AE3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, работающих по трудовому договору, распространяются</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="SUB1004865736"/>
+      <w:r w:rsidR="00CC72FD">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://online.zakon.kz/Document/?link_id=1004865736" \t "_parent" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CC72FD">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>трудовое законодательство</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC72FD">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidR="00A84BEB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан и законодательство Республики Казахстан о социальном обеспечении и страховании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="SUB390500"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">общее собрание учредителей созывается </w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>председателем Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и принимает решения простым большинством голосов при присутствии 2/3 учредителей </w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. В работе собрания могут принимать участие любые граждане, не являющиеся членами </w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, без права совещательного голоса. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">председатель </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не позднее, чем за 30 дней до созыва очередного общего собрания учредителей информирует учредителей </w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о дате, месте и времени проведения, повестке дня и регламенте работы общего собрания. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A84BEB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по решению </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>председателя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, или по требованию 1/3 учредителей </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">может быть </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>созвана</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">внеочередное общее собрание учредителей, решение на которой принимаются простым большинством голосов при присутствии не менее 2/3 учредителей </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для решения срочных вопросов в случае созыва внеочередного общего собрания </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">председатель </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информирует учредителей </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о дате, месте и времени проведения, повестке дня и регламенте работы общего собрания. Решения общего собрания могут приниматься в порядке письменного опроса учредителей </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>председатель Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">назначается сроком на 5 лет и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">действует от имени </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>без доверенности. В его компетенцию входит:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- определение приоритетности проектов и программ </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- решение других вопросов текущей деятельности </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- определение видов, размеров и направлений использования средств и имущества </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">- составление смет расходов проектов и программ </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>, годовых отчетов и балансов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">прием и исключение из членов </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>определение размеров вступительных и членских взносов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">решение вопросов об освобождении членов </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>от уплаты вступительных взносов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- внесение изменений и дополнений в Устав </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>с последующим утверждением на общем собрании учредителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- представление интересов </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">системе образования, в школах, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>органах государственной власти  и местного самоуправления, во всех предприятиях, учреждениях и организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- представление </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>в отношениях с республиканскими и иностранными, юридическими и физическими лицами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>- решение вопросов, связанных с заключением договоров, в том числе трудовых;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдача доверенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">открытие в банке расчетных  и других счетов </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">распоряжение денежными и материальными средствами </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- издание приказов, распоряжений, инструкций и других актов, обязательных для всех работников </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">составление штатного расписания аппарата </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>и структурных подразделений с дальнейшим утверждением на о</w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>бщем собрании учредителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">прием на работу и увольнение с работы сотрудников </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>аппарата</w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">назначение на должности руководителей структурных подразделений; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00730B5E">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>принятие мер по поощрению работников и наложение взысканий на них;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- распределение обязанностей между работниками </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>, определение их полномочий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- принятие решений о предъявлении от имени </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>претензий и исков к юридическим и физическим лицам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>5.8.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>онтрольным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> органом </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>является ревизионная комиссия (далее - Комиссия),</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Комиссия назначается общим собранием учредителей и состоит минимум из трех действующих членов, которые из своего состава избирают председателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рок полномочий Комиссии определен в 1 (один) год, в состав Комиссии не могут входить лица, занимающие штатные должности в </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совете</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>о истечении срока полномочий Комиссии его состав должен быть пересмотрен. Допускается утверждение членов Комиссии на новый срок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- з</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>аседание</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комиссии созывается его председателем по мере необходимости, но не реже 1 раза в год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>омиссия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">контролирует соблюдение устава </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и его хозяйственно-финансовую деятельность, законность и эффективность использования средств</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>роверки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Комиссии не должны нарушат</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>ь нормальный режим работы Совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>- к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>омиссия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>представляет на утверждение общ</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">его собрания учредителей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>отчет о своей работе, дает заключе</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>ние по годовому отчету и балансу Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>6. Сведения о филиалах и представительствах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>6.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">имеет право открывать филиалы и представительства на территории </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодарской области</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>6.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> филиалы и представительства разделяются имуществом и действуют на основании Положений о них, утверждаемых </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Советом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>6.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> руководителей филиалов и представительств назначает на должность и освобождает от должности </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>председатель Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>6.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> руководители филиалов и представительств действуют на основании доверенности, полученной от </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>6.5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на момент регистрации </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не имеет филиалов и представительств. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D6156" w:rsidRDefault="004D6156" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Имущество, средства </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>и их использование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>7.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156" w:rsidRPr="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совет</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">может иметь в собственности земельные участки, здания, строения, сооружения, транспорт, оборудование, </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>инвентарь, имущество культурно-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>просветительного и оздоровительного назначения, денежные средства, акции,</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A0332B">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>облигации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>, другие ценные бумаги и иное имущество для материального обеспечения деятельности предусмотренное настоящим Уставом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Собственность </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>охраняется законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>7.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Имущество и средства формируются за счет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>вступительных и членских взносов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>- добровольных денежных и иных взносов и пожертвований, в том числе с целевым назначением, на осуществление конкретных</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> программ Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- поступления от хозяйственной деятельности, осуществляемой в соответствии  с уставными целями </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- поступления от проведения в соответствии с Уставом благотворительных акций, аукционов, лотерей, лекций, выставок, спортивных и других мероприятий, проводимых </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Советом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>, доходов от предпринимательской и внешнеэкономической деятельности, других, не запрещенных законом поступлений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>7.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>может заниматься предпринимательской деятельностью, и приобретать для осуществления этой цели предприятия и другое имущество, если это необходимые для выполнения им своих уставных задач.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>7.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Доходы от пр</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>едпринимательской деятельности Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не могут быть пе</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>рераспределены  между членами Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и направляются исключительно</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на достижение уставных целей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>7.5.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Члены Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не имеют права собственности на долю имущества, принадлежащего </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совету</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-MO"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>1.</w:t>
+          <w:lang w:val="ru-MO"/>
+        </w:rPr>
+        <w:t>7.6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="009F4EC3">
+          <w:lang w:val="ru-MO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Содержание аппарата, предприятий, организаций </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Кеңестің </w:t>
+          <w:lang w:val="ru-MO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:lang w:val="ru-MO"/>
+        </w:rPr>
+        <w:t>осуществляется за счет различных пожертвований и сре</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-      </w:r>
+          <w:lang w:val="ru-MO"/>
+        </w:rPr>
+        <w:t>дств пр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="009F4EC3">
+          <w:lang w:val="ru-MO"/>
+        </w:rPr>
+        <w:t>едназначенных на развитие Уставных целей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="ru-MO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-MO"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>7.7.</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-MO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6156" w:rsidRPr="004D6156">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:lang w:val="ru-MO"/>
+        </w:rPr>
+        <w:t>Совет</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...48 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-MO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет право на создание фонда по повышению социальной защиты работников аппарата за счет своих средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D6156" w:rsidRDefault="004D6156" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Бухгалтерский учет и отчетность </w:t>
+      </w:r>
+      <w:r w:rsidR="002F1D3C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>8.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Учет и  документооборот в </w:t>
+      </w:r>
+      <w:r w:rsidR="002F1D3C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совете</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>, организуются в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>8.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бухгалтерский и статистический учет, баланс товарно-материальных ценностей, оформление финансовых документов осуществляет бухгалтер </w:t>
+      </w:r>
+      <w:r w:rsidR="002F1D3C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, назначаемый и освобождаемый от должности </w:t>
+      </w:r>
+      <w:r w:rsidR="002F1D3C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>председателем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Реорганизация и ликвидация </w:t>
+      </w:r>
+      <w:r w:rsidR="002F1D3C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>9.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="002F1D3C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009F4EC3">
-[...45 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прекращение деятельности </w:t>
+      </w:r>
+      <w:r w:rsidR="002F1D3C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>может быть произведено путем реорганизации (слияние, присоединение, разделение, выделение) или ликвидации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9.2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Решение о реорганизации или ликвидации </w:t>
+      </w:r>
+      <w:r w:rsidR="002F1D3C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>принимаетс</w:t>
+      </w:r>
+      <w:r w:rsidR="002F1D3C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я на общем собрании учредителей и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>считается принятым, если за него проголосовало 2/3 прис</w:t>
+      </w:r>
+      <w:r w:rsidR="002F1D3C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>утствующих учредителей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>9.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="002F1D3C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009F4EC3" w:rsidRPr="009F4EC3">
-[...1260 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ликвидация </w:t>
+      </w:r>
+      <w:r w:rsidR="002F1D3C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>может быть осуществлена ликвидационной комиссией, назначенной общим собранием учредителей или по решению суда в случае предусмотренных действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>9.4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Имущество и средства после расчетов по оплате труда работников </w:t>
+      </w:r>
+      <w:r w:rsidR="002F1D3C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Совета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>, других компенсационных выплат предусмотренных действующим законодательством и выполнения обязательств перед бюджетом, банком и друг</w:t>
+      </w:r>
+      <w:r w:rsidR="002F1D3C">
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>ими кредиторами, направляются на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> цели предусмотренные настоящим уставом, либо передаются в организации имеющих сходные цели и задачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRPr="00E26685" w:rsidRDefault="002F1D3C" w:rsidP="00105DA8">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...28 lines deleted...]
-        <w:ind w:left="720"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Председатель совета</w:t>
+      </w:r>
+      <w:r w:rsidR="00E26685">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:                     </w:t>
+      </w:r>
+      <w:r w:rsidR="00105DA8">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidR="00105DA8">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Крыкбесова Г.Ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...2620 lines deleted...]
-        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...369 lines deleted...]
-        <w:pStyle w:val="a5"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...2510 lines deleted...]
-        <w:pStyle w:val="a5"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...444 lines deleted...]
-        <w:pStyle w:val="a5"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...1408 lines deleted...]
-        <w:pStyle w:val="a5"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...121 lines deleted...]
-        <w:rPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="009B1F29">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B1F29" w:rsidRDefault="009B1F29" w:rsidP="009B1F29">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574F31" w:rsidRDefault="00574F31" w:rsidP="009B1F29">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00574F31" w:rsidRDefault="00574F31" w:rsidP="009B1F29">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="315" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00062BE4" w:rsidRDefault="00062BE4" w:rsidP="00062BE4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="222222"/>
-[...13 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00652B18" w:rsidRPr="00291B1A" w:rsidRDefault="00652B18" w:rsidP="00291B1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00652B18" w:rsidRPr="00291B1A" w:rsidSect="0044067F">
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="624" w:footer="624" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B726DF" w:rsidRDefault="00B726DF" w:rsidP="00836D33">
+    <w:p w:rsidR="00E05F06" w:rsidRDefault="00E05F06" w:rsidP="00E75E8C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B726DF" w:rsidRDefault="00B726DF" w:rsidP="00836D33">
+    <w:p w:rsidR="00E05F06" w:rsidRDefault="00E05F06" w:rsidP="00E75E8C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KZ Times New Roman">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="1607719"/>
+      <w:id w:val="1209626"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00836D33" w:rsidRDefault="00B726DF">
+      <w:p w:rsidR="00E75E8C" w:rsidRDefault="00E05F06">
         <w:pPr>
           <w:pStyle w:val="ae"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00FF507D">
+        <w:r w:rsidR="00105DA8">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>8</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00836D33" w:rsidRDefault="00836D33">
+  <w:p w:rsidR="00E75E8C" w:rsidRDefault="00E75E8C">
     <w:pPr>
       <w:pStyle w:val="ae"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B726DF" w:rsidRDefault="00B726DF" w:rsidP="00836D33">
+    <w:p w:rsidR="00E05F06" w:rsidRDefault="00E05F06" w:rsidP="00E75E8C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B726DF" w:rsidRDefault="00B726DF" w:rsidP="00836D33">
+    <w:p w:rsidR="00E05F06" w:rsidRDefault="00E05F06" w:rsidP="00E75E8C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="115C264C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CC1E10C6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="375" w:hanging="375"/>
       </w:pPr>
@@ -14051,159 +11824,156 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="96"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00062BE4"/>
     <w:rsid w:val="00012473"/>
+    <w:rsid w:val="00043299"/>
     <w:rsid w:val="00047837"/>
     <w:rsid w:val="00054F04"/>
     <w:rsid w:val="00062BE4"/>
-    <w:rsid w:val="000B7DEF"/>
+    <w:rsid w:val="000B6F66"/>
+    <w:rsid w:val="00105DA8"/>
     <w:rsid w:val="00185C27"/>
     <w:rsid w:val="001B7ECD"/>
-    <w:rsid w:val="001E5132"/>
+    <w:rsid w:val="0020115C"/>
     <w:rsid w:val="002114AC"/>
+    <w:rsid w:val="002271CE"/>
     <w:rsid w:val="00251D68"/>
     <w:rsid w:val="0028364A"/>
-    <w:rsid w:val="002B2C7B"/>
+    <w:rsid w:val="00291B1A"/>
     <w:rsid w:val="002F1D3C"/>
+    <w:rsid w:val="00353B8B"/>
     <w:rsid w:val="003558CB"/>
-    <w:rsid w:val="003571CF"/>
     <w:rsid w:val="00360278"/>
-    <w:rsid w:val="00363D31"/>
     <w:rsid w:val="00412472"/>
     <w:rsid w:val="0044067F"/>
+    <w:rsid w:val="004555C0"/>
     <w:rsid w:val="004615FA"/>
     <w:rsid w:val="00463286"/>
     <w:rsid w:val="004D6156"/>
     <w:rsid w:val="004E315F"/>
+    <w:rsid w:val="004E58B0"/>
     <w:rsid w:val="005441F6"/>
     <w:rsid w:val="00574F31"/>
     <w:rsid w:val="005B6D72"/>
-    <w:rsid w:val="006007A9"/>
     <w:rsid w:val="00652B18"/>
     <w:rsid w:val="0065371D"/>
+    <w:rsid w:val="006B748F"/>
     <w:rsid w:val="006D403F"/>
-    <w:rsid w:val="007071B0"/>
     <w:rsid w:val="00730B5E"/>
     <w:rsid w:val="007B7ACF"/>
     <w:rsid w:val="007D420A"/>
     <w:rsid w:val="007D6294"/>
     <w:rsid w:val="007E5996"/>
-    <w:rsid w:val="00836D33"/>
     <w:rsid w:val="00881A4C"/>
-    <w:rsid w:val="008F4D7C"/>
-    <w:rsid w:val="00902B48"/>
     <w:rsid w:val="009663C3"/>
     <w:rsid w:val="00992464"/>
     <w:rsid w:val="009B1F29"/>
     <w:rsid w:val="009F4EC3"/>
     <w:rsid w:val="00A0332B"/>
     <w:rsid w:val="00A11D25"/>
     <w:rsid w:val="00A84BEB"/>
     <w:rsid w:val="00AB02DB"/>
     <w:rsid w:val="00AE5051"/>
     <w:rsid w:val="00B35F39"/>
-    <w:rsid w:val="00B726DF"/>
     <w:rsid w:val="00BB5118"/>
-    <w:rsid w:val="00BE05C4"/>
     <w:rsid w:val="00BE553A"/>
     <w:rsid w:val="00BF50F6"/>
-    <w:rsid w:val="00C82150"/>
+    <w:rsid w:val="00CC72FD"/>
+    <w:rsid w:val="00D80AE3"/>
     <w:rsid w:val="00D92FF9"/>
     <w:rsid w:val="00DA0CC0"/>
     <w:rsid w:val="00DF49A2"/>
+    <w:rsid w:val="00E025A6"/>
+    <w:rsid w:val="00E05F06"/>
     <w:rsid w:val="00E26685"/>
+    <w:rsid w:val="00E5762D"/>
+    <w:rsid w:val="00E75E8C"/>
     <w:rsid w:val="00E841D4"/>
-    <w:rsid w:val="00EC5747"/>
     <w:rsid w:val="00EF5A61"/>
     <w:rsid w:val="00EF79F1"/>
+    <w:rsid w:val="00F20FEF"/>
     <w:rsid w:val="00F64D07"/>
-    <w:rsid w:val="00F96FD5"/>
+    <w:rsid w:val="00F75B56"/>
     <w:rsid w:val="00FC6581"/>
-    <w:rsid w:val="00FF507D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -14629,88 +12399,88 @@
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00054F04"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ad"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00836D33"/>
+    <w:rsid w:val="00E75E8C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ad">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00836D33"/>
+    <w:rsid w:val="00E75E8C"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00836D33"/>
+    <w:rsid w:val="00E75E8C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00836D33"/>
+    <w:rsid w:val="00E75E8C"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -14885,51 +12655,51 @@
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="1520654673">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000405_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1500000414" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -15176,70 +12946,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2815</Words>
-  <Characters>16048</Characters>
+  <Words>3007</Words>
+  <Characters>17146</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>133</Lines>
-  <Paragraphs>37</Paragraphs>
+  <Lines>142</Lines>
+  <Paragraphs>40</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18826</CharactersWithSpaces>
+  <CharactersWithSpaces>20113</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Master</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>