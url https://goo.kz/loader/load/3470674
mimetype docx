--- v0 (2025-12-05)
+++ v1 (2026-02-13)
@@ -1,14392 +1,22206 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="002C666A" w:rsidRPr="00AC5801" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B96859" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Бекітемін </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Утверждаю</w:t>
+        <w:t>№ 39 ОББМ директоры</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="002C666A">
-[...34 lines deleted...]
-    <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>____________    Е.И. Булгакова</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">                       02.09.2018г.</w:t>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B96859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     02.09.2018ж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="00D139E2" w:rsidRDefault="00D139E2" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№39 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>СРЕДНЕСРОЧНЫЙ ПЛАН РАЗВИТИЯ</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>нновациялы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>лг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>дег</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>гимназиялы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сыныптары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мектебінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="00D139E2" w:rsidP="00D139E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>школы № 39 инновационного типа с гимназическими классами</w:t>
+        <w:t xml:space="preserve">ОРТАМЕРЗІМДІ ДАМУ ЖОСПАРЫ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRPr="002E6AC6" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRPr="00106FC7" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="00D139E2" w:rsidRDefault="00D139E2" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00106FC7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Профессиональное развитие учителя в условиях обновления содержания образования</w:t>
+        <w:t>Жаңартылған білім мазмұны жағдайындағы ұстаздың кәсіптік дамуы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRPr="00106FC7" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>г. Павлодар, 2018 г.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRPr="0064619D" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRPr="00B96859" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRPr="007D0089" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="00D139E2" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007D0089">
+      <w:r w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Басымдық</w:t>
+      </w:r>
+      <w:r w:rsidR="0000190D" w:rsidRPr="003C59F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Приоритет: </w:t>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
         <w:rPr>
-          <w:rStyle w:val="c1"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>М</w:t>
+        <w:t>Әлем</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D4427">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
         <w:rPr>
-          <w:rStyle w:val="c1"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...73 lines deleted...]
-          <w:lang/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007D0089">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">учебно-воспитательной работы </w:t>
+        <w:t>төртінші</w:t>
       </w:r>
-      <w:r w:rsidRPr="007D0089">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">на основе критериев  программы </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007D0089">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:iCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>«Рухани жаңғыру».</w:t>
+        <w:t>индустриалды</w:t>
       </w:r>
-      <w:r w:rsidRPr="007D0089">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
         <w:rPr>
-          <w:rStyle w:val="c1"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve"> революция </w:t>
       </w:r>
-      <w:r w:rsidRPr="007D0089">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Принятие </w:t>
+        <w:t>дәуіріне</w:t>
       </w:r>
-      <w:r w:rsidRPr="007D0089">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 16 видов знаний и умений успешного человека в XXI веке, обозначенных Всемирным экономическим форумом. </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="007D0089">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Применение учителями 7- ми модулей – новых подходов к обучению</w:t>
+        <w:t>терең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жедел</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>өзгерістердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>дәуірі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>технологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>экономикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>әлеуметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>кезеңге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>кіреді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Мұндай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жағдайларда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сапасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>арттыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жүйесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>жаңғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ырту</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ерекше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>назар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>аудару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C666A" w:rsidRPr="007D0089" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="00B96859" w:rsidP="00B96859">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007D0089">
+      <w:r w:rsidRPr="003C59F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Ключевая задача:</w:t>
+        <w:t>Нег</w:t>
       </w:r>
-      <w:r w:rsidRPr="007D0089">
+      <w:r w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ізгі міндеттер</w:t>
+      </w:r>
+      <w:r w:rsidR="0000190D" w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="0000190D" w:rsidRPr="003C59F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Вовлечение всех участников учебно-воспитательного процесса в активную среду </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007D0089">
+      <w:r w:rsidRPr="003C59F9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:kern w:val="36"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">обновления содержания среднего образования. </w:t>
+        <w:t xml:space="preserve">Орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мазмұнын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жаңарту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>атысушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>үдерісіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>белсене</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>араласады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C59F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="2"/>
+        <w:tblStyle w:val="20"/>
         <w:tblW w:w="14850" w:type="dxa"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7621"/>
         <w:gridCol w:w="7229"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C666A" w:rsidRPr="007D0089" w:rsidTr="00BD7824">
+      <w:tr w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidTr="0000190D">
         <w:trPr>
           <w:trHeight w:val="4006"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="007D0089" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="00B96859">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007D0089">
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Приоритеты плана развития школы (ПРШ)</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="002C666A" w:rsidRPr="007D0089" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Мектеп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>дамуының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>басымдықтары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0082065B" w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (МДБ)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="00B96859">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D0089">
+            <w:r w:rsidRPr="003C59F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...23 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ұстаздар</w:t>
+            </w:r>
+            <w:r w:rsidR="0000190D" w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:lang w:eastAsia="en-US"/>
-[...48 lines deleted...]
-          <w:p w:rsidR="002C666A" w:rsidRPr="007D0089" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B96859" w:rsidRPr="003C59F9" w:rsidRDefault="00B96859" w:rsidP="00B96859">
+            <w:pPr>
+              <w:pStyle w:val="HTML"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жылдам өзгеретін нақты жағдайларға үнемі бейімделген икемді тактикалық әрекеттер бағдарламаларын әзірлеу. Мұғалімдер орта білім беру мазмұнын жаңарту тұрғысында ортақ ортаны құру дағдылары мен қабілеттерін жинақтау арқылы өз тәжірибесін жетілдіреді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B96859" w:rsidRPr="003C59F9" w:rsidRDefault="00B96859" w:rsidP="00B96859">
+            <w:pPr>
+              <w:pStyle w:val="HTML"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ақпараттық және коммуникациялық мәдениетті орта білім беру мазмұнын жаңарту контекстінде ұжымдық тәжірибенің ең маңызды құралдарының бірі ретінде дамыту.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B96859" w:rsidRPr="003C59F9" w:rsidRDefault="00B96859" w:rsidP="00B96859">
+            <w:pPr>
+              <w:pStyle w:val="HTML"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3. АКТ арқылы сабақтың белсенді нысандарын жүйелі түрде пайдалану.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D" w:rsidP="00B96859">
+            <w:pPr>
+              <w:pStyle w:val="HTML"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Орта білім беру мазмұнын жаңарту контексінде функционалдық сауаттылықты қалыптастыру және дамыту үшін мектеп тәжірибесін жетілдіру</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D" w:rsidP="00B96859">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...118 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
-            <w:r w:rsidRPr="007D0089">
-[...6 lines deleted...]
-              <w:t>Обосновывают значимость единства теоретических,  практических, технологических знаний и их влияние  на развитие ФГ.</w:t>
+            <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B96859" w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Олар теориялық, практикалық, технологиялық білімдердің бірлігін және олардың ФС дамуына әсерін негіздейді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="007D0089" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="00B96859" w:rsidRPr="003C59F9" w:rsidRDefault="00B96859">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Нәтижелері мен табыстары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B96859" w:rsidRPr="003C59F9" w:rsidRDefault="00B96859" w:rsidP="00B96859">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007D0089">
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="002C666A" w:rsidRPr="007D0089" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ұстаздар:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B96859" w:rsidRPr="003C59F9" w:rsidRDefault="00B96859" w:rsidP="00B96859">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1. Орта білім беру мазмұнын жаңарту контекстінде инновациялық қызметті дамыту үшін бірлескен ортаға жағдай жасайды</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B96859" w:rsidRPr="003C59F9" w:rsidRDefault="00B96859" w:rsidP="00B96859">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2. АКТ-ны іске асыруды қамтамасыз ететін ең тиімді білім беру технологияларын және ашық білім беру моделін таңдауға мүмкіндік береді</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="00B96859">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...19 lines deleted...]
-              <w:ind w:left="0" w:firstLine="0"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3. Оқушылардың функционалдық сауаттылықты дамытуға ықпал ететін үдерісіне қатысады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B96859" w:rsidRPr="003C59F9" w:rsidRDefault="00B96859" w:rsidP="00B96859">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4. Өмірде практикалық қолдану үшін қажетті оқушылардың психикалық дағдыларын қалыптастыруға және дамытуға үлес қосу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B96859" w:rsidRPr="003C59F9" w:rsidRDefault="00B96859" w:rsidP="00B96859">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5. Теориялық, практикалық және технологиялық білімнің бірліктерін оқушылардың ОЖ-ны дамыту үшін қолдана алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D">
+            <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...183 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C666A" w:rsidRPr="007D0089" w:rsidTr="00BD7824">
+      <w:tr w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidTr="0000190D">
         <w:trPr>
           <w:trHeight w:val="703"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="007D0089" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="00B96859">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007D0089">
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...9 lines deleted...]
-              </w:numPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оқушылар</w:t>
+            </w:r>
+            <w:r w:rsidR="0000190D" w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0082065B" w:rsidRPr="0082065B" w:rsidRDefault="0082065B" w:rsidP="0082065B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1. О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыту мен бағалаудан туындайтын қиындықтардың себептерін белгілеу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0082065B" w:rsidRPr="0082065B" w:rsidRDefault="0082065B" w:rsidP="0082065B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. Өзін-өзі бағалау және өзара бағалау арқылы білім деңгейін арттыру, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқушылардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ФС</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дамыту үшін қажетті.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0082065B" w:rsidRPr="0082065B" w:rsidRDefault="0082065B" w:rsidP="0082065B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3. Білім мазмұнын жаңартудың маңыздылығын түсіну.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B96859" w:rsidRPr="003C59F9" w:rsidRDefault="00B96859" w:rsidP="00B96859">
+            <w:pPr>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:ind w:left="0" w:firstLine="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...17 lines deleted...]
-              </w:numPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B96859" w:rsidRPr="003C59F9" w:rsidRDefault="00B96859" w:rsidP="00B96859">
+            <w:pPr>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:ind w:left="0" w:firstLine="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-                <w:b/>
-[...20 lines deleted...]
-              </w:numPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B96859" w:rsidRPr="003C59F9" w:rsidRDefault="00B96859" w:rsidP="00B96859">
+            <w:pPr>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:ind w:left="0" w:firstLine="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-                <w:b/>
-[...40 lines deleted...]
-              </w:numPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B96859" w:rsidRPr="003C59F9" w:rsidRDefault="00B96859" w:rsidP="00B96859">
+            <w:pPr>
               <w:pBdr>
                 <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-              <w:ind w:left="0" w:firstLine="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B96859" w:rsidRPr="003C59F9" w:rsidRDefault="00B96859" w:rsidP="00B96859">
+            <w:pPr>
+              <w:pBdr>
+                <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+              </w:pBdr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...10 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="007D0089" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="00B96859" w:rsidRPr="003C59F9" w:rsidRDefault="00B96859" w:rsidP="00B96859">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007D0089">
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...10 lines deleted...]
-              <w:ind w:left="0" w:firstLine="0"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оқушылар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0082065B" w:rsidRPr="0082065B" w:rsidRDefault="0082065B" w:rsidP="0082065B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>75 - 90% оқуға жа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ңа тәсілдерді енгізу процесіне оқушыларды </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тарту.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0082065B" w:rsidRPr="0082065B" w:rsidRDefault="0082065B" w:rsidP="0082065B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1. 70-80% оқушылар білім берудегі өзгерістердің қажеттілігін түсінеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0082065B" w:rsidRPr="0082065B" w:rsidRDefault="0082065B" w:rsidP="0082065B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2. Оқушылардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 80-90% алған білімдерін үйренуге және практикалық қолдануға эмоционалды-оң көзқарас танытады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0082065B" w:rsidRPr="0082065B" w:rsidRDefault="0082065B" w:rsidP="0082065B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушылардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 70-80% аудиторияда және сабақтан тыс іс-шараларда қажетті ақпаратты іздеуде, сондай-ақ өзін-өзі бағалау мен өзара бағалау дағдыларын дамытуда сенімді бола алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D" w:rsidP="0082065B">
+            <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D0089">
-[...125 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidTr="00BD7824">
+      <w:tr w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidTr="0000190D">
         <w:trPr>
           <w:trHeight w:val="703"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="0082065B" w:rsidRPr="003C59F9" w:rsidRDefault="0082065B">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006F683F">
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...5 lines deleted...]
-            <w:pPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Ата-аналар</w:t>
+            </w:r>
+            <w:r w:rsidR="0000190D" w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0082065B" w:rsidRPr="0082065B" w:rsidRDefault="0082065B" w:rsidP="0082065B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орта білім беру мазмұнын жаңартудың ерекшеліктерімен танысыңыз</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0082065B" w:rsidRPr="0082065B" w:rsidRDefault="0082065B" w:rsidP="0082065B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2. Орта білім беру мазмұнын жаңартудың маңыздылығын түсіну</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0082065B" w:rsidRPr="0082065B" w:rsidRDefault="0082065B" w:rsidP="0082065B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ФС</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балаларды дамыту шеңберінде</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0082065B" w:rsidRPr="003C59F9" w:rsidRDefault="0082065B" w:rsidP="0082065B">
+            <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006F683F">
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">1.Знакомятся с особенностями </w:t>
-[...60 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0082065B">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F683F">
+            <w:r w:rsidRPr="003C59F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ата-аналар</w:t>
+            </w:r>
+            <w:r w:rsidR="0000190D" w:rsidRPr="003C59F9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="006F683F">
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0082065B" w:rsidRPr="0082065B" w:rsidRDefault="0082065B" w:rsidP="0082065B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:bCs/>
-[...7 lines deleted...]
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,80% - орта білім мазмұнын жаңартудың маңыздылығын түсінеді және түсінеді</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0082065B" w:rsidRPr="0082065B" w:rsidRDefault="0082065B" w:rsidP="0082065B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2.100% - «Кунделик» бақылауымен жаңа тәсілдерді енгізуді ұйымдастыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...66 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRPr="0082065B" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="11"/>
-        <w:tblW w:w="15165" w:type="dxa"/>
+        <w:tblW w:w="16583" w:type="dxa"/>
         <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="3261"/>
         <w:gridCol w:w="2407"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="2125"/>
+        <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidTr="00BD7824">
+      <w:tr w:rsidR="0000190D" w:rsidTr="003C59F9">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1418" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="0000190D" w:rsidRPr="0082065B" w:rsidRDefault="0000190D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="0000190D" w:rsidRPr="0082065B" w:rsidRDefault="0082065B">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>месяц/год</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ай</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:i/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:i/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="0000190D" w:rsidRPr="0082065B" w:rsidRDefault="0082065B">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Іс-шара</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="0000190D" w:rsidRPr="0082065B" w:rsidRDefault="0082065B">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>мақсаты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="0000190D" w:rsidRPr="0082065B" w:rsidRDefault="0082065B">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ресурс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:i/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="0000190D" w:rsidRPr="0082065B" w:rsidRDefault="0082065B">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жауаптылар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Мониторинг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="0000190D" w:rsidRDefault="0082065B" w:rsidP="0082065B">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Критерии успеха</w:t>
+              <w:t>Жетістік критериі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidTr="00BD7824">
+      <w:tr w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidTr="003C59F9">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1418" w:type="dxa"/>
+          <w:trHeight w:val="704"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>09.18</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0082065B" w:rsidRPr="0082065B" w:rsidRDefault="0082065B" w:rsidP="0082065B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп қызметкерлерімен кезд</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>есу, 2018-2019 оқу жылындағы МДБ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> негізгі бағыттарымен танысу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0082065B" w:rsidRPr="0082065B" w:rsidRDefault="0082065B" w:rsidP="0082065B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мектеп тәжірибесіне өзгеріст</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ер енгізу процесін жалғастыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0082065B" w:rsidRPr="0082065B" w:rsidRDefault="0082065B" w:rsidP="0082065B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Команда құрамының көп бөлігін кәсіби дағдыларды жетілдіруге бағытталған шығармашылық жұмысқа тарту, оқыту мен оқыту сапасын арттыруға бағытталған орта білім берудің жаңартылған мазмұнын енгізуге жәрдемдесу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0082065B" w:rsidRPr="0082065B" w:rsidRDefault="0082065B" w:rsidP="0082065B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жаңа оқу жылында мектептің негізгі қызметін талдау.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D" w:rsidP="0082065B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0082065B" w:rsidRPr="0082065B" w:rsidRDefault="0082065B" w:rsidP="0082065B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Зерттеу нәтижелерімен та</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нысу, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мұғалімдердің тиімді кәсіби өсуіне ықпал ететін өзгерістер енгізуді жалғастыру қажеттігіне көз жеткізуге мүмкіндік береді</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidTr="003C59F9">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1418" w:type="dxa"/>
+          <w:trHeight w:val="704"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0082065B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оқу жылында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0082065B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Практикадағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рефлексия» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бағдарламасын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0082065B" w:rsidP="0082065B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог кадірларының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>біліктілігін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0000190D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0000190D" w:rsidRPr="003C59F9" w:rsidRDefault="0082065B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>імдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> даму </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>процесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>қатысады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C59F9" w:rsidRPr="0082065B" w:rsidTr="003C59F9">
         <w:trPr>
           <w:trHeight w:val="704"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...102 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>29.08.18</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...94 lines deleted...]
-              <w:pStyle w:val="a3"/>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="0082065B" w:rsidRDefault="003C59F9" w:rsidP="0082065B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогикалық кеңес барысында</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>педагогикалық кездесуі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="0082065B" w:rsidRDefault="003C59F9" w:rsidP="0082065B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«2018-2019 жылдардағы Қазақстан Республикасының жалпы білім беру мектептерінде оқу процесін ұйымдастырудың ерекшеліктері туралы».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="0082065B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...37 lines deleted...]
-              <w:t xml:space="preserve">Вовлечь большую часть коллектива в творческую работу, направленную на повышение профессионального мастерства, </w:t>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">2018-2019 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жылындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>оқ</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="006F683F">
-[...6 lines deleted...]
-              <w:t>способствующей</w:t>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>у-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="006F683F">
-[...47 lines deleted...]
-              <w:t>Проанализировать основные направления деятельности школы в новом учебном году.</w:t>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ережелерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>зерделеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жаңа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жылында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>үрдісін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ұйымдастыруда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>студенттермен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бірге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жасауда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ӘНХ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>маңызды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мәселелерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>пайдалану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>қажеттілігін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>айқындайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мұғалімдердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>қарым-қатынастарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>көтермелеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="0082065B" w:rsidRDefault="003C59F9" w:rsidP="0082065B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">2018-2019 оқу жылында Қазақстан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Республикасының жалпы білім беретін мектептерінде оқу процесін ұйымдастырудың ерекшеліктері туралы: оқу-әдістемелік хат. - Астана: Ұлттық білім беру академиясы. Ы.Алтынсарин.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...14 lines deleted...]
-            </w:r>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="317"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...165 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2 деңгейлі ұстаздар</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...21 lines deleted...]
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="004378A7">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...5 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Есептер, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>презентаци</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ялар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="004378A7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мұғалімдердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>көшбасшылары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>умабаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> А.К</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="004378A7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Трушакова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Е.В</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="004378A7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="004378A7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="004378A7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="004378A7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="004378A7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="004378A7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="004378A7">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...14 lines deleted...]
-            </w:r>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="0082065B" w:rsidRDefault="003C59F9" w:rsidP="004378A7">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Іс-шара нәтижелері </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>туралы кері байланыс</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="004378A7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidTr="00BD7824">
+      <w:tr w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidTr="003C59F9">
         <w:trPr>
           <w:trHeight w:val="704"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="00AF31DB" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...53 lines deleted...]
-              <w:t xml:space="preserve">  года</w:t>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>08-09. 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...31 lines deleted...]
-              <w:t>в практике"</w:t>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2018-2019 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жылдардағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мектеп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>дамуының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>басымдықтарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>айқындау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мазмұнын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жаңарту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ғысынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...18 lines deleted...]
-              <w:t>Профессиональное развитие педагогических кадров</w:t>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="0082065B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2018-2019 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жылындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мектепті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>дамыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ба</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ғдарламасын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>зерделеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>талдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Кү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>шт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>әлсіз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жақтарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>анықтаңыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. SWOT </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>талдауын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>сауалнаманы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>талдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>арқылы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мүмкінді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ктер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>кемшіліктерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>анықта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>аңа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жылының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> даму </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>басымдықтарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>айқындау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...13 lines deleted...]
-              <w:t>Образовательная программа профессионального развития педагогических кадров в общеобразовательных школах "Рефлексия в практике"</w:t>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Мектепті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>дамыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бағдарламасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>, SWOT-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>талдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>әдісі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>сұра</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жауап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...32 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1 деңгейлі ұстаздар</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...18 lines deleted...]
-              <w:t>Обратная связь по результатам проведенных занятий</w:t>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="004378A7">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жалпы білім беру мектептеріндегі педагогикалық кадрлардың біліктілігін арттырудың «Практикадағы рефлексия» оқу бағдарламасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="004378A7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мектеп </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тренер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>лері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="004378A7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="0082065B" w:rsidRDefault="003C59F9" w:rsidP="004378A7">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сыныптар нәтижесі бойынша кері байланыс</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="004378A7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidTr="00BD7824">
+      <w:tr w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidTr="003C59F9">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1418" w:type="dxa"/>
           <w:trHeight w:val="704"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>3</w:t>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>29.08.18</w:t>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>09. 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...40 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Мектеп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>әкімшілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мүдделі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мұғалімдермен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">ых школах </w:t>
-[...49 lines deleted...]
-            </w:pPr>
+              <w:t>деректерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>талқылау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>әсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>әңгімесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Изучить основные положения</w:t>
+              <w:t>Ә</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="006F683F">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> И</w:t>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="006F683F">
-[...50 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>іптестерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>сауалнама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>нәтижелерімен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мектеп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>деректері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> SWOT </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>образовательного процесса в новом учебном году;</w:t>
-[...31 lines deleted...]
-            </w:pPr>
+              <w:t>талдауымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>таныстыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>МДБ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бағыттарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>анықта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Мектеп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>імдерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>қауымдастығын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>қалыптастыруды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жалғастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мектептегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тәжірибені</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>трансформациялауды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жалғастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...1 lines deleted...]
-              <w:pStyle w:val="a5"/>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="0082065B">
+            <w:pPr>
+              <w:pStyle w:val="HTML"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WOT талдау, деректердің сауалнама </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>нәтижелері.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="0082065B" w:rsidRDefault="003C59F9" w:rsidP="0082065B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімдер, әкімшілік</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:ind w:left="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...85 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...16 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Учителя 2 уровня</w:t>
-            </w:r>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>қоғамдастық</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ты</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>оқытушылары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>әкімшілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...32 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="0082065B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Критерийлерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ба</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ғалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>әдістерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>енгізу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>МДБ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>негізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бағыттарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>анықтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...89 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="0082065B" w:rsidRDefault="003C59F9" w:rsidP="0082065B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>идеи</w:t>
-[...54 lines deleted...]
-            </w:r>
+              <w:t>Мұғалімдер мектепті дамытудың күш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ті </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>және әлсіз тұстарын біледі, МДБ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> негізгі бағыттарының мәнін түсінеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="0082065B" w:rsidRDefault="003C59F9" w:rsidP="0082065B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алдағы өзгерістер м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ен ынтымақтастыққа дайын болады</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidTr="00BD7824">
+      <w:tr w:rsidR="003C59F9" w:rsidTr="003C59F9">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1418" w:type="dxa"/>
           <w:trHeight w:val="704"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>4</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...14 lines deleted...]
-            </w:r>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>8</w:t>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>09. 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="0082065B" w:rsidRDefault="003C59F9" w:rsidP="0082065B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Стратегиялық даму жоспарын әзірлеу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...87 lines deleted...]
-            </w:r>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="0082065B">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...109 lines deleted...]
-              <w:t>Выявить проблемы и определить приоритеты развития на новый учебный год.</w:t>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Мектепте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>практиканы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>енгізуді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жалғастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>әдістері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тәсілдерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>анықтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>талқылау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мазмұнын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>енгізудің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>стратегиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жоспарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>әзірлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқушылардың ФС</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>дамыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мақсатында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="0082065B" w:rsidRDefault="003C59F9" w:rsidP="0082065B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>SWOT-анализ, 1-деңгейдегі оқу құралы, әдістемелік әдебиеттер.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="0082065B" w:rsidRDefault="003C59F9" w:rsidP="0082065B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімдер тобы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...32 lines deleted...]
-            </w:r>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...14 lines deleted...]
-            </w:r>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Шығармашылық топ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="0082065B" w:rsidRDefault="003C59F9" w:rsidP="0082065B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>МДБ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> SWOT-талдау, сауалнама жүргізу, мұғаліммен сұхбат</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...63 lines deleted...]
-            </w:r>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...35 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="0082065B" w:rsidRDefault="003C59F9" w:rsidP="0082065B">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0082065B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімдер мектеп дамуының стратегиялық жоспарының негізгі бағыттарын біледі. Бірлескен шешімдерді қажет ететін мәселелерді түсіну және анықтау.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidTr="00BD7824">
+      <w:tr w:rsidR="003C59F9" w:rsidTr="003C59F9">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1418" w:type="dxa"/>
           <w:trHeight w:val="704"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...14 lines deleted...]
-            </w:r>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>27.10.18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="1"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>коучинг</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Формивтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бағ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>алау</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тапсырмаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>дайындау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ерекшеліктері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="003C59F9">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форативтік бағалау т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұжырымдамасының мәнін кеңейту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>. Оқытушыға қалыптастырушы бағалаудың мәнін түсінуге көмектесу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">астауыш және жалпы білім беретін мектептердің мұғалімдеріне арналған форматтағы бағалау (Оқу құралы), NIS сайт және олардың NAO. Ы.Алтынсарин, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ПШО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> әдістемелік ұсынымдары, үлестірілімі, мұғалімдердің жеке тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> деңгейлі ұстаздар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сынып ұстаздары </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Коучинг қатысушыларының кері байланысы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="003C59F9">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Команда мүшелері форматтық бағалау үшін жазбаша тапсырмалардың тиімділігін түсінеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C59F9" w:rsidTr="003C59F9">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1418" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>11.18</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>12.18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...16 lines deleted...]
-              <w:t>Профессиональная беседа «Обсуждение полученных данных  с администрацией школы  и заинтересованными учителями».</w:t>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Менторинг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="003C59F9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Тақырыптық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>коучингтің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ерекшеліктері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тақырыбына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мектеп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> даму </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жоспарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="003C59F9">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоспарланған коучингтің ерекшеліктері туралы білу, қорытуды жүзеге асыра білу, анықталған мәселе бойынша каталог жасау және толықтыру үшін әдістемелік және ғылыми әдебиеттерді оқып үйрену.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="003C59F9">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...82 lines deleted...]
-            </w:r>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...26 lines deleted...]
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1, 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>деңгейлі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мұғалімдерге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>нұсқаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>, интернет-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ресурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>оқ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>у-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>құралдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>оқытушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="003C59F9">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көшбасшылар, мұғалімдер, даму тобы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...14 lines deleted...]
-            </w:r>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="003C59F9">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>каталог жасау.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="003C59F9">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тәжірибе алмасу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="003C59F9">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Топтың мүшелері жоспарланған коучингтің маңыздылығын мектеп тәжірибесінің өзгеруінің негізгі бағыттарына сәйкес анықтай алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C59F9" w:rsidTr="003C59F9">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1418" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>24. 11.18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ұтаздарға арналған к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оучинг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="003C59F9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Критери</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">алды </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағалау білім беру қызметін бақылау және бағалау әдісі ретінде»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="003C59F9">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тренерлік қатысушыларды оқу үдерісін ұйымдастырудағы заманауи және тиімді педагогикалық тәсілдер мен әдістерді түсінуге көмектесу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="003C59F9">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«2017-2018 оқу жылындағы Қазақстан Республикасының жалпы білім беретін мектептерінде оқу процесін ұйымдастыру ерекшеліктері туралы» нұсқаулық-әдістемелік хат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="003C59F9">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="003C59F9">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>интерактивті тақта, таратылатын материалдар, плакаттар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...16 lines deleted...]
-              <w:t>Учителя  профессионального сообщества, администрация</w:t>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2 деңгейлі ұстаздар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...34 lines deleted...]
-            </w:r>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Нәтижелер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>кері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>коучинг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2125" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="003C59F9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мұғалімдер критериалды </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағалауы оқу іс-әрекетін бағалауға және бағалауға көмектесетінін біледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="003C59F9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...42 lines deleted...]
-              <w:t>преобразованиям и сотрудничеству.</w:t>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidTr="00BD7824">
+      <w:tr w:rsidR="003C59F9" w:rsidTr="003C59F9">
         <w:trPr>
-          <w:trHeight w:val="704"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1418" w:type="dxa"/>
+          <w:trHeight w:val="2967"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>6</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>8</w:t>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>11.2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ата-аналарға арналған к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оучинг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="003C59F9">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Күнделікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жүйенің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>өлі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>маңызы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="003C59F9">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ата-аналарды инклюзивті білім берудің 8 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидатын қабылдау үшін дайындау</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="003C59F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«2017-2018 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жылындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Республикасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>беретін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мектептерінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>процесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ұйымдастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ерекшеліктері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>нұсқаулық-әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>интерактивті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тақ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>та</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>таратылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>материалдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2 деңгейлі ұстаздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-шара </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>кері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Ата-аналар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>күнделік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жүйе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>нің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>арты</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>қшылықтарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>түсінеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C59F9" w:rsidTr="003C59F9">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1418" w:type="dxa"/>
+          <w:trHeight w:val="2967"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>12.18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...16 lines deleted...]
-              <w:t>Разработка стратегического плана развития.</w:t>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оқушыларға арналған к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оучинг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Мәңгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Е</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">л» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>идеясының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>асуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> »</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="003C59F9">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оқушылар «Мәңгілік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C59F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ел» ұлттық идеясының маңыздылығын бағалай алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...63 lines deleted...]
-            </w:r>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...25 lines deleted...]
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Бейнероликтер, әдістемелік басылымдарының материалдары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...14 lines deleted...]
-            </w:r>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...28 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1 деңгейлі және тарих пәні ұстаздары</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...34 lines deleted...]
-              <w:t>–анализа, анкетирование, интервьюирование учителей.</w:t>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="00F81587" w:rsidP="00F81587">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сауалнама және интервью </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2125" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...25 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="00F81587" w:rsidP="00F81587">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Оқушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «М</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әңгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Е</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">л» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>идеясының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>маңыздылығын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>түсінеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidTr="00BD7824">
+      <w:tr w:rsidR="003C59F9" w:rsidTr="003C59F9">
         <w:trPr>
-          <w:trHeight w:val="704"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1418" w:type="dxa"/>
+          <w:trHeight w:val="3392"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>27.10.18</w:t>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>12. 2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="00516FF5" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...78 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="00F81587">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Сертифика</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тталған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ұғалімдердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқушыла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">р мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ата-аналардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мониторингі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>сауалдама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="00881100" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="00F81587" w:rsidRPr="00F81587" w:rsidRDefault="00F81587" w:rsidP="00F81587">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өрлеу» Ұлттық білім беру орталығының филиалдарында 2 (негізгі) және 3 (базалық) деңгейлердегі курстарды аяқтаған сертификатталған оқытушылардың кәсіби қызметінің сапалық өзгерістерін анықтау</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...14 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="00F81587">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сауалнама:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F81587" w:rsidRPr="00F81587" w:rsidRDefault="00F81587" w:rsidP="00F81587">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Нәтижелерді өңдеудің статистикалық әдістері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F81587" w:rsidRPr="00F81587" w:rsidRDefault="00F81587" w:rsidP="00F81587">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Нәтижелерді салыстырмалы талдау әдісі (қорыту, түсіндіру).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="003C59F9" w:rsidP="00F81587">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="00F81587">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1 деңгейлі ұстаздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="00F81587">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Мониторингтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>зерттеулер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="00F81587">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Мұғалімдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мониторингіге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>қатысады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, ал </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>оқушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ата-аналар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>сауалнама</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>қатысады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidTr="003C59F9">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1418" w:type="dxa"/>
+          <w:trHeight w:val="3392"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> оценивания. </w:t>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>01-02.19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F81587" w:rsidRPr="00F81587" w:rsidRDefault="00F81587" w:rsidP="00F81587">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Әдістемелік жәшік» конкурсы (ф</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">орматтық бағалау үшін ең жақсы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тапсырмалар)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="00F81587">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Мұғалімдерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>белсенді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>түрде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тарату</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>өз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тәжірибелерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>насихаттауға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тарту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="00C83641" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...68 lines deleted...]
-          <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="00F81587">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...82 lines deleted...]
-              <w:t xml:space="preserve"> раздаточный материал, личный опыт учителей</w:t>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сайыс ережесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...67 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="00F81587">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сертиф</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ұстаздар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...48 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="00F81587">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сайыс нәтижесі</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2125" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="00BA5CFE" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...42 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00F81587" w:rsidRPr="00F81587" w:rsidRDefault="00F81587" w:rsidP="00F81587">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімдер өз тәжірибелерін көрсете алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidTr="00BD7824">
+      <w:tr w:rsidR="003C59F9" w:rsidTr="003C59F9">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1418" w:type="dxa"/>
+          <w:trHeight w:val="3392"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>8</w:t>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...43 lines deleted...]
-              <w:t>8</w:t>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>01. 2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="00F81587">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="317"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="006F683F">
+            <w:r w:rsidRPr="00F81587">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ұстаздарға арналған к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оучинг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003C59F9" w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="00F81587">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="317"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> «Особенности проведения </w:t>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Материалды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>сапалы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>игеру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>өзі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="006F683F">
-[...6 lines deleted...]
-              <w:t>тематических</w:t>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>н-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="006F683F">
-[...26 lines deleted...]
-              <w:t>» в соответствии с темой и планом развития школы.</w:t>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>өзі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бағалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>өзара</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бағалаудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>маңыздылығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="00F81587">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...39 lines deleted...]
-              <w:t>генерализацию</w:t>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мазмұнын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жаңарту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>контекстінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ү</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="006F683F">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>шт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>оқытуды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ұйымдастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мәселелерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>талқылау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Инновациялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>әдістер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>енгізу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>арқылы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тілдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мәдениеттерге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>эмоциялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>құндылықтарға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>қатынасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>көп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тілді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тұлғаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>қалыптастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мәселесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>қарау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003C59F9" w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
-            </w:r>
-[...79 lines deleted...]
-              <w:t>в практической деятельности.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00F81587" w:rsidRPr="00F81587" w:rsidRDefault="00F81587" w:rsidP="00F81587">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>интерактивті тақта, таратылатын материалдар, жапсырмалар, маркерлер, интернет-ресурстар, плакаттар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="003C59F9" w:rsidP="00F81587">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="00F81587">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="317"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...34 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2 деңгейлі ұстаздар</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="00F81587">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-шара </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>кері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F81587" w:rsidRPr="00F81587" w:rsidRDefault="00F81587" w:rsidP="00F81587">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқытушылар материалды сапалы оқыту үшін өзін-өзі бағалау мен өзара бағалаудың маңыздылығын анықтайды</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="003C59F9" w:rsidP="00F81587">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...16 lines deleted...]
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C59F9" w:rsidTr="00F81587">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1418" w:type="dxa"/>
+          <w:trHeight w:val="1555"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...14 lines deleted...]
-            </w:r>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>02.19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F81587" w:rsidRPr="00F81587" w:rsidRDefault="00F81587" w:rsidP="00F81587">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ментеринг </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Орта білім беру мазмұнын жаңарту контекстінде инновациялық қызметті дамыту» шеңберінде бірқатар дәйекті сабақ өткізу бойынша жетекші маман</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F81587" w:rsidRPr="00F81587" w:rsidRDefault="00F81587" w:rsidP="00F81587">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бірізді сабақтар сериясын өткізу кезінде күшті және әлсіз жақтарды анықтаңыз, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚМЖ мен ОМЖ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, байқау парақтарын құрастырыңы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F81587" w:rsidRPr="00F81587" w:rsidRDefault="00F81587" w:rsidP="00F81587">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«2017-2018 оқу жылындағы Қазақстан Республикасының жалпы білім беретін мектептерінде оқу процесін ұйымдастыру ерекшеліктері туралы» нұсқаулық-әдістемелік хат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F81587" w:rsidRPr="00F81587" w:rsidRDefault="00F81587" w:rsidP="00F81587">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00F81587" w:rsidRPr="00F81587" w:rsidRDefault="00F81587" w:rsidP="00F81587">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>нұсқаулық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 және 2 деңгейлер.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F81587" w:rsidRPr="00F81587" w:rsidRDefault="00F81587" w:rsidP="00F81587">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>IMP 2017-2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F81587" w:rsidRPr="00F81587" w:rsidRDefault="00F81587" w:rsidP="00F81587">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«2017-2018 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="00F81587">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1 деңгейлі ұстаздар</w:t>
+            </w:r>
+            <w:r w:rsidR="003C59F9" w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F81587" w:rsidRPr="00F81587" w:rsidRDefault="00F81587" w:rsidP="00F81587">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тәлімгерліктің қорытындысы бойынша кері байланыс.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...46 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00F81587" w:rsidRPr="00F81587" w:rsidRDefault="00F81587" w:rsidP="00F81587">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімдер бірнеше сабақ сабақтарын жүргізу кезінде күшт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і және әлсіз жақтарын біледі, КМЖ мен ОМЖ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F81587">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> құру, бақылау парақтар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00F81587" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidTr="00BD7824">
+      <w:tr w:rsidR="003C59F9" w:rsidRPr="00DE5AB6" w:rsidTr="003C59F9">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1418" w:type="dxa"/>
+          <w:trHeight w:val="1555"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>9</w:t>
+              <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9" w:rsidP="00DE5AB6">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 02-03. 2019(</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>тізбектер сабақтар</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>8</w:t>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сабақты қолдану арқылы сабақ жүргізу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>LessonStudy тақырыбы: «Жаңа бағалау жүйесі»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ішінде</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Орта білім беру мазмұнын жаңарту тұрғысынан инновацияны енгізу»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00DE5AB6" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>З</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ерттеу үрдісіне мұғалімдерді өз іс-әрекеттерін тереңірек түсіну және жетілдіру үшін тарту:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Зерттеудің негізгі идеясын анықталған мәселеге сәйкес анықтау.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сыныпты таңдау критерийлерін анықтаңыз, оқыған үш студент.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Байқау, сұхбаттасу, талқылау, сабақты талдау критерийлерін анықтаңыз.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Критериалды бағалаудың тиімділігін талдау</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00DE5AB6" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ОМЖ</w:t>
+            </w:r>
+            <w:r w:rsidR="003C59F9" w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бағалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>парақтары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>еңгейлі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тапсырмаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ФС</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>әзірлеуге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тапсырмаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>орындауға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мүмкіндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>береді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00DE5AB6" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>LS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> зерттеу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00DE5AB6" w:rsidRDefault="003C59F9" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2 деңгейлі ұстаздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>З</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ерттеуді, байқау парақтарын, сұхбаттасу нәтижелерін, тапсырмалардың каталогын, рефлексиялық есептерді жүзеге асыру кезінде кері байланыс.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00DE5AB6" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімдер өз тәжірибесін көрсете алады</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Орта білім беру мазмұнын жаңарту тұрғысынан инновацияны енгізу»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Олар ФС</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дамыту үшін оқытуда жаңа тәсілдерді қолданудың тиімділігін бағалай алады</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу мен оқыту сапасын жақсарту үшін қажетті түзетулер енгізеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00DE5AB6" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C59F9" w:rsidTr="003C59F9">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1418" w:type="dxa"/>
+          <w:trHeight w:val="1555"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00DE5AB6" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>02-04.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00DE5AB6" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>« Жаңа бағалау жүйесі»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ішінде</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Орта білім беру мазмұнын жаңарту тұрғысынан инновацияны енгізу»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тақырыбына</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сабақтар өткізу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00DE5AB6" w:rsidRDefault="003C59F9" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="006F683F">
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...86 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Actionresearch</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:rPr>
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Зерттеу үрдісіне мұғалімдерді өз іс-әрекеттерін тереңірек түсіну және жетілдіру үшін тарту:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Зерттеудің негізгі идеясын анықталған мәселеге сәйкес анықтау.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Байқау, сұхбаттасу, талқылау, сабақты талдау критерийлерін анықтаңыз.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жаңа оқу әдістерін қолданудың тиімділігін талдау</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>«Орта білім беру мазмұнын жаңарту тұрғысынан инновацияны енгізу»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00DE5AB6" w:rsidRDefault="003C59F9" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ОМЖ</w:t>
+            </w:r>
+            <w:r w:rsidR="003C59F9" w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жаңа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>көзқарастарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, АКТ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ресурстарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>пайдалану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 деңгейлі ұстаздардың жұмыстағы тәжірибесі </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00DE5AB6" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Actionresearch</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Зерттеуді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>барысында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>кері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Мұғалімдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>өз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тәжірибесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>көрсете</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>алады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мазмұнын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жаңарту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тұрғысынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>инновацияны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>енгізу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Олар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ФС </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>дамыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>оқытуда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жаңа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тәсілдерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>қолданудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тиімділігін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бағалай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>алады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>О</w:t>
             </w:r>
-            <w:r w:rsidRPr="006F683F">
-[...15 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>қу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>сапасын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жақсарту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>қажетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>түзетулер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>енгізеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C59F9" w:rsidTr="003C59F9">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1418" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>03.19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="005E40E8" w:rsidRDefault="00DE5AB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ұстаздарға арналған к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003C59F9" w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оучинг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003C59F9" w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №4 .</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="005E40E8" w:rsidRDefault="003C59F9" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE5AB6" w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Кері байланыстың түрлері мен әдістері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Дамудың негізгі құндылықтарын көрсететін «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мәңгілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ел» 7 принципі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мүдделері мен Қазақстан халқының тарихи тағдыры.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімдерді таныстыру</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="005E40E8" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6" w:rsidRDefault="00DE5AB6" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Интернет-ресурстар, таратылымдар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6" w:rsidRDefault="005E40E8" w:rsidP="00DE5AB6">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ПШО</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE5AB6" w:rsidRPr="00DE5AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> әдістемелік ұсыныстары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="005E40E8" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="005E40E8" w:rsidRDefault="005E40E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2 деңгейлі ұстаздар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="005E40E8" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="005E40E8" w:rsidRDefault="005E40E8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Коучинг қатысушыларының кері байланысы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="005E40E8" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005E40E8" w:rsidRPr="005E40E8" w:rsidRDefault="005E40E8" w:rsidP="005E40E8">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімдер кері байланыстың әртүрлі формалары мен түрлерімен танысады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="005E40E8" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C59F9" w:rsidTr="003C59F9">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1418" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>04.19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005E40E8" w:rsidRPr="005E40E8" w:rsidRDefault="005E40E8" w:rsidP="005E40E8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ата-аналарға к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оучинг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003C59F9" w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="005E40E8" w:rsidRDefault="005E40E8" w:rsidP="005E40E8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жаңа бағала</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>у жүйесінің негізгі принциптері»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="005E40E8" w:rsidRDefault="005E40E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( 1-8 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сыныптарға</w:t>
+            </w:r>
+            <w:r w:rsidR="003C59F9" w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="005E40E8" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:jc w:val="center"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="005E40E8" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="005E40E8" w:rsidRDefault="005E40E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Ата-аналарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="006F683F">
-[...14 lines deleted...]
-              <w:t>-</w:t>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жа</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="006F683F">
-[...38 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ңа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бағалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жүйесінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>негізг</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>принциптерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>түсінуге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>дайында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="005E40E8" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="005E40E8" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="00357B93" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...93 lines deleted...]
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="005E40E8" w:rsidRDefault="005E40E8">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...23 lines deleted...]
-              <w:t>постеры</w:t>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«2017-2018 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жылындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Республикасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>беретін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мектептерінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>процесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ұйымдастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ерекшеліктері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>нұсқаулық-әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>интерактивті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тақ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>та</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>таратылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>материалдар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-            <w:pPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="005E40E8" w:rsidRDefault="005E40E8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2 деңгейлі ұстаздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005E40E8" w:rsidRPr="005E40E8" w:rsidRDefault="005E40E8" w:rsidP="005E40E8">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Іс-шара нәтижелері туралы кері байланыс</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="005E40E8" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="005E40E8" w:rsidRPr="005E40E8" w:rsidRDefault="005E40E8" w:rsidP="005E40E8">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-аналар жаңа бағалау жүйесін енгізу қажеттілігін түсінеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="005E40E8" w:rsidRDefault="003C59F9" w:rsidP="005E40E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C59F9" w:rsidTr="003C59F9">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1418" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>04.19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="005E40E8" w:rsidRDefault="005E40E8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...10 lines deleted...]
-              <w:t>Учителя 2 уровня</w:t>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оқушыларға арналған к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003C59F9" w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>оучинг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003C59F9" w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -  № 2 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="005E40E8" w:rsidRDefault="005E40E8" w:rsidP="005E40E8">
+            <w:pPr>
+              <w:pStyle w:val="1"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>болашақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>мамандықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>таңдаудың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бастаушысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="005E40E8" w:rsidRDefault="005E40E8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2104"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">ХХІ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ғасырда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>табысты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>адамның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 16 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>дағдыларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>атап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>өткен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Д</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>үниежүзілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>экономикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>форумның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>қорытындыларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>таныстыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="005E40E8" w:rsidRDefault="005E40E8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>интерактивті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ақ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>та</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>таратылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>материалдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>апсырмалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>маркерлер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>, интернет-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ресурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>плакаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005E40E8" w:rsidRPr="005E40E8" w:rsidRDefault="005E40E8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1 деңгейлі ұстаздар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="005E40E8" w:rsidRDefault="003C59F9" w:rsidP="005E40E8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="005E40E8" w:rsidRDefault="005E40E8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-шара </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> фото </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>бейне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>материалдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="005E40E8" w:rsidRPr="005E40E8" w:rsidRDefault="003C59F9" w:rsidP="005E40E8">
+            <w:pPr>
+              <w:pStyle w:val="HTML"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E40E8" w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оқушылар </w:t>
+            </w:r>
+            <w:r w:rsidR="005E40E8" w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дүниежүзілік экономикалық форумның </w:t>
+            </w:r>
+            <w:r w:rsidR="005E40E8" w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>нәтижелерімен танысады, ол 21-ші ғасырда табысты адамның білімі мен дағдысының 16 түрін, мамандықты таңдауда сапалы білім беру қажеттілігін анықта</w:t>
+            </w:r>
+            <w:r w:rsidR="005E40E8" w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>й</w:t>
+            </w:r>
+            <w:r w:rsidR="005E40E8" w:rsidRPr="005E40E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="005E40E8" w:rsidRDefault="003C59F9" w:rsidP="005E40E8">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2104"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidTr="003C59F9">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1418" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>04.19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidRDefault="003C59F9" w:rsidP="005E40E8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Менторинг</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000F02CA" w:rsidRPr="000F02CA" w:rsidRDefault="000F02CA" w:rsidP="005E40E8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Оқу сабақтарын құрастыру кезінде қандай критерийлерді ескеру керек?»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000F02CA" w:rsidRPr="000F02CA" w:rsidRDefault="000F02CA" w:rsidP="000F02CA">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқытушыларды әдістемелік нұсқаулық жасау үшін қажетті негізгі критерийлермен таныстыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000F02CA" w:rsidRPr="000F02CA" w:rsidRDefault="000F02CA" w:rsidP="000F02CA">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдістемелік әдебиет, әзірленген тапсырмалар, сабақтар мен нұсқаулықтар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidRDefault="000F02CA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1 деңгейлі ұстаздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidRDefault="000F02CA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Шығаруғу дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidRDefault="000F02CA" w:rsidP="000F02CA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оқытушылар </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әдістемелік құрал </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>құрастыру өлшемдерімен таныс болады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C59F9" w:rsidTr="000F02CA">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1418" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>04.19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Фестиваль «</w:t>
+            </w:r>
+            <w:r w:rsidR="000F02CA" w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000F02CA" w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Горизонттарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000F02CA" w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000F02CA" w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>кеңейту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="000F02CA" w:rsidRPr="000F02CA" w:rsidRDefault="000F02CA" w:rsidP="000F02CA">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№39 о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рта мектептің мұғалімдері арасында  тәжірибе алмасу үшін Actionresearch тәжірибесін бөлісу үшін бірлескен ортаны құру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidRDefault="000F02CA">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Зерттеу постерлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidRDefault="000F02CA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1-3 деңгейлі ұстаздар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...59 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="000F02CA" w:rsidRPr="000F02CA" w:rsidRDefault="000F02CA" w:rsidP="000F02CA">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Іс-шара нәтижелері туралы кері байланыс</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="317"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="00B86DF8" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="000F02CA" w:rsidRPr="000F02CA" w:rsidRDefault="000F02CA" w:rsidP="000F02CA">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№39 мектептің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мұғалімдері </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Actionraearch</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>командасын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> өз тәжірибесін зерттеу нәтижелерімен таныстыра алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...79 lines deleted...]
-            </w:r>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidTr="00BD7824">
+      <w:tr w:rsidR="003C59F9" w:rsidTr="003C59F9">
         <w:trPr>
-          <w:trHeight w:val="2967"/>
-[...6214 lines deleted...]
-        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1418" w:type="dxa"/>
           <w:trHeight w:val="137"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>3</w:t>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>04.19-05.19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="000F02CA" w:rsidRPr="000F02CA" w:rsidRDefault="000F02CA" w:rsidP="000F02CA">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:rPr>
-[...87 lines deleted...]
-            </w:r>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«LS &amp; Actionresearch Research» өткізуге арналған әдістемелік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>нұсқаулықты дайындау және шығару (дәйекті сабақтар + қосымшалар + фото)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="000F02CA" w:rsidRPr="000F02CA" w:rsidRDefault="000F02CA" w:rsidP="000F02CA">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Желі қауымдастығының оқытушыларын LS және Actionresearch сабақтарын әзірлеу және критериалды бағалау дағдыларын </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>қолданатын тапсырмаларды қамтитын әдістемелік нұсқаулықпен таныстыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...81 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidRDefault="000F02CA" w:rsidP="000F02CA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...31 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ҚМЖ, ОМЖ</w:t>
+            </w:r>
+            <w:r w:rsidR="003C59F9" w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02CA">
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Жасалған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тапсырмалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>мультимедианы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>қоса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>алғанда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-            <w:pPr>
+          <w:p w:rsidR="000F02CA" w:rsidRPr="000F02CA" w:rsidRDefault="000F02CA" w:rsidP="000F02CA">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="317"/>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>көшбасшылары, даму тобы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidRDefault="003C59F9" w:rsidP="000F02CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="317"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidRDefault="000F02CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="317"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F683F">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>нұсқаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>шығару</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...25 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="000F02CA" w:rsidRPr="000F02CA" w:rsidRDefault="000F02CA" w:rsidP="000F02CA">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оқытушылар тәжірибе алмасып, сабақ өткізу әдістерімен бөлісе алады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidTr="00BD7824">
+      <w:tr w:rsidR="003C59F9" w:rsidTr="000F02CA">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="1418" w:type="dxa"/>
           <w:trHeight w:val="137"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-              <w:t>.19</w:t>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>05.19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="000F02CA" w:rsidRPr="000F02CA" w:rsidRDefault="000F02CA" w:rsidP="000F02CA">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:rPr>
-[...13 lines deleted...]
-              <w:t>Разработка «Карты профессиональных  затруднений педагогов»</w:t>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Мұғалімдердің кәсіптік қиындықтарының картасы»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidRDefault="000F02CA">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>әзірлеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidRDefault="000F02CA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...73 lines deleted...]
-              <w:t xml:space="preserve"> в вопросах новых подходах преподавания и обучения.</w:t>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:color w:val="212121"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімдердің кәсіби қызметінде әлсіз жақтарды анықтау. Педагогикалық қызметті одан әрі дамыту мақсатында өзінің тәжірибесі туралы ойлану үшін жаңа оқыту және оқу әдістерін қолдану мәселелері.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidRDefault="000F02CA">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:rPr>
-[...12 lines deleted...]
-              <w:t>Руководство 1-3 уровня.</w:t>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1-3 деңгейлі нұсқаулық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidRDefault="000F02CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="317"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> учителя</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сертиф</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>н ұстаздар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
+          <w:p w:rsidR="000F02CA" w:rsidRPr="000F02CA" w:rsidRDefault="000F02CA" w:rsidP="000F02CA">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Педагогтардың кәсіби қиындықтарының картасы»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidRDefault="003C59F9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="317"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F683F">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C666A" w:rsidRPr="00E73CE0" w:rsidRDefault="002C666A" w:rsidP="00BD7824">
-[...56 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="000F02CA" w:rsidRPr="000F02CA" w:rsidRDefault="000F02CA" w:rsidP="000F02CA">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000F02CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212121"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімдер өздерінің тәжірибелерін көрсете алады, олардың қызметінің күшті және әлсіз тұстарын анықтауға мүмкіндік алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C59F9" w:rsidRPr="000F02CA" w:rsidRDefault="003C59F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002C666A" w:rsidRPr="006F683F" w:rsidRDefault="002C666A" w:rsidP="002C666A">
+    <w:p w:rsidR="0000190D" w:rsidRDefault="0000190D" w:rsidP="0000190D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E66097" w:rsidRDefault="00E66097"/>
-    <w:sectPr w:rsidR="00E66097" w:rsidSect="008F27A1">
+    <w:p w:rsidR="00AC53DD" w:rsidRDefault="00AC53DD">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="00AC53DD" w:rsidSect="0000190D">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-      <w:pgMar w:top="568" w:right="820" w:bottom="426" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="1134" w:bottom="1701" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Batang">
-[...15 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="24A87D21"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="76226A00"/>
     <w:lvl w:ilvl="0" w:tplc="1FA68AAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         <w:b w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1222" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="180"/>
+        <w:ind w:left="1942" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2662" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3382" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="180"/>
+        <w:ind w:left="4102" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="4822" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5542" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
+        <w:ind w:left="6262" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="47E56754"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B268EEC8"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -14612,4262 +22426,106 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="98"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002C666A"/>
-[...4174 lines deleted...]
-    <w:rsid w:val="00FF7771"/>
+    <w:rsidRoot w:val="004C1D20"/>
+    <w:rsid w:val="0000190D"/>
+    <w:rsid w:val="000F02CA"/>
+    <w:rsid w:val="002510A8"/>
+    <w:rsid w:val="003B0C7E"/>
+    <w:rsid w:val="003C59F9"/>
+    <w:rsid w:val="004C1D20"/>
+    <w:rsid w:val="005E40E8"/>
+    <w:rsid w:val="0082065B"/>
+    <w:rsid w:val="00AC53DD"/>
+    <w:rsid w:val="00B96859"/>
+    <w:rsid w:val="00D139E2"/>
+    <w:rsid w:val="00DE5AB6"/>
+    <w:rsid w:val="00F81587"/>
+    <w:rsid w:val="00FB260F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -18982,271 +22640,1724 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002C666A"/>
+    <w:rsid w:val="0000190D"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="002C666A"/>
+    <w:rsid w:val="0000190D"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="002C666A"/>
+    <w:rsid w:val="0000190D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="2">
+    <w:name w:val="Обычный (веб) Знак2"/>
+    <w:aliases w:val="Обычный (Web) Знак,Обычный (веб) Знак1 Знак,Обычный (веб) Знак Знак Знак1,Обычный (веб) Знак Знак2,Обычный (Web)1 Знак,Знак Знак3 Знак,Обычный (веб) Знак Знак1 Знак,Знак Знак1 Знак Знак1,Обычный (веб) Знак Знак Знак Знак1"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="0000190D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="No Spacing"/>
-    <w:uiPriority w:val="1"/>
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб) Знак1,Обычный (веб) Знак Знак,Обычный (веб) Знак,Обычный (Web)1,Знак Знак3,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак4 Зна"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="002C666A"/>
+    <w:rsid w:val="0000190D"/>
     <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="0000190D"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="c1">
+    <w:name w:val="c1"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="0000190D"/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="11">
     <w:name w:val="Сетка таблицы1"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="002C666A"/>
+    <w:rsid w:val="0000190D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="2">
+  <w:style w:type="table" w:customStyle="1" w:styleId="20">
     <w:name w:val="Сетка таблицы2"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="002C666A"/>
+    <w:rsid w:val="0000190D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B96859"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B96859"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="0000190D"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="0000190D"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="0000190D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="2">
+    <w:name w:val="Обычный (веб) Знак2"/>
+    <w:aliases w:val="Обычный (Web) Знак,Обычный (веб) Знак1 Знак,Обычный (веб) Знак Знак Знак1,Обычный (веб) Знак Знак2,Обычный (Web)1 Знак,Знак Знак3 Знак,Обычный (веб) Знак Знак1 Знак,Знак Знак1 Знак Знак1,Обычный (веб) Знак Знак Знак Знак1"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="0000190D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:aliases w:val="Обычный (Web),Обычный (веб) Знак1,Обычный (веб) Знак Знак,Обычный (веб) Знак,Обычный (Web)1,Знак Знак3,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак4 Зна"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="20"/>
+    <w:link w:val="2"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="002C666A"/>
+    <w:rsid w:val="0000190D"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...17 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
-    <w:rsid w:val="002C666A"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="0000190D"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-[...2 lines deleted...]
-    <w:link w:val="a4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="c1">
+    <w:name w:val="c1"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="0000190D"/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Сетка таблицы1"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="0000190D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Сетка таблицы2"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="0000190D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
     <w:uiPriority w:val="99"/>
-    <w:locked/>
-    <w:rsid w:val="002C666A"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B96859"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B96859"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="10031661">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="33972758">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="137310688">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="147673591">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="166018198">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="187447047">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="214394143">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="231431471">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="267856823">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="309212391">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="341394813">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="361715359">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="393282592">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1194223710">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="75"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="445925215">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="446000033">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1168247562">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="75"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="487328085">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="504134618">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="518472237">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="550046070">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="610626911">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="647055470">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="692459607">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="702292787">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="725177117">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="750084617">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="766341260">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="777411809">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="822625766">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="874850179">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="892541420">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="938871648">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="943457723">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="982781279">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="984355026">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="988174135">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1045183679">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="308634242">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="75"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1057895379">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1110932315">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1137799089">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1148666948">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1216744812">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1221404792">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1245459074">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1295792096">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1297953034">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1314406005">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1317299341">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1345203893">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1608926722">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="75"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1349213447">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1349942972">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1367179113">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1423454360">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1458529065">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1485316279">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="139421649">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="75"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1571118087">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1571698265">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1595478946">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1599093293">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1600677856">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1637952452">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1692297464">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1730499996">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1793473810">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1801147834">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1831948406">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1896350101">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1903324928">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1909530282">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1917475292">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1922441702">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1992559179">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1103763677">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="75"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="2001032884">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2095778098">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2116828890">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2144107953">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2145193979">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -19280,84 +24391,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -19490,57 +24603,72 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>16232</Characters>
+  <Pages>13</Pages>
+  <Words>2471</Words>
+  <Characters>14090</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>135</Lines>
-  <Paragraphs>38</Paragraphs>
+  <Lines>117</Lines>
+  <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>RePack by SPecialiST</Company>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19041</CharactersWithSpaces>
+  <CharactersWithSpaces>16528</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>38Cabinet</dc:creator>
+  <dc:creator>Lenovo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>