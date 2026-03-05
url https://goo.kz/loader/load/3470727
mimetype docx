--- v0 (2025-12-17)
+++ v1 (2026-03-05)
@@ -1,1818 +1,2650 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00423750" w:rsidRPr="00423750" w:rsidRDefault="00423750" w:rsidP="00423750">
-      <w:pPr>
+    <w:p w:rsidR="00376A47" w:rsidRDefault="00376A47" w:rsidP="00376A47">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="4253"/>
+        <w:ind w:left="461"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00376A47" w:rsidRDefault="00376A47" w:rsidP="00376A47">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="4253"/>
+        <w:ind w:left="461"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00423750">
-[...10 lines deleted...]
-      <w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00376A47" w:rsidRDefault="00376A47" w:rsidP="00376A47">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="4253"/>
+        <w:ind w:left="461"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                       постановлением акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00376A47" w:rsidRDefault="00376A47" w:rsidP="00376A47">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="4253"/>
+        <w:ind w:left="461"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00376A47" w:rsidRDefault="00376A47" w:rsidP="00376A47">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                         от «28» мая 2015 №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>153/5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Прием документов и зачисление в организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дополнительного образования для детей по предоставлению</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>им дополнительного образования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.  Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осударственн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Прием документов и зачисление в организации дополнительного образования для детей по предоставлению им дополнительного образования» (далее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- государственная услуга) оказывается организациями дополнительного образования для детей, организациями общего среднего образования Павлодарской области (далее - услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="003E39D5">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием заявлений и выдача результатов оказания государственной услуги осуществляется через канцелярию услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Форма оказываемой государственной услуги: бумажная. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Результат оказания государственной услуги – зачисление обучающихся  в организацию дополнительного образования для детей по предоставлению им дополнительного образования на основании заявления одного из родителей или законного представителя.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Описание порядка действий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основанием для начала процедуры (действия) по оказанию государственной услуги является заявление услугополучателя в произвольной форме с предоставлением необходимых документов, указанных в пункте 9 стандарта государственной услуги «Прием документов и зачисление в организации дополнительного образования для детей по предоставлению им дополнительного образования», утвержденного приказом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Минист</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования и науки Республики Казахстан № 170 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>07 апреля 2015 года (далее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- стандарт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Содержание каждой процедуры (действия) и ее результат, входящих в состав процесса оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) сотрудник канцелярии осуществляет прием и регистрацию документов, направляет их на резолюцию руководству услугодателя (не более 5 минут);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">2) руководитель услугодателя определяет ответственного исполнителя услугодателя (не более 5 минут); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) ответственный исполнитель рассматривает документы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающегося</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (не более 5 минут).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Результат оказания государственной услуги – подтверждение принятия заявления на бумажном носителе с отметкой на его копии о регистрации в канцелярии услугодателя с указанием даты и времени приема пакета документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Описание порядка взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>7. В процессе оказания государственной услуги участвуют следующие структурные подразделения (работники):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) сотрудник канцелярии услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) руководитель услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) ответственный исполнитель услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8. Описание последовательности процедур (действий) между структурными подразделениями (работниками) услугодателя с указанием длительности каждой процедуры (действия) сопровождается справочником бизнес-процессов оказания государственной услуги согласно приложению  к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AA175C" w:rsidRDefault="00AA175C" w:rsidP="00AA175C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Описание порядка взаимодействия с Государственной корпорацией,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>а также порядка использования информационных систем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA175C" w:rsidRPr="008F1090" w:rsidRDefault="00AA175C" w:rsidP="00AA175C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00AA175C" w:rsidRDefault="00AA175C" w:rsidP="00AA175C">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AA175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>9.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z147"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00AA175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z116" w:history="1">
+        <w:r w:rsidRPr="00AA175C">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>стандарту</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AA175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, государственная услуга </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AA175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AA175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказывается через некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" и веб-портал "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00AA175C" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AA175C" w:rsidRDefault="00AA175C" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AA175C" w:rsidRPr="00376A47" w:rsidRDefault="00AA175C" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00376A47" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD45CC" w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00376A47" w:rsidRDefault="00376A47" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD45CC" w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD45CC" w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD45CC" w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Прием документов и зачисление </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00376A47" w:rsidRDefault="00376A47" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD45CC" w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в организации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DD45CC" w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дополнительного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для детей </w:t>
+      </w:r>
+      <w:r w:rsidR="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00376A47" w:rsidRDefault="00376A47" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     по </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD45CC" w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предоставлению им </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00376A47" w:rsidRDefault="00376A47" w:rsidP="00376A47">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD45CC" w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дополнительного образования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00DD45CC" w:rsidRDefault="00DD45CC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00DD45CC" w:rsidRDefault="00DD45CC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD45CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...9 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Справочник бизнес-процессов оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00DD45CC" w:rsidRDefault="00DD45CC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD45CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Прием документов и зачисление в организации дополнительного образования для детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRPr="00DD45CC" w:rsidRDefault="00DD45CC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD45CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по предоставлению им дополнительного образования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD45CC" w:rsidRDefault="00DD45CC" w:rsidP="00DD45CC">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A5037F" w:rsidRPr="00376A47" w:rsidRDefault="00DD45CC" w:rsidP="00376A47">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6119495" cy="2722398"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:docPr id="22" name="Рисунок 22"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 22"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6119495" cy="2722398"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A5037F" w:rsidRDefault="00A5037F" w:rsidP="00376A47">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00376A47">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00376A47">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00376A47">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00376A47">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00376A47">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRPr="00376A47" w:rsidRDefault="00D81644" w:rsidP="00376A47">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A5037F" w:rsidRDefault="00D81644" w:rsidP="00D81644">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00376A47">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5953125" cy="1600200"/>
+            <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
+            <wp:docPr id="21" name="Рисунок 25"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 25"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5957452" cy="1601363"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00376A47" w:rsidRDefault="00376A47" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...36 lines deleted...]
-          <w:tab w:val="left" w:pos="5823"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00376A47" w:rsidRDefault="00376A47" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...47 lines deleted...]
-        <w:suppressAutoHyphens/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00376A47" w:rsidRDefault="00376A47" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...33 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
-[...10 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...49 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>облыстың, аудандар мен қалалардың жергілікті атқарушы органдары, м</w:t>
-[...23 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...32 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="568"/>
-[...20 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...132 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...19 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...40 lines deleted...]
-    <w:p w:rsidR="00423750" w:rsidRPr="00423750" w:rsidRDefault="00423750" w:rsidP="00423750">
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
-[...3 lines deleted...]
-          <w:tab w:val="left" w:pos="2410"/>
+          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="360"/>
-[...23 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="360"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="00423750" w:rsidRPr="00423750" w:rsidRDefault="00423750" w:rsidP="00423750">
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:snapToGrid w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="705"/>
-[...21 lines deleted...]
-          <w:tab w:val="left" w:pos="851"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...71 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...65 lines deleted...]
-          <w:tab w:val="left" w:pos="4075"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...25 lines deleted...]
-          <w:tab w:val="left" w:pos="4075"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="00423750" w:rsidRPr="00423750" w:rsidRDefault="00423750" w:rsidP="00423750">
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:contextualSpacing/>
-[...23 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="709"/>
-[...10 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...19 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="708"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00423750" w:rsidRPr="00423750" w:rsidRDefault="00423750" w:rsidP="00423750">
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...4 lines deleted...]
-        <w:snapToGrid w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...89 lines deleted...]
-          <w:tab w:val="left" w:pos="709"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...14 lines deleted...]
-          <w:tab w:val="left" w:pos="709"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...11 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
-          <w:tab w:val="left" w:pos="142"/>
+          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
-[...48 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...147 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...12 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...50 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...10 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...42 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...10 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...22 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="00F02556" w:rsidSect="00F02556">
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D81644" w:rsidRDefault="00D81644" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00376A47" w:rsidRDefault="00376A47" w:rsidP="00A5037F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00376A47" w:rsidSect="00070505">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1418" w:right="907" w:bottom="1247" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="851" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006305B0" w:rsidRDefault="006305B0" w:rsidP="00B3158B">
+    <w:p w:rsidR="003C2EEE" w:rsidRDefault="003C2EEE" w:rsidP="00BD2298">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006305B0" w:rsidRDefault="006305B0" w:rsidP="00B3158B">
+    <w:p w:rsidR="003C2EEE" w:rsidRDefault="003C2EEE" w:rsidP="00BD2298">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
-[...6 lines deleted...]
-    <w:altName w:val="Arial"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="5200F5FF" w:usb2="0A042021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DejaVu Sans">
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E7002EFF" w:usb1="D200FDFF" w:usb2="0A046029" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Unicode MS">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006305B0" w:rsidRDefault="006305B0" w:rsidP="00B3158B">
+    <w:p w:rsidR="003C2EEE" w:rsidRDefault="003C2EEE" w:rsidP="00BD2298">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006305B0" w:rsidRDefault="006305B0" w:rsidP="00B3158B">
+    <w:p w:rsidR="003C2EEE" w:rsidRDefault="003C2EEE" w:rsidP="00BD2298">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000002"/>
     <w:name w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1008" w:hanging="1008"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="1152"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="00000003"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000003"/>
     <w:name w:val="WW8Num3"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1886,830 +2718,1478 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="0B0E5243"/>
+    <w:nsid w:val="075F0415"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8A46FF90"/>
-    <w:lvl w:ilvl="0" w:tplc="E54652C0">
+    <w:tmpl w:val="85383446"/>
+    <w:lvl w:ilvl="0" w:tplc="9B4633A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
-[...2 lines deleted...]
-        <w:ind w:left="928" w:hanging="360"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="-705" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
-[...1 lines deleted...]
-        <w:szCs w:val="28"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1480" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="15" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2200" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="735" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2920" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1455" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3640" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2175" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4360" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2895" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5080" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3615" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5800" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="4335" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6520" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5055" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="0D3972B5"/>
+    <w:nsid w:val="12E76E96"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FC54DE2C"/>
-    <w:lvl w:ilvl="0" w:tplc="EB2813BE">
+    <w:tmpl w:val="301E7C3A"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="785" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
-        <w:b w:val="0"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1666" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1364" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2386" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2084" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3106" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2804" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3826" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3524" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4546" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="4244" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5266" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="4964" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5986" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5684" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6706" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6404" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="3E99359B"/>
+    <w:nsid w:val="21A1646B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8A46FF90"/>
-    <w:lvl w:ilvl="0" w:tplc="E54652C0">
+    <w:tmpl w:val="F280A516"/>
+    <w:lvl w:ilvl="0" w:tplc="3326B890">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="928" w:hanging="360"/>
+        <w:ind w:left="1603" w:hanging="1035"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
-[...1 lines deleted...]
-        <w:szCs w:val="28"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1480" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2200" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2920" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3640" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4360" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5080" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5800" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6520" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="61194B43"/>
+    <w:nsid w:val="252C4DBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4580973C"/>
-[...1 lines deleted...]
-      <w:start w:val="2"/>
+    <w:tmpl w:val="5BB0F3E4"/>
+    <w:lvl w:ilvl="0" w:tplc="0CEAE69A">
+      <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
-[...2 lines deleted...]
-        <w:ind w:left="1069" w:hanging="360"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2367" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="4527" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6687" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="68C9476F"/>
+    <w:nsid w:val="26401C22"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6D7A492C"/>
-    <w:lvl w:ilvl="0" w:tplc="58006E9A">
+    <w:tmpl w:val="106413B2"/>
+    <w:lvl w:ilvl="0" w:tplc="F27660C6">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="2E355839"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F6522BC8"/>
+    <w:lvl w:ilvl="0" w:tplc="6F5A5E6E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2220" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3660" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4380" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5100" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6540" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7260" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="2F354A75"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8F88E11A"/>
+    <w:lvl w:ilvl="0" w:tplc="FA02E87C">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1211" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="451040E0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="94840A32"/>
+    <w:lvl w:ilvl="0" w:tplc="747C4C88">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1211" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="472054B1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5568FF78"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="5D944E5D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F72AA7A2"/>
+    <w:lvl w:ilvl="0" w:tplc="4FCA723C">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1425" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2145" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
+        <w:ind w:left="2865" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3585" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="4305" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="180"/>
+        <w:ind w:left="5025" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5745" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6465" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:ind w:left="7185" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="6376747E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="125EFBE8"/>
+    <w:lvl w:ilvl="0" w:tplc="81784636">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="6D17635A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BFFA7B06"/>
+    <w:lvl w:ilvl="0" w:tplc="61C06C5E">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="70A827C6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="81340F90"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="3">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="11">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5">
-[...2 lines deleted...]
-  <w:num w:numId="6">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="70"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
-  <w:compat>
-[...15 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00645696"/>
-[...78 lines deleted...]
-    <w:rsid w:val="00FF1EF7"/>
+    <w:rsidRoot w:val="000C148D"/>
+    <w:rsid w:val="00011BAD"/>
+    <w:rsid w:val="00025215"/>
+    <w:rsid w:val="000329EB"/>
+    <w:rsid w:val="0004413B"/>
+    <w:rsid w:val="00070505"/>
+    <w:rsid w:val="000C148D"/>
+    <w:rsid w:val="000E7AE5"/>
+    <w:rsid w:val="001047D6"/>
+    <w:rsid w:val="00105779"/>
+    <w:rsid w:val="00121E40"/>
+    <w:rsid w:val="001255AE"/>
+    <w:rsid w:val="00186908"/>
+    <w:rsid w:val="00190C4F"/>
+    <w:rsid w:val="001D6A0B"/>
+    <w:rsid w:val="001F2CD4"/>
+    <w:rsid w:val="002B45EE"/>
+    <w:rsid w:val="002C33AE"/>
+    <w:rsid w:val="003638A3"/>
+    <w:rsid w:val="00376A47"/>
+    <w:rsid w:val="003B22FD"/>
+    <w:rsid w:val="003C2EEE"/>
+    <w:rsid w:val="003E39D5"/>
+    <w:rsid w:val="00435288"/>
+    <w:rsid w:val="004366F9"/>
+    <w:rsid w:val="004607F9"/>
+    <w:rsid w:val="00472D71"/>
+    <w:rsid w:val="005E547E"/>
+    <w:rsid w:val="00604A32"/>
+    <w:rsid w:val="00615693"/>
+    <w:rsid w:val="00642BD3"/>
+    <w:rsid w:val="00643136"/>
+    <w:rsid w:val="006556C5"/>
+    <w:rsid w:val="00677235"/>
+    <w:rsid w:val="007A1A8D"/>
+    <w:rsid w:val="007C2D58"/>
+    <w:rsid w:val="007C518F"/>
+    <w:rsid w:val="008C59FF"/>
+    <w:rsid w:val="009328C9"/>
+    <w:rsid w:val="009775FE"/>
+    <w:rsid w:val="00995BB4"/>
+    <w:rsid w:val="00A32E18"/>
+    <w:rsid w:val="00A5037F"/>
+    <w:rsid w:val="00A82E0D"/>
+    <w:rsid w:val="00AA175C"/>
+    <w:rsid w:val="00B503F1"/>
+    <w:rsid w:val="00BD2298"/>
+    <w:rsid w:val="00C008AA"/>
+    <w:rsid w:val="00C0337F"/>
+    <w:rsid w:val="00C81BDE"/>
+    <w:rsid w:val="00C9491F"/>
+    <w:rsid w:val="00CA6E71"/>
+    <w:rsid w:val="00CC1116"/>
+    <w:rsid w:val="00CC4B87"/>
+    <w:rsid w:val="00CE4954"/>
+    <w:rsid w:val="00CE4A33"/>
+    <w:rsid w:val="00CF1288"/>
+    <w:rsid w:val="00D53241"/>
+    <w:rsid w:val="00D81644"/>
+    <w:rsid w:val="00D83EBF"/>
+    <w:rsid w:val="00D92488"/>
+    <w:rsid w:val="00DD45CC"/>
+    <w:rsid w:val="00E05483"/>
+    <w:rsid w:val="00E66982"/>
+    <w:rsid w:val="00E8441A"/>
+    <w:rsid w:val="00E951DB"/>
+    <w:rsid w:val="00EA758E"/>
+    <w:rsid w:val="00EC6950"/>
+    <w:rsid w:val="00EF74D2"/>
+    <w:rsid w:val="00F543AA"/>
+    <w:rsid w:val="00FD535C"/>
+    <w:rsid w:val="00FF51C0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:uiCompat97To2003/>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="9218"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-    <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...27 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="footer" w:uiPriority="0"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -2757,350 +4237,498 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00645696"/>
+    <w:rsid w:val="000C148D"/>
     <w:pPr>
+      <w:suppressAutoHyphens/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="22"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Знак Знак,Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:qFormat/>
+    <w:rsid w:val="000C148D"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:after="100" w:line="100" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Знак Знак Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
+    <w:link w:val="a3"/>
+    <w:locked/>
+    <w:rsid w:val="000C148D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="000C148D"/>
+    <w:pPr>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="0055073C"/>
+    <w:rsid w:val="000C148D"/>
     <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-      <w:sz w:val="28"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a4">
-[...1 lines deleted...]
-    <w:basedOn w:val="a1"/>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00645696"/>
-[...20 lines deleted...]
-    <w:rsid w:val="00645696"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000C148D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-      <w:effect w:val="none"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...1 lines deleted...]
-    <w:aliases w:val="Знак4,Знак4 Знак Знак,Знак4 Знак,Обычный (Web)1,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак Знак Знак Знак Зн,Знак Знак1 Зн"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000C148D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="aa"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DD45CC"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:rsid w:val="00DD45CC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="DejaVu Sans"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Абзац списка1"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00645696"/>
+    <w:rsid w:val="00A5037F"/>
     <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="708"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="21"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A5037F"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="20"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a7">
-[...3 lines deleted...]
-    <w:rsid w:val="00645696"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
+    <w:name w:val="Абзац списка2"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00121E40"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-      <w:sz w:val="24"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:kern w:val="0"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a8">
-[...10 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a9">
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="aa"/>
+    <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B3158B"/>
+    <w:rsid w:val="00E05483"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a9"/>
+    <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
-    <w:locked/>
-    <w:rsid w:val="00B3158B"/>
+    <w:rsid w:val="00E05483"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
+  <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ac"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B3158B"/>
+    <w:link w:val="ae"/>
+    <w:rsid w:val="00E05483"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...7 lines deleted...]
-    <w:rsid w:val="00B3158B"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ae">
-    <w:name w:val="Текст выноски Знак"/>
+    <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ad"/>
+    <w:rsid w:val="00E05483"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af">
+    <w:name w:val="page number"/>
+    <w:rsid w:val="00E05483"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="00A82E0D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j11">
+    <w:name w:val="j11"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00EF74D2"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4">
+    <w:name w:val="Абзац списка4"/>
+    <w:rsid w:val="00EF74D2"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Arial Unicode MS" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:kern w:val="2"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0085407D"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EF74D2"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Основной текст с отступом Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EF74D2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af2">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001047D6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:color w:val="333399"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="001047D6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...12 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -3126,51 +4754,51 @@
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -3298,75 +4926,90 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C9676EB-215E-473D-B4EF-16A6F6ED3E07}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>4675</Characters>
+  <Pages>4</Pages>
+  <Words>725</Words>
+  <Characters>4136</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>34</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>AlexSoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5485</CharactersWithSpaces>
+  <CharactersWithSpaces>4852</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Пользователь Windows</dc:creator>
+  <dc:creator>Айнур</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>