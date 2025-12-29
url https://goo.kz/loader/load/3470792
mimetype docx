--- v0 (2025-12-08)
+++ v1 (2025-12-29)
@@ -1,2479 +1,1191 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00822EBC" w:rsidRPr="00822EBC" w:rsidRDefault="00822EBC" w:rsidP="00822EBC">
-[...61 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="00B13425" w:rsidRDefault="00B13425" w:rsidP="00B13425">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00822EBC">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                 Утверждаю:   ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B13425" w:rsidRDefault="00B13425" w:rsidP="00B13425">
+      <w:pPr>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00822EBC">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Директор школы:  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Акылжанова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С.З.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B13425" w:rsidRPr="00B13425" w:rsidRDefault="00B13425" w:rsidP="00B13425">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00822EBC">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B13425">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Положение о службе психолого-педагогического сопровождения  в  ГУ «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B13425">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кенжекольская</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B13425">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...118 lines deleted...]
-        <w:t>Ол әрбі</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> СОШ  г. Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B13425" w:rsidRPr="00B13425" w:rsidRDefault="00B13425" w:rsidP="00B13425">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.Общие положения  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B13425" w:rsidRDefault="00B13425" w:rsidP="00B13425">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.1.Настоящее положение регулирует деятельность Службы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>психологопедагогического</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сопровождения в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ГУ «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кенжекольская</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  СОШ г. Павлодара» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее - Служба сопровождения). 1.2. Психолого-педагогическое сопровождение является особым видом помощи и поддержки всех участников учебно-воспитательного процесса. Оно представляет собой целостную, системно организованную деятельность специалистов, которые создают социально-психологические и педагогические условия для успешного обучения и развития каждого ребенка  в соответствии с его возможностями и потребностями. 1.3. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00822EBC">
-[...5 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Деятельность Службы сопровождения позволяет: 1) своевременно выявлять детей группы риска школьной </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дезадаптации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и трудностей в обучении; 2).осуществлять раннюю психолого-педагогическую помощь в преодолении  отклонений развития  учащихся (с момента выявления); 3) осуществлять психолого-педагогическое сопровождение учащихся с целью обеспечения эффективного развития, социализации, сохранения и укрепления здоровья, защиты прав детей и подростков в условиях образовательного процесса;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00822EBC">
-[...31 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) оказывать содействие в разработке и реализации программ развития организации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образованияс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учетом создания более благоприятных условий для развития и воспитания детей;  5) повышать психолого-педагогическую компетентность (психологическую культуру) педагогов, воспитанников, родителей;  6) осуществлять мониторинг результативности </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>коррекционноразвивающей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, воспитательной работы и обучения школьников (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>психологопедагогический</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мониторинг). 1.4. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Служба психолого-педагогического сопровождения является структурным подразделением школы, которая осуществляет на разных образовательных уровнях следующие задачи: 1)  дошкольное образование - ранняя диагностика и коррекция отклонений в развитии, обеспечение готовности к школе детей, посещающих </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подготовительные  классы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кенжекольской</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  школе. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2) начальная школа - определение готовности к обучению в школе, обеспечение адаптации к школе, повышение заинтересованности школьников в учебной деятельности, развитие познавательной и учебной мотивации</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, развитие самостоятельности и самоорганизации, поддержка в формировании желания и «умения учиться», развитии творческих способностей каждого ученика с учетом индивидуальных особенностей и потенциальных возможностей; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B13425" w:rsidRPr="00B13425" w:rsidRDefault="00B13425" w:rsidP="00B13425">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) основная школа - сопровождение перехода ученика в основную школу, адаптация к новым условиям обучения, поддержка в решении задач личностного и ценностно-смыслового самоопределения и саморазвития, помощь в решении личностных проблем и проблем социализации, формирование жизненных навыков, профилактика неврозов, помощь в построении конструктивных отношений с родителями и сверстниками;  4) средняя школа - помощь ученику в профильной ориентации и профессиональном самоопределении, поддержка в решении экзистенциальных проблем (самопознание, поиск смысла жизни, достижение личной идентичности), развитие временной перспективы, способности к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>целеполаганию</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, развитие психосоциальной компетентности. 1.5.Основными принципами работы Службы психолого-педагогического сопровождения являются: 1) комплексный, междисциплинарный подход к решению любой проблемы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">развития ребенка; 2) непрерывность сопровождения развития ребенка в образовательном процессе; 3) информационно-методическое обеспечение процесса сопровождения; 4) социально-педагогическое и психологическое проектирование (прогнозирование) сопровождающей деятельности; 5) активное привлечение родителей, педагогического и детского коллектива в мероприятия по психолого-педагогическому сопровождению детей с ограниченными возможностями в развитии.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B13425" w:rsidRPr="00B13425" w:rsidRDefault="00B13425" w:rsidP="00B13425">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Организация </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>психолого</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">–педагогического сопровождения в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FB5F04" w:rsidRPr="00FB5F04">
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кенжекольской</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  СОШ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B13425" w:rsidRPr="00B13425" w:rsidRDefault="00B13425" w:rsidP="00B13425">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.1. Психолого-педагогическое сопровождение школьников осуществляется на основании заключения и рекомендаций областной </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>психолого-медикопедагогической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> консультации (далее - ОПМПК), а также данных собственных диагностических обследований школьников и осуществляется  штатными специалистами </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (педагогом-психологом,  социальным педагогом,  медицинским работником). 2.2. Для профессионального взаимодействия специалистов службы сопровождения приказом директора в школе создается  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>психологопедагогический</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> консилиум (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педконсилиум</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). 2.3.Руководство Службой психолого-педагогического сопровождения осуществляет  руководитель службы, назначаемый приказом    директора  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Все специалисты службы осуществляют совместную деятельность по сопровождению в соответствии с должностными инструкциями и  функциональными обязанностями. К деятельности службы могут привлекаться учителя-предметники, воспитатели, родители учащихся, руководители кружков (секций), представители общественных объединений и другие заинтересованные лица.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B13425" w:rsidRPr="00B13425" w:rsidRDefault="00B13425" w:rsidP="00B13425">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.4.В своей деятельности Служба психолого-педагогического сопровождения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кенжекольской</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  СОШ  р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уководствуется международными актами в области защиты прав детей: Конвенцией ООН о правах ребенка, Декларацией ООН о правах инвалидов, Конвенцией о борьбе с дискриминацией в области образования, Всемирной Декларацией об обеспечении выживания, защиты и развития детей; Законами  РК «Об образовании»,  «О социальной </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>медикопедагогической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и коррекционной поддержке лиц с ограниченными возможностями», приказами и инструкциями Министерства образования и науки РК,  уставом   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, «Методическими рекомендациями по организации психолого-педагогического сопровождения детей с ограниченными возможностями» (от 12 декабря 2011 года № 524) и настоящим Положением.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B13425" w:rsidRPr="00B13425" w:rsidRDefault="00B13425" w:rsidP="00B13425">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Цели и задачи Службы психолого-педагогического сопровождения  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B13425" w:rsidRPr="00B13425" w:rsidRDefault="00B13425" w:rsidP="00B13425">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.Цель деятельности Службы психолого-педагогического сопровождения   заключается в организации психолого-педагогического сопровождения всех участников образовательного процесса путем реализации комплекса просветительских, диагностических и коррекционных мероприятий, направленных на создание условий для максимального развития учащихся,  их   успешного обучения и социализации. При этом объектом сопровождения является образовательный процесс, предмет сопровождения – ситуация развития ребенка. 3.2. Задачи Службы психолого-педагогического сопровождения: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-з</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ащита прав и интересов личности воспитанника, обеспечение безопасных условий их психологического и физического развития и обучения, поддержка и содействие в решении психолого-педагогических и медико-социальных проблем; -комплексная диагностика возможностей и особенностей развития ребенка для предупреждения возникновения проблем развития и обучения; - разработка и реализация индивидуальных программ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>психологопедагогического</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сопровождения учащихся, а также адаптация образовательных программ к возможностям и способностям обучающихся;  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">одействие укреплению взаимопонимания и взаимодействия между всеми субъектами образовательного процесса; -консультативно-просветительская работа среди обучающихся, педагогических работников, родителей; 3.3.Специалисты службы психолого-педагогического сопровождения организуют свою деятельность в соответствии с принципами, перечисленными в п.1.5. данного Положения, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>согласно</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> своих должностных инструкций. 3.2.Решение о сопровождении ребенка и его семьи принимается совместно  всеми специалистами службы, на основании рекомендаций, заключений ПМПК.    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B13425" w:rsidRPr="00B13425" w:rsidRDefault="00B13425" w:rsidP="00B13425">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.4.Служба психолого-педагогического сопровождения работает в тесном контакте с учреждениями и организациями образования, здравоохранения, социальной защиты,  социальными партнерами, оказывающими помощь организации образования в воспитании и развитии </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B13425" w:rsidRPr="00B13425" w:rsidRDefault="00B13425" w:rsidP="00B13425">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Основные направления деятельности Службы психолого-педагогического сопровождения  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B13425" w:rsidRPr="00B13425" w:rsidRDefault="00B13425" w:rsidP="00B13425">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.1.Косновным направлениям деятельности Службы психолого-педагогического сопровождения относятся: - психосоциальная диагностика - проведение исследований по определению стартовых возможностей учащихся, индивидуальных особенностей и склонностей личности, ее потенциальных возможностей в процессе обучения и воспитания, а также выявление отклонений в развитии учащихся, причин трудностей в обучении,  социальной адаптации; выявление потенциальной и реальной групп социального риска;  - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>психокоррекционная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работа - совместная деятельность педагога-психолога, социального педагога, учителя-логопеда, учителя-дефектолога, врача  по разработке программ и проведению коррекционно-развивающей работы с учащимися; организация и проведение социально-психологических тренингов, ролевых игр, групповых дискуссий среди  родителей, педагогического коллектива по развитию общих и специальных способностей участников образовательного процесса; - </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>психолого-педагогическое и медико-социальное просвещение участников образовательного процесса с целью создания условий для полноценного личностного развития и самоопределения обучающихся, воспитанников   на каждом возрастном этапе, а также для своевременного предупреждения возможных нарушений в становлении личности и развития интеллекта; - социально-педагогическое и психологическое консультирование участников образовательного процесса по различным психолого-педагогическим и социально-медицинским проблемам; помощь учащимся и родителям   в преодолении трудной жизненной ситуации;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00822EBC">
-[...1991 lines deleted...]
-    <w:sectPr w:rsidR="00822EBC" w:rsidRPr="00822EBC" w:rsidSect="003A667C">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">консультирование педагогов в вопросах развития, воспитания и обучения учащихся; - организационно-методическая деятельность - проведение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организационнометодической</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и научно-методической работы (анализ и обобщение результатов сопровождения, разработка рекомендаций по его совершенствованию, обработка материалов научных исследований); участие в методических объединениях, семинарах-практикумах, конференциях по проблемам воспитания и социализации; участие в разработке и реализации программ оздоровления воспитанников с учетом состояния их здоровья;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организация и проведение семинаров, тренингов и консультаций по овладению инновационными методиками; формирование банка данных  детей с ограниченными возможностями, изучение достижений отечественной и зарубежной науки и практики по психолого-педагогическому и медико-социальному сопровождению. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B13425" w:rsidRPr="00B13425" w:rsidRDefault="00B13425" w:rsidP="00B13425">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Документация Службы психолого-педагогического сопровождения  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B13425" w:rsidRPr="00B13425" w:rsidRDefault="00B13425" w:rsidP="00B13425">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.1.Перспективный  годовой план работы Службы психолого-педагогического сопровождения, утвержденный директором </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; 5.2.График работы специалистов сопровождения, утвержденный директором </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5.3.График и протоколы заседаний Службы психолого-педагогического сопровождения 5.4.Индивидуальные программы психолого-педагогического сопровождения учащихся. 5.5.План график тематических групповых консультаций и консультаций для отдельных категорий родителей; 5.6.Графики проведения и тематика обучающих семинаров для участников образовательного процесса 5.7.Документация </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ПМПконсилиума</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5.8.Годовой анализ работы Службы психолого-педагогического сопровождения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B13425" w:rsidRPr="00B13425" w:rsidRDefault="00B13425" w:rsidP="00B13425">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Ответственность специалистов Службы психолого-педагогического сопровождения  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B13425" w:rsidRPr="00B13425" w:rsidRDefault="00B13425" w:rsidP="00B13425">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.1.В установленном законодательством  РК порядке специалисты Службы психолого-педагогического сопровождения несут ответственность за:  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еисполнение или ненадлежащее исполнение без уважительных причин устава и правил внутреннего трудового распорядка </w:t>
+      </w:r>
+      <w:r w:rsidR="00637A6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школы, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> законных распоряжений руководителя Службы психолого-педагогического сопровождения и иных локальных нормативных актов, должностных обязанностей; -жизнь и здоровье детей во время коррекционных занятий; -необоснованное вынесение заключения по обследованию ребенка в рамках своей компетенции, повлекшее за собой ухудшение физического или психического здоровья последнего; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B13425">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">облюдение прав и свобод личности ребенка; -конфиденциальность полученных данных при обследовании; -ведение документации и ее сохранность; -соблюдение трудовой дисциплины, правил производственной санитарии и противопожарной безопасности.       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B77F4A" w:rsidRPr="00B13425" w:rsidRDefault="00B77F4A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00B77F4A" w:rsidRPr="00B13425" w:rsidSect="00B77F4A">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="80"/>
-  <w:proofState w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00822EBC"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00FB5F04"/>
+    <w:rsidRoot w:val="00B13425"/>
+    <w:rsid w:val="00637A6E"/>
+    <w:rsid w:val="00B13425"/>
+    <w:rsid w:val="00B77F4A"/>
+    <w:rsid w:val="00BB4994"/>
+    <w:rsid w:val="00E70874"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -2580,50 +1292,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00B13425"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -2909,70 +1622,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>9836</Characters>
+  <Pages>4</Pages>
+  <Words>1755</Words>
+  <Characters>10009</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>81</Lines>
+  <Lines>83</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11538</CharactersWithSpaces>
+  <CharactersWithSpaces>11741</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>user</dc:creator>
+  <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>