--- v0 (2025-12-07)
+++ v1 (2026-01-16)
@@ -4,52 +4,50 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1247775" cy="390525"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
@@ -519,51 +517,51 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 127 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Қаулысы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z1"/>
+      <w:bookmarkStart w:id="0" w:name="z1"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Қазақстан</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
@@ -584,51 +582,51 @@
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Үкіметі</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">       1. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Қоса</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -1005,51 +1003,51 @@
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>бекітілсін</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z2"/>
+      <w:bookmarkStart w:id="1" w:name="z2"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      2. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Осы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
@@ -1266,51 +1264,51 @@
         <w:gridCol w:w="5245"/>
         <w:gridCol w:w="5387"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C656BC" w:rsidTr="00770965">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="2"/>
+          <w:bookmarkEnd w:id="1"/>
           <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
@@ -1529,51 +1527,51 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00770965" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="z4"/>
+      <w:bookmarkStart w:id="2" w:name="z4"/>
     </w:p>
     <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Бастауыш</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1872,51 +1870,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>үлгі</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Ескерту</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -2177,51 +2175,51 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="z6"/>
+      <w:bookmarkStart w:id="3" w:name="z6"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Осы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
@@ -3287,52 +3285,52 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>айқындайды</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="z7"/>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkStart w:id="4" w:name="z7"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      2. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Білім</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
@@ -3733,52 +3731,52 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>асырады</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="z8"/>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkStart w:id="5" w:name="z8"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      3. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Білім</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
@@ -3923,52 +3921,52 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>жүргізіледі</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="z9"/>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkStart w:id="6" w:name="z9"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      4. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Сыныптарды</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
@@ -4257,52 +4255,52 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>аспайды</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="z10"/>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkStart w:id="7" w:name="z10"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      5. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Білім</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
@@ -4831,52 +4829,52 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>жасайды</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="z11"/>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkStart w:id="8" w:name="z11"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      6. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Білім</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
@@ -5549,52 +5547,52 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>беріледі</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="z12"/>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkStart w:id="9" w:name="z12"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      7. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Ерекше</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
@@ -5963,52 +5961,52 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>асырылады</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="z13"/>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkStart w:id="10" w:name="z13"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      8. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Баланың</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
@@ -6297,52 +6295,52 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>бар</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="z14"/>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkStart w:id="11" w:name="z14"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      9. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Білім</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
@@ -6683,52 +6681,52 @@
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>жүгінеді</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00770965" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="z15"/>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkStart w:id="12" w:name="z15"/>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w:rsidR="00770965" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00770965" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00770965" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
@@ -7038,51 +7036,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>қабылдау</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>тәртібі</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>      РҚАО-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ның</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -7533,51 +7531,51 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10.05.2018 № 254 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="z16"/>
+      <w:bookmarkStart w:id="13" w:name="z16"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      10. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Бастауыш</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
@@ -8270,59 +8268,60 @@
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>етеді</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C656BC" w:rsidRPr="00B53C38" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="z17"/>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkStart w:id="14" w:name="z17"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
+      <w:bookmarkStart w:id="15" w:name="_GoBack"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B53C38">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Бірінші</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B53C38">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B53C38">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
@@ -8449,51 +8448,51 @@
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>қажет</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B53C38">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C656BC" w:rsidRPr="00B53C38" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="z18"/>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidRPr="00B53C38">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">      1) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B53C38">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>баланың</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00B53C38">
         <w:rPr>
           <w:b/>
@@ -8965,50 +8964,51 @@
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>көлеміндегі</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B53C38">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> фото – 2 дана.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C656BC" w:rsidRPr="00770965" w:rsidRDefault="00770965">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="z22"/>
       <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="00770965">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00770965">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Бастауыш</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -14615,51 +14615,50 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C656BC"/>
-    <w:rsid w:val="00714A93"/>
     <w:rsid w:val="00770965"/>
     <w:rsid w:val="00B53C38"/>
     <w:rsid w:val="00C656BC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -15599,51 +15598,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>1125</Words>
   <Characters>6413</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>53</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>