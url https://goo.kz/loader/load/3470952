--- v0 (2025-12-05)
+++ v1 (2025-12-05)
@@ -6,41680 +6,5356 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00630B59" w:rsidRPr="00630B59" w:rsidRDefault="00630B59" w:rsidP="00630B59">
-      <w:pPr>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidR="00944F43">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00A10DDE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A10DDE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00944F43">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>марта</w:t>
+      </w:r>
+      <w:r w:rsidR="00A10DDE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7170D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                УСТАВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Общественного фонда  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фонд благотворительности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00097DCB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЖҮРЕК ЛҮПІЛІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:keepNext/>
-        <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...224 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...187 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="00097DCB">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00097DCB" w:rsidRDefault="00097DCB" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="007A3367">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...5 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...5 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...5 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="00A10DDE">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...5 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...6 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...5 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...5 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:kern w:val="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...19 lines deleted...]
-          <w:kern w:val="3"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
-[...12 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г. Павлодар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...567 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">                                     </w:t>
-[...32 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D482F">
-[...4974 lines deleted...]
-        <w:tabs>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ОБЩИЕ  ПОЛОЖЕНИЯ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...19 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Общественный фонд </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Фонд благотворительности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00097DCB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Жүрек лүпілі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в дальнейшем Фонд) - является неправительственной некоммерческой организацией, добровольно созданной для  всесторонней поддержки и защиты социальных, культурных, образовательных прав и интересов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Фонд в своей деятельности руководствуется Конституцией Республики Казахстан, Гражданским кодексом РК, Законом РК </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>О некоммерческих организациях</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>другими законодательными актами,  настоящим Уставом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Вид Фонда: Общественный.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="00511180">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ЮРИДИЧЕСКИЙ СТАТУС</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фонд является в соответствии с действующим законодательством Республики Казахстан юридическим лицом, может иметь  самостоятельный  баланс,  обособленное  имущество, круглую печать,  угловой штамп, фирменные бланки,  расчетные и валютные счета в банках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.2.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фонд обладает полной хозяйственной самостоятельностью в вопросах определения форм  и  методов управления, принятия хозяйственных решений, служащих осуществлению его  целей.  Фонд может от своего имени приобретать имущественные и личные неимущественные права и нести  обязанности, быть истцом и ответчиком в судах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фонд несет ответственность по своим обязательствам всем своим имуществом в порядке, предусмотренном действующим законодательством. Государство и учредители Фонда не несут ответственности по обязательствам Фонда. Фонд не несет ответственности по обязательствам учредителей и государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фонд имеет право создавать  филиалы и представительства на территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.5. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фонд  имеет право приобретать и арендовать имущество у юридических и физических лиц за счет  средств,  имеющихся  в его распоряжении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.6.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фонд самостоятельно планирует свою деятельность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.7.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фонд имеет право самостоятельно заключать договоры с любыми юридическими и физическими лицами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.8.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фонд  имеет  право  на  получение кредитов от юридических и физических  лиц,  на  самостоятельное  инвестирование проектов, программ,  мероприятий  в собственной деятельности и деятельности других юридических и физических лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">2.9. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00630B59">
-[...45 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фонд  самостоятельно осуществляет оперативный,  бухгалтерский и статистический учет  результатов  своей  деятельности в  соответствии с действующим законодательством.  Фонд и его должностные лица несут ответственность за  правильность  и достоверность учета и отчетности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.10. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фонд своевременно и в установленных размерах уплачивает налоги и вносит платежи,  несет ответственность  за  правильность их расчетов и начислений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.11. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фонд осуществляет свою деятельность на территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ЦЕЛЬ И ПРЕДМЕТ ДЕЯТЕЛЬНОСТИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="00D80967">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Основной целью деятельности Фонда является осуществление благотворительности направленное на развитие ГУ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="KZ Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="KZ Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Средней</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="KZ Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="KZ Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00630B59">
-[...15 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">общеобразовательной школы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80967">
+        <w:rPr>
+          <w:rFonts w:eastAsia="KZ Times New Roman" w:cs="KZ Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="KZ Times New Roman" w:cs="KZ Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00630B59">
-[...15 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>города</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="KZ Times New Roman" w:cs="KZ Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00630B59">
-[...15 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="KZ Times New Roman" w:cs="KZ Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="KZ Times New Roman" w:cs="KZ Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00630B59">
-[...55 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>содействие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="KZ Times New Roman" w:cs="KZ Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00630B59">
-[...35 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>защите</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="KZ Times New Roman" w:cs="KZ Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00630B59">
-[...55 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>прав</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="KZ Times New Roman" w:cs="KZ Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00630B59">
-[...15 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="KZ Times New Roman" w:cs="KZ Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00630B59">
-[...15 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интересов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="KZ Times New Roman" w:cs="KZ Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00630B59">
-[...35 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>учащихся</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="KZ Times New Roman" w:cs="KZ Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Основными задачами фонда являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>создание благоприятных условий для совместной деятельности всех участников общественно-воспитательного процесса:  учащихся, родителей, учителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>создание условий для развития способностей учащихся, их творческого, интеллектуального и духовного потенциала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обеспечение благоприятных условий для детей из малообеспеченных семей, сирот;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>содействие в работе по совершенствованию учебно-воспитательного процесса, создание условий для дополнительного образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>защит а прав и интересов учащихся , создание условий для формирования здорового образа жизни;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">содействие в укреплении материально-технического обеспечения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ГУ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="KZ Times New Roman" w:cs="KZ Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Средней</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="KZ Times New Roman" w:cs="KZ Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00630B59">
-[...55 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>общеобразовательной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="KZ Times New Roman" w:cs="KZ Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00630B59">
-[...15 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80967">
+        <w:rPr>
+          <w:rFonts w:eastAsia="KZ Times New Roman" w:cs="KZ Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="KZ Times New Roman" w:cs="KZ Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00630B59">
-[...15 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>города</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="KZ Times New Roman" w:cs="KZ Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00630B59">
-[...880 lines deleted...]
-        <w:ind w:right="42"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="KZ Times New Roman" w:cs="KZ Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Предметом  деятельности  Фонда  является:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>участие в распределении стимулирующей части фонда оплаты труда работникам школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>участие в научно-правовом, финансовом, материально-техническом и ином обеспечении образовательных программ и программ развития школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>учреждение премий учащимся за особые успехи в учебе, в интеллектуальных и творческих конкурсах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>взаимодействие с государственными органами и организациями, а также с государственными структурами по вопросам деятельности фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>внешнеэкономическая предпринимательская и другие виды деятельности, не противоречащие действующему законодательству Республики Казахстан и  направленные на получение дохода  для обеспечения уставных целей фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В  своей  деятельности  Фонд  не преследует  цели получения экономической прибыли.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фонд может осуществлять предпринимательскую, в том числе внешнеэкономическую деятельность, экспортно-импортные операции, поскольку это служит достижению уставных целей. Предпринимательская деятельность Фонда осуществляется в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.5. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Доходы от предпринимательской деятельности Фонда подлежат  налогообложению в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.6. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Доходы от предпринимательской деятельности Фонда не перераспределяется между учредителями Фонда и должны использоваться для достижения уставных целей. Допускается использование Фондом своих средств на благотворительные цели.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.7. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фонд имеет право участвовать во  внешнеэкономической деятельности, вступать  в  договорные  отношения с зарубежными юридическими и физическими лицами, осуществлять экспортно-импортные операции,  необходимые  для деятельности Фонда,  руководствуясь при этом  законодательными  и  нормативными  актами Республики Казахстан и других государств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...658 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ПРАВА УЧРЕДИТЕЛЕЙ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Учредители   имеют право:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>участвовать в управлении делами  в порядке, определенном настоящим Договором;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>получать информацию о деятельности Фонда и знакомиться с его документацией;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 ) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>прекратить участие в Фонде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Предусмотренные в  п. 4.1. права не являются исчерпывающими. Учредители Фонда могут иметь другие права в соответствии с законодательством,  настоящим Уставом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:keepNext/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ОБЯЗАННОСТИ УЧРЕДИТЕЛЕЙ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Учредители  Фонда обязаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Соблюдать требования учредительных документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Передавать Фонду имущество, необходимое для его нормального функционирования  в порядке, размерах, способами и в сроки, предусмотренные учредительными документами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Не разглашать сведения, которые Фондом объявлены коммерческой тайной.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Учредители Фонда могут иметь (нести) и другие обязанности, предусмотренные законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>СОБСТВЕННОСТЬ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Источниками  формирования  имущества  являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поступления от учредителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>добровольные имущественные взносы и пожертвования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поступления (доход) от реализации товаров, работ, услуг в установленных законодательством случаях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дивиденды (доходы, вознаграждение (интерес),  получаемые   Фондом по акциям, облигациям, другим ценным бумагам и вкладам (депозитам);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>другие, не запрещенные законом поступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Объектами права собственности Фонда являются предприятия, имущественные комплексы, земельные участки, здания, сооружения, оборудование, сырье и материалы, денежные средства, фонды специального и целевого назначения, ценные бумаги, другое имущество производственного, потребительского, социального, культурного и иного назначения, продукты интеллектуального и творческого труда, которые числятся на балансе Фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Денежные средства Фонда формируются из вступительных взносов,  добровольных взносов и пожертвований; поступлений от проведения лекций, выставок, спортивных и иных мероприятий, лотерей; доходов от производственной и иной хозяйственной деятельности, других, не запрещенных законодательными актами, поступлений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Имущество, переданное фонду его учредителем, является собственностью фонда. Учредители  Фонда не имеют имущественных прав на имущество фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ОРГАНЫ  УПРАВЛЕНИЯ  И  КОНТРОЛЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Руководство Фондом осуществляют: Общее собрание учредителей, Председатель, Попечительский Совет, Ревизор.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Общее собрание учредителей - высший руководящий орган, правомочный принимать решения по всем вопросам деятельности Фонда. Общее собрание учредителей созывается по мере необходимости, но не реже одного раза в год. Внеочередные собрания собираются по предложению попечительского совета для решения неотложных вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>К исключительной компетенции Общего собрания учредителей относятся вопросы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidRPr="00630B59">
-[...35 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>внесения изменений и дополнений в учредительные документы Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>добровольной реорганизации и ликвидации Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00630B59">
-[...95 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>определения компетенции, организационной структуры, порядка формирования и прекращения полномочий органов управления Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00630B59">
-[...248 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>определения порядка и периодичности предоставления финансовой отчётности исполнительных органов управления Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidRPr="00630B59">
-[...408 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>избрание и освобождение от должности Председателя  Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidRPr="00630B59">
-[...268 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>избрания и освобождения от должности ревизора Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidRPr="00630B59">
-[...15 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>определения основных направлений деятельности Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>утверждения программ деятельности Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>избрания попечительского совета Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>утверждения сметы и отчетов о работе попечительского совета Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>принимает решения о создании новых юридических лиц и от имени Фонда подписывает юридические документы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">принимает решения об открытии отделений, филиалов и представительств Фонда  на территории Республики Казахстан.     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заседания Общего собрания учредителей правомочны при наличии не менее 2/3 от состава членов-учредителей. Решения принимаются большинством голосов от общего числа  присутствующих на собрании членов-учредителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Исполнительным органом  является Председатель  Фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.5. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Председатель Фонда избирается Общим собранием большинством голосов присутствующих учредителей сроком на 5 (пять) лет. Председатель освобождается от должности решением Общего собрания в  соответствии со статьей 7.2. настоящего Устава.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Председатель:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>распоряжается имуществом и средствами Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролирует деятельность служащих Фонда, заключает договоры (контракты), в том  числе трудовые;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00630B59">
-[...388 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>без доверенности представляет Фонд во взаимоотношениях с другими физическими и юридическими лицами, судебными и иными государственными и международными  организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidRPr="00630B59">
-[...352 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>открывает расчетные и валютные счета Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>выдает доверенность, в том числе с правом передоверия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>издает приказы и дает указания, обязательные для всех сотрудников Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>утверждает штатное расписание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от имени Фонда заключает договоры с трудовым коллективом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:before="100" w:after="100"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.6. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Состав Попечительского Совета избирается общим собранием простым большинством присутствующих учредителей в количестве от 3 до 7 человек, сроком на 1 год. Большинство членов попечительского совета фонда не могут составлять лица, связанные браком и близким родством, а также быть штатными работниками этого фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Попечительский Совет созывается на свои заседания по мере надобности, но не реже одного раза в три месяца Председателем  Фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Членство в Попечительском Совете не оплачивается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.7. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Попечительский Совет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00630B59">
-[...158 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осуществляет контроль за соответствием деятельности фонда его уставным целям,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>определяет приоритетность проектов и программ Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>готовит проекты изменений и дополнений в Устав Фонда для представления на  утверждение Общего собрания учредителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00630B59">
-[...88 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>назначает комиссию  в случае реорганизации Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>принимает положение об оплате труда служащих Фонда, другие нормативные акты, регулирующие внутреннюю деятельность Фонда, заключает договор с трудовым коллективом, утверждает внутренний распорядок работы сотрудников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>утверждает целевые программы Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>решает вопросы финансирования текущей деятельности Фонда, утверждает годовые отчеты руководителей проектов и программ Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidRPr="00630B59">
-[...368 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обсуждает текущие вопросы деятельности Фонда, не относящиеся к компетенции Общего собрания учредителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidRPr="00630B59">
-[...488 lines deleted...]
-          <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>утверждает штатную численность персонала Фонда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidRPr="00630B59">
-[...3373 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>участвует в подготовке проекта ежегодного отчета о финансовой деятельности Фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.8. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Попечительский Совет принимает свои решения в форме постановлений, которые   принимаются большинством голосов от общего числа присутствующих на заседании членов Попечительского Совета. При равенстве голосов решающее значение имеет голос Генерального директора Фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заседания Попечительского Совета правомочны при наличии не менее двух третей состава членов Попечительского Совета. Заседания Попечительского Совета ведет Председатель Фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>При необходимости Попечительский Совет принимает решение о создании постоянных  или временных комиссий (рабочих групп) по соответствующим направлениям деятельности Фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.9. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ревизор Фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ревизор Фонда осуществляет контроль за законностью и эффективностью использования средств Фонда, за финансово-хозяйственной деятельностью, избирается  Общим собранием на двухлетний срок. Ревизор дает заключения проектам ежеквартальных балансовых отчетов Фонда, а также по требованию Ревизора может быть собрано внеочередное Общее собрание учредителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Попечительский Совет обеспечивает Ревизору предоставление необходимых материалов для проведения ревизий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>По решению Общего собрания ревизия финансово-хозяйственной деятельности может проводиться независимой аудиторской организацией. Порядок проведения ревизий, права и обязанности независимой аудиторской службы определяются на основании договора, заключенного по поручению Общего собрания Председателем Фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...1025 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ТРУДОВОЙ  КОЛЛЕКТИВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фонд самостоятельно с учетом требований действующего законодательства Республики Казахстан, решает вопросы своей структуры, кадрового обеспечения, определяет формы и методы  организации, оплаты и материального стимулирования труда, размера тарифных ставок и окладов, премий и выплат работникам, продолжительность рабочего дня и рабочей недели, величину и порядок предоставления  ежегодных оплачиваемых отпусков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Трудовой коллектив Фонда составляют все граждане, участвующие своим  трудом в его деятельности на основании трудовых договоров (контрактов), а также других форм, регулирующих трудовые отношения работников с Фондом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фонд гарантирует членам трудового коллектива предоставление трудовых и социально-бытовых  льгот предусмотренных законодательством о труде, социальной защите и социальном страховании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...5224 lines deleted...]
-        <w:ind w:right="42"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ПОРЯДОК ВНЕСЕНИЯ ИЗМЕНЕНИЙ И ДОПОЛНЕНИЙ В УСТАВ ФОНДА.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9.1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Внесение изменения и дополнения в Устав Фонда утверждается на Общем  собрании Фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Органы юстиции должны быть уведомлены о внесении изменении и дополнении в Устав в течении одного месяца.    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...14605 lines deleted...]
-        <w:ind w:right="42"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...2246 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ПРЕКРАЩЕНИЕ  ДЕЯТЕЛЬНОСТИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Прекращение деятельности Фонда происходит путем  реорганизации или ликвидации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Деятельность  Фонда  прекращается  по решению Общего собрания Фонда либо по решению суда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>При реорганизации Фонда его права и обязанности  переходят к правопреемнику.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ликвидация  Фонда  производится  ликвидационной  комиссией, назначенной Общим собранием  или решением суда. Порядок ликвидации определяется действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.5. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>После ликвидации Фонда имеющиеся у него  средства,  включая  выручку от  распродажи его имущества, после расчетов по оплате труда работников Фонда, других компенсационных выплат, предусмотренных действующим законодательством и выполнения обязательств перед бюджетом, банками и другими кредиторами, направляются организации, либо организациям, преследующим те же цели, либо сходные с целями Фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:left="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10.6 Ликвидация считается завершенной, а Фонд прекратившим свою деятельность с момента внесения записи об этом в государственный регистр юридических лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...3138 lines deleted...]
-          <w:lang w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00630B59" w:rsidRPr="00630B59" w:rsidRDefault="00630B59" w:rsidP="00630B59">
-[...203 lines deleted...]
-    <w:sectPr w:rsidR="00C92D1B">
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0022433D" w:rsidRDefault="0022433D" w:rsidP="0022433D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00143BC0" w:rsidRDefault="00143BC0"/>
+    <w:sectPr w:rsidR="00143BC0">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11905" w:h="16837"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A26547" w:rsidRDefault="00A26547" w:rsidP="00080D85">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00EB03E3" w:rsidRDefault="00EB03E3" w:rsidP="007A3367">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A26547" w:rsidRDefault="00A26547" w:rsidP="00080D85">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00EB03E3" w:rsidRDefault="00EB03E3" w:rsidP="007A3367">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Andale Sans UI">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
-[...6 lines deleted...]
-    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...9 lines deleted...]
-    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman CYR">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KZ Times New Roman">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="1735819027"/>
+      <w:id w:val="-1403985733"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00080D85" w:rsidRDefault="00080D85">
+      <w:p w:rsidR="00097DCB" w:rsidRDefault="00097DCB">
         <w:pPr>
-          <w:pStyle w:val="ad"/>
+          <w:pStyle w:val="a7"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00A26547">
+        <w:r w:rsidR="00EB03E3" w:rsidRPr="00EB03E3">
           <w:rPr>
             <w:noProof/>
+            <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00080D85" w:rsidRDefault="00080D85">
+  <w:p w:rsidR="007A3367" w:rsidRDefault="007A3367">
     <w:pPr>
-      <w:pStyle w:val="ad"/>
+      <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A26547" w:rsidRDefault="00A26547" w:rsidP="00080D85">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00EB03E3" w:rsidRDefault="00EB03E3" w:rsidP="007A3367">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A26547" w:rsidRDefault="00A26547" w:rsidP="00080D85">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00EB03E3" w:rsidRDefault="00EB03E3" w:rsidP="007A3367">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="2BD25295"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B382077E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -41705,269 +5381,175 @@
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-[...88 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
-[...7 lines deleted...]
-  <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="004413EC"/>
-[...19 lines deleted...]
-    <w:rsid w:val="00F256CF"/>
+    <w:rsidRoot w:val="0094206E"/>
+    <w:rsid w:val="000723C2"/>
+    <w:rsid w:val="00097DCB"/>
+    <w:rsid w:val="000F2502"/>
+    <w:rsid w:val="0013230C"/>
+    <w:rsid w:val="00143BC0"/>
+    <w:rsid w:val="001C045F"/>
+    <w:rsid w:val="0022433D"/>
+    <w:rsid w:val="00385493"/>
+    <w:rsid w:val="003E2550"/>
+    <w:rsid w:val="00511180"/>
+    <w:rsid w:val="005F5BAF"/>
+    <w:rsid w:val="00722629"/>
+    <w:rsid w:val="00752984"/>
+    <w:rsid w:val="007A3367"/>
+    <w:rsid w:val="0094206E"/>
+    <w:rsid w:val="00944F43"/>
+    <w:rsid w:val="00A10DDE"/>
+    <w:rsid w:val="00A11231"/>
+    <w:rsid w:val="00B64018"/>
+    <w:rsid w:val="00D7170D"/>
+    <w:rsid w:val="00D80967"/>
+    <w:rsid w:val="00E35B78"/>
+    <w:rsid w:val="00EB03E3"/>
+    <w:rsid w:val="00F96A24"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
-    <w:lsdException w:name="caption" w:uiPriority="0" w:qFormat="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Balloon Text" w:uiPriority="0"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -42039,350 +5621,250 @@
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:qFormat/>
+    <w:rsid w:val="0022433D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="numbering" w:customStyle="1" w:styleId="1">
-[...6 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
     <w:name w:val="Standard"/>
-    <w:rsid w:val="00630B59"/>
+    <w:rsid w:val="0022433D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...27 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Textbody">
     <w:name w:val="Text body"/>
     <w:basedOn w:val="Standard"/>
-    <w:rsid w:val="00630B59"/>
+    <w:rsid w:val="0022433D"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...7 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D7170D"/>
     <w:rPr>
-      <w:i/>
-      <w:iCs/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-    <w:name w:val="Подзаголовок Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
-[...66 lines deleted...]
-    </w:pPr>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D7170D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Andale Sans UI" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:kern w:val="3"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
-[...22 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="ab">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ac"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00080D85"/>
+    <w:rsid w:val="007A3367"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="ab"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00080D85"/>
+    <w:rsid w:val="007A3367"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ad">
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ae"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00080D85"/>
+    <w:rsid w:val="007A3367"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="ad"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00080D85"/>
+    <w:rsid w:val="007A3367"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
-    <w:lsdException w:name="caption" w:uiPriority="0" w:qFormat="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Balloon Text" w:uiPriority="0"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -42454,301 +5936,203 @@
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:qFormat/>
+    <w:rsid w:val="0022433D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="numbering" w:customStyle="1" w:styleId="1">
-[...6 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
     <w:name w:val="Standard"/>
-    <w:rsid w:val="00630B59"/>
+    <w:rsid w:val="0022433D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...27 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Textbody">
     <w:name w:val="Text body"/>
     <w:basedOn w:val="Standard"/>
-    <w:rsid w:val="00630B59"/>
+    <w:rsid w:val="0022433D"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...7 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D7170D"/>
     <w:rPr>
-      <w:i/>
-      <w:iCs/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-    <w:name w:val="Подзаголовок Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
-[...66 lines deleted...]
-    </w:pPr>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D7170D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Andale Sans UI" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:kern w:val="3"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
-[...22 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="ab">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ac"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00080D85"/>
+    <w:rsid w:val="007A3367"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="ab"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00080D85"/>
+    <w:rsid w:val="007A3367"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ad">
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ae"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00080D85"/>
+    <w:rsid w:val="007A3367"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="ad"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00080D85"/>
+    <w:rsid w:val="007A3367"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -43015,82 +6399,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8251FA1C-779D-47DD-8D11-6C5D9E05810D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E8BBCB33-4C99-4CF3-BE2B-2CD50FA3C932}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2124</Words>
-  <Characters>12109</Characters>
+  <Words>2275</Words>
+  <Characters>12968</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>100</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>108</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14205</CharactersWithSpaces>
+  <CharactersWithSpaces>15213</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>U</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>