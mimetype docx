--- v0 (2025-12-14)
+++ v1 (2026-03-01)
@@ -1,5618 +1,1000 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00DD122A" w:rsidRPr="00AB097F" w:rsidRDefault="004A156B" w:rsidP="00AB097F">
+    <w:p w:rsidR="00087C59" w:rsidRPr="004A156B" w:rsidRDefault="00087C59" w:rsidP="00087C59">
       <w:pPr>
-        <w:pStyle w:val="1"/>
-[...3 lines deleted...]
-        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0B0080"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F1B56" w:rsidRDefault="00087C59" w:rsidP="00087C59">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Корь</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1B56" w:rsidRPr="009F1B56">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00087C59" w:rsidRDefault="009F1B56" w:rsidP="00087C59">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Консультация для родителей </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F1B56" w:rsidRPr="009F1B56" w:rsidRDefault="009F1B56" w:rsidP="00087C59">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00087C59" w:rsidRPr="004A156B" w:rsidRDefault="009F1B56" w:rsidP="009F1B56">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs w:val="0"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
-          <w:color w:val="000000"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37A4FB27" wp14:editId="4F43D132">
-[...2 lines deleted...]
-            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Admin\Desktop\22.png"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2396500" cy="1846331"/>
+            <wp:effectExtent l="0" t="0" r="3810" b="1905"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Admin\Desktop\zzz.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Admin\Desktop\22.png"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Admin\Desktop\zzz.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6">
+                    <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2438861" cy="2397873"/>
+                      <a:ext cx="2399483" cy="1848629"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="004C4A1B" w:rsidRPr="00AB097F" w:rsidRDefault="00DD122A" w:rsidP="00AB097F">
+    <w:p w:rsidR="00087C59" w:rsidRPr="004A156B" w:rsidRDefault="00087C59" w:rsidP="00087C59">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0B0080"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:vertAlign w:val="superscript"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AB097F">
-[...126 lines deleted...]
-        <w:t xml:space="preserve"> ауруына шалдыққан балаларға қауіпті. Ауру адаммен байланыста немесе қасында болғаннан кейін он күннен соң суық тию белгілері бойынша басталады: бұлар — дене қызу, тұмау, көздің қабынуы және жөтел. Ауру уақыт өткен сайын үдей түседі. Ауыз іші қабынып, ісініп, іш өтуі мүмкін. 2 немесе 3 күннен кейін ауыздың шырышты қабығында тұздың жартысындай кішкентай ақ дақтар көріне бастайды. </w:t>
+    </w:p>
+    <w:p w:rsidR="00087C59" w:rsidRPr="004A156B" w:rsidRDefault="00087C59" w:rsidP="00087C59">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Как можно заразиться? </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Проще простого: корь – самая «прилипчивая» детская инфекция. Вирусы, которые выделяет больной, чихая, кашляя и даже просто при разговоре, очень подвижны: они путешествуют по квартире, по лестничным клеткам и даже могут проникать через систему вентиляции. Но всё-таки зоны повышенной опасности, прежде всего – детский сад и школа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00087C59" w:rsidRPr="004A156B" w:rsidRDefault="00087C59" w:rsidP="00087C59">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Может ли заболеть ребёнок, у которого есть прививка?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00087C59" w:rsidRPr="004A156B" w:rsidRDefault="00087C59" w:rsidP="00087C59">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Такое бывает очень редко, да и болезнь в этом случае протекает очень легко и никогда не даёт осложнений. Скрытый (инкубационный) период кори продолжается 7-14 дней. Далее, напоминая ОРЗ, появляется насморк, повышается температура, сухой лающий кашель – именно сейчас ребёнок становится заразным. Часто при кори воспаляется слизистая глаз – начинается </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00AB097F">
-[...7 lines deleted...]
-        <w:t>Одан</w:t>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коньюктивит</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00AB097F">
-[...647 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Могут быть и другие симптомы – боли в животе, рвота, понос.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00087C59" w:rsidRPr="004A156B" w:rsidRDefault="00087C59" w:rsidP="00087C59">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Через 2 дня после повышения t</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00AB097F">
-[...7 lines deleted...]
-        <w:t>Б</w:t>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>*С</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00AB097F">
-[...592 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на слизистой ещё и появляются мелкие высыпания, а затем сыпь: за ушами и на лбу, затем она быстро распространяется ниже лица, шея, тело. В это время может резко подскочить t*С. Сыпь держится 4-7 дней, потом постепенно бледнеет, на её месте остаются светло-коричневые пятнышки. Такая пестрота может сохраняться до 2-х недель. Ребёнок </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00AB097F">
-[...7 lines deleted...]
-        <w:t>к</w:t>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>становится не заразен</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00AB097F">
-[...40 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, спустя 5 дней после появления сыпи.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD122A" w:rsidRPr="00AB097F" w:rsidRDefault="00DD122A" w:rsidP="00AB097F">
+    <w:p w:rsidR="00087C59" w:rsidRPr="004A156B" w:rsidRDefault="00087C59" w:rsidP="00087C59">
       <w:pPr>
-        <w:pStyle w:val="2"/>
-[...2 lines deleted...]
-        </w:pBdr>
+        <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="373737"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...32 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Иммунитет после кори сохраняется на всю жизнь!!</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00DD122A" w:rsidRPr="00AB097F" w:rsidRDefault="00DD122A" w:rsidP="00AB097F">
-[...1954 lines deleted...]
-    <w:p w:rsidR="00DD122A" w:rsidRDefault="00DD122A" w:rsidP="00AB097F">
+    <w:p w:rsidR="00087C59" w:rsidRPr="004A156B" w:rsidRDefault="00087C59" w:rsidP="00087C59">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="a3"/>
-[...5 lines deleted...]
-          <w:vertAlign w:val="superscript"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Пока держится t</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>*С</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ребёнок должен находится в постели; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>• Если t*С выше 38,5, можно дать жаропонижающие на основе парацетамола; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>• 3-4 раза в день обязательно промывать глаза; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• При сильном сухом кашле врач может назначить </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00AB097F">
-[...7 lines deleted...]
-        <w:t>Қызылшамен</w:t>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>муколитики</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00AB097F">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, препараты, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>разжижающие мокроту и помогающие её отхождению; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>• При сильном насморке нос промывают специальными спреями с морской водой (продаются в аптеке); </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>• Высыпания ни чем не смазывают; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>• Купать можно, когда t</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>*С</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> станет нормальной, когда сойдёт сыпь и на её месте останутся пигментные пятнышки; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>• Если ребёнка беспокоит зуд кожи, можно использовать мази, содержащие цинк; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>• Чаще поите ребёнка (морс, отвар шиповника, кураги, кисели, чай). Побольше фруктов – витамина</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, подавляет размножение вирусов. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>• В первые дни, как только ребёнку станет лучше, давать блюда, приготовленные на пару из нежирного мяса, рыбы, овощей, молочные продукты</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сложнения не редки! После болезни в течени</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-х месяцев иммунитет резко снижен и ребёнок может подцепить любую инфекцию. У малышей самое распространенное осложнение кори – воспаление лёгких. Может развиваться бронхит, ларингит. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Если врач предлагает госпитализацию, никогда не отказывайтесь! </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вирус кори поражает и центральную нервную систему. Самое опасное – </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00AB097F">
-[...7 lines deleted...]
-        <w:t>ауырған</w:t>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>менингоэнцефалит</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00AB097F">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>. Могут поражаться слуховые и зрительные нервы. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>После кори возможны и желудочно-кишечные осложнения: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>• Гастроэнтерит </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>• Гепатит, колит и т.д. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00AB097F">
-[...7 lines deleted...]
-        <w:t>баланы</w:t>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Дизбактериоз</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00AB097F">
-[...327 lines deleted...]
-      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00AB097F">
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00AB097F">
-[...1337 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidRPr="004A156B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="373737"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>оэтому родителям малышей надо быть очень внимательными, если появились признаки ОРЗ, подумайте, а не корь ли начинается?</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004A156B" w:rsidRDefault="004A156B" w:rsidP="00AB097F">
-[...75 lines deleted...]
-    <w:sectPr w:rsidR="004A156B">
+    <w:p w:rsidR="006E518A" w:rsidRDefault="006E518A"/>
+    <w:sectPr w:rsidR="006E518A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
-</file>
-[...119 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0068102A"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00DD122A"/>
+    <w:rsidRoot w:val="009469B4"/>
+    <w:rsid w:val="00087C59"/>
+    <w:rsid w:val="006E518A"/>
+    <w:rsid w:val="009469B4"/>
+    <w:rsid w:val="009F1B56"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -5755,230 +1137,143 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...41 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00087C59"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-[...13 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DD122A"/>
+    <w:rsid w:val="00087C59"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
-  </w:style>
-[...28 lines deleted...]
-    <w:rsid w:val="00DD122A"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004A156B"/>
+    <w:rsid w:val="00087C59"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="004A156B"/>
+    <w:rsid w:val="00087C59"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004A156B"/>
+    <w:rsid w:val="009F1B56"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="004A156B"/>
+    <w:rsid w:val="009F1B56"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -6103,369 +1398,161 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...41 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00087C59"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-[...13 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DD122A"/>
+    <w:rsid w:val="00087C59"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
-  </w:style>
-[...28 lines deleted...]
-    <w:rsid w:val="00DD122A"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004A156B"/>
+    <w:rsid w:val="00087C59"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="004A156B"/>
+    <w:rsid w:val="00087C59"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004A156B"/>
+    <w:rsid w:val="009F1B56"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="004A156B"/>
+    <w:rsid w:val="009F1B56"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...119 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kk.wikipedia.org/wiki/%D0%90%D1%81%D0%BF%D0%B8%D1%80%D0%B8%D0%BD" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kk.wikipedia.org/wiki/%D0%9B%D0%B0%D1%82%D1%8B%D0%BD_%D1%82%D1%96%D0%BB%D1%96" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kk.wikipedia.org/wiki/%D2%9A%D1%8B%D0%B7%D1%8B%D0%BB%D1%88%D0%B0" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kk.wikipedia.org/wiki/%D2%9A%D1%8B%D0%B7%D1%8B%D0%BB%D1%88%D0%B0" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6714,69 +1801,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>492</Words>
-  <Characters>2807</Characters>
+  <Words>430</Words>
+  <Characters>2452</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company/>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3293</CharactersWithSpaces>
+  <CharactersWithSpaces>2877</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>SAD</dc:creator>
+  <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>