--- v0 (2025-12-14)
+++ v1 (2026-03-07)
@@ -1,11316 +1,2205 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="002362B0" w:rsidRDefault="002362B0" w:rsidP="002362B0">
-[...2 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t>Балабақшада</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Патриотическое воспитание в детском саду через игры</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Играя, дети не только развиваются и развлекаются, но </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="006D5C7A">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>и многому учатся</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, познают окружающий мир. Только через игру возможно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>патриотическое воспитание дошкольников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Именно в игре можно приобщить малышей к родной культуре, развить чувство патриотизма к своему краю, городу, народу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Народные игрушки </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>– всё это учат ценить и любить мастерство своего народа, и вызывает чувство долга за красоту, сделанную руками мастеров своей родины. Таких истинно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>национальных игрушек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> должно быть в детском саду как можно больше, ведь именно с них начинается знакомство малышей с родной культурой и творчеством, ремёслами и промыслами, закладывая прочный фундамент патриотизма и любви к своему отечеству. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Кроме этого, отлично закладывают любовь к своей родине </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>куклы в национальных нарядах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Народные игры являются неотъемлемой частью нравственно-патриотического воспитания дошкольников. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В них отражается образ жизни людей, их труд, быт, национальные устои, представления о чести, смелости, мужестве, желание обладать силой, ловкостью, выносливостью, проявлять смекалку, выдержку, находчивость.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Радость движения сочетается с духовным обогащением детей. Особенность народных игр в том, что они, имея нравственную основу, учат малыша обретать гармонию с окружающим миром. У малышей формируется устойчивое, заинтересованное, уважительное отношение к культуре родной страны, создается эмоционально положительная основа для развития патриотических чувств. По содержанию народные игры лаконичны, выразительны и доступны ребенку. Они вызывают активную работу мысли, способствуют расширению кругозора, уточнению представлений об окружающем мире. В конце игры следует положительно оценить поступки тех детей, кто проявил смелость, ловкость, выдержку и взаимопомощь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сопровождающая народные игры речь – это настоящая сокровищница для педагога. Считалки, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>распевки</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, ролевые слова, особые словесные формулы, регулирующие ход игры, как нельзя лучше отвечают потребностям дошкольного детства. Все они имеют для ребенка поистине волшебное значение и поддерживают настроение игры. Ведь малыш, произносящий считалку, ощущает себя почти волшебником.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Народные игры в комплексе с другими воспитательными средствами представляют собой основу формирования гармонически развитой, активной личности, сочетающей в себе духовное богатство и физическое совершенство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Важным аспектом в системе патриотического воспитания является работа с родителями как постепенный и непрерывный процесс. Только опираясь на семью, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="006D5C7A">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>совместными усилиями</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, мы можем решить главную задачу: воспитание человека с большой буквы, человека-патриота своей страны. Большое место уделяется совместной деятельности детей и их родителей:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- проведение родительских собраний нравственно-патриотической направленности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- участие родителей в совместной игровой деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- участие родителей в спортивных и музыкальных праздниках нравственно-патриотической направленности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- совместное облагораживание территории детского сада;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- тематические выставки поделок, рисунков о поселке, сделанных родителями совместно с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Такой подход способствует сотрудничеству, эмоциональному, психологическому сближению родителей и детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Таким образом, работа по воспитанию гражданско-патриотических чувств детей к родному городу в условиях дошкольного образовательного учреждения имеет свои положительные результаты, а современное дошкольное учреждение выступает той социокультурной средой, создающей оптимальные условия для формирования у детей целостной «картины мира», воспитания патриотизма, основ гражданственности, а также интереса к своей малой родине. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Патриотические игры в детском саду проводятся, как правило, начиная со средней группы. В программу могут быть включены самые разные методы патриотического воспитания: экскурсии, показ иллюстраций, беседы, а также патриотические игры в детском саду, ознакомление с музыкальными записями (гимн, голоса птиц родного края, например), продуктами народного творчества (вышивка, роспись, резьба по дереву) и многое другое.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Некоторые патриотические игры в детском саду могут выглядеть самыми обычными играми, и только предварительная тщательная подготовка к этому мероприятию может выявить патриотические нотки в игре.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Длительность тематических бесед может быть минимальной, около получаса, в течение двух-трех раз в неделю. Общая продолжительность – около двух недель. После тематических бесед на тему патриотизм перерыв к играм должен быть минимальным, например, в течение суток.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дидактическая игра «Угадай места достопримечательности».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Цель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> – закрепить в дошкольниках знания родного города и страны, полученные в процессе бесед воспитателя с детьми; патриотическое воспитание. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В игре необходимы учебные материалы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> – карточки с изображениями памятников, монументов, дворцов, а также других памятных и известных мест, как в своем родном городе, так и других городов нашей страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Воспитатель показывает фото детям, а они, в свою очередь, называют их. Желательно, чтобы ранее была проведена ознакомительная беседа по каждой карточке, в процессе которой воспитатель объяснил бы детям, чем знаменито то или иное место, изображенное на карточке. Тогда в процессе игры, когда ребенок будет называть памятник, он может вспомнить, в честь кого он был установлен и в каком городе. Если дошкольник не помнит, другие дети ему могут помочь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Итог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> – дошкольники не только развивают свою память, но и приобретают первичные навыки патриотизма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дидактическая игра «символы нашей страны».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Цель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> – развить логическое мышление, память дошкольника. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Необходимо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> разделить герб города, страны или флаг на несколько деталей. При этом ребенку даются и лишние элементы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дети должны собрать необходимую композицию. Проводить эту процедуру можно также в виде соревнования нескольких команд. Та </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="006D5C7A">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>команда</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, которая правильно соберет символику, должна еще и объяснить элементы, изображенные на ней, а также историю их возникновения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дидактическая игра «Силуэты».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Цель игры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> – развить творческое воображение, память. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Необходимы дидактические материалы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> – известные достопримечательности родного города и страны, которые показаны не в своем цветном варианте, а в виде затемненного изображения – силуэта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>По данным силуэтам дошкольники угадывают, что изображено на данной карточке с силуэтом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Можно проводить такую </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>игру</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> как среди детей всей группы, так и в виде командного соревнования, в котором баллы присуждаются той команде, которая раньше другой угадает силуэт на дидактической карточке. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...33 lines deleted...]
-        <w:t>тәрби</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Спортивно-патриотическая игра «Зарница»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Цель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> – патриотическое воспитание детей дошкольного возраста, повышение лояльности к военным людям, разностороннее развитие, в том числе и физическое.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Людям старшего поколения знакома эта игра, которая была подзабыта в 90-е годы прошлого столетия. В настоящее время военно-спортивные патриотические игры в детском саду переживают свое второе рождение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Подготовительный этап</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Непосредственно до игры педагог должен обязательно провести беседы на патриотическую тему, а также провести занятия по ознакомлению с военными специфическими деталями:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>знакомство с воинскими званиями, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>изучение детской художественной литературы с элементами военной темы, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>умение обращаться с картами. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Параллельно на музыкальных занятиях могут быть изучены военные песни, в том числе и маршевые композиции. Педагог в рамках программы подготовки к Зарнице может научить детей комплексу спортивной гимнастики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В подготовительный этап также ходит научения построения в одну шеренгу, равнение на флаг при гимне России, а также выбор названий для команд и их девизов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дошкольники подготовительных групп также в состоянии выучить простейший строевой шаг на месте и выполнение простейших команд </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...10 lines deleted...]
-        <w:t>-</w:t>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...6241 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«На месте шагом марш!», «Отряд, стой!», повороты). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сама игра</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В день игры группа детей делится на два отряда, в котором выбирают командира, сапера, разведчика, снайпера, медсестер, знаменосца и других представителей военных должностей. Педагог считается генералом, который командует обоими командирами. Генерал дает задание найти важный документ. Искать придется по заранее нарисованной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>ә</w:t>
-[...4807 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:t>карте, на которой схематически указаны предметы интерьера (если игра проводится в помещении) или веранды и прилегающей к ней территории.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кроме того, можно придумать дополнительно несколько </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мини-конкурсов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Например, «Пройти через болото» — пройти через несколько обручей или игровых колец. Медсестры могут показать свои знания по оказанию первой медицинской помощи. Конечно, ситуации должны быть предварительно проговорены воспитателем. В данном случае скорее проверяется память ребенка и его умение вспомнить необходимую информацию в трудный момент. Все эти испытания призваны сплотить всю команду.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Для усиления эффекта и большего погружения ребенка в военно-патриотическую атмосферу можно подготовить </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>необходимые атрибуты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: флаги, медицинские нашивки. Что касается одежды, то можно сшить пилотки или беретки для всей группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Спортивно-патриотическая игра «Курс молодого бойца»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5C7A" w:rsidRPr="006D5C7A" w:rsidRDefault="006D5C7A" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D5C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Игру можно устроить в просторном помещении игровой комнаты или на улице. Малышам предстоит пройти через несколько препятствий, которые можно создать из подручных средств: обручей, кубиков, мячей и других предметов. Группа делится на две команды, и после прохождения всеми участниками полосы препятствий определяется победитель.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C188C" w:rsidRDefault="006C188C" w:rsidP="006D5C7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006C188C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="34F14C1E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BC9AE5DA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="4D5173A0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="478633CC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00BE73B6"/>
-    <w:rsid w:val="002362B0"/>
+    <w:rsidRoot w:val="007D7311"/>
     <w:rsid w:val="006C188C"/>
-    <w:rsid w:val="00BE73B6"/>
+    <w:rsid w:val="006D5C7A"/>
+    <w:rsid w:val="007D7311"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -11481,79 +2370,50 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...27 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -11700,106 +2560,77 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...27 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1735008803">
+    <w:div w:id="900596997">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://engime.org/koildi-tapishtar-klubi-7-sinip.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://engime.org/uchebnaya-programma-dlya-studenta-kafedra-yazikovih-disciplin.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://engime.org/seyu-gerhard-kak-lyubove-formiruet-mozg-rebenka.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12047,55 +2878,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>5794</Characters>
+  <Pages>4</Pages>
+  <Words>1426</Words>
+  <Characters>8132</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>48</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>67</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6797</CharactersWithSpaces>
+  <CharactersWithSpaces>9539</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>