--- v0 (2025-12-14)
+++ v1 (2026-03-05)
@@ -1,1184 +1,477 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00AE24A7" w:rsidRPr="00CF03BF" w:rsidRDefault="00AE24A7" w:rsidP="00AE24A7">
+    <w:p w:rsidR="004D2CE6" w:rsidRPr="00CF03BF" w:rsidRDefault="004D2CE6" w:rsidP="004D2CE6">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="20" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF03BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Песочная терапия для детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D2CE6" w:rsidRDefault="004D2CE6" w:rsidP="004D2CE6">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="20" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF03BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     Пожалуй, у каждого из нас есть свои положительные воспоминания из детства, связанные с играми в песке – морском, речном или тем, что засыпают в песочницы у дома. Однако песок не так прост. Элементарные, казалось бы, игры могут быть очень полезны для психического здоровья и развития детей. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF03BF">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Особенно если эти игры – песочная терапия.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF03BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Вы замечали, что песок для малышей обладает некой магической силой? В определенном возрасте их начинает манить к нему: детям хочется потрогать песок, поковыряться в нем палкой, поиграть игрушками, выкопать ямку. Создатели песочной терапии предоставляют нам возможность усилить полезное и успокаивающее действие песка: устроить настоящую песочницу дома, а также заниматься по специальной методике, которая способна творить чудеса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D2CE6" w:rsidRPr="00777ADF" w:rsidRDefault="004D2CE6" w:rsidP="004D2CE6">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="20" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777ADF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В первую очередь, песочная терапия для детей – это прекрасная возможность для самовыражения, развития творческих склонностей в ребенке, а также простой и действенный способ научиться выражать свои чувства, эмоции, переживания.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00777ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D2CE6" w:rsidRDefault="004D2CE6" w:rsidP="004D2CE6">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="20" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF03BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Песок может принимать любую форму. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CF03BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В сухом виде он один, в мокром – совершенно другой.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CF03BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Он непостоянный, все «скульптуры», сделанные из этого материала, быстро рассыпаются. Но </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CF03BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>так</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CF03BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> же быстро из песка можно сделать самые разные образы, фигурки и даже ситуации.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF03BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Как это работает? Картины, созданные на песке нашими руками, являются отражением </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CF03BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бессознательного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CF03BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Они – как сны, но их еще и можно пощупать. С их помощью мы выводим наружу наши переживания, внутренние проблемы, мучающие конфликты. Психолог или педагог поможет рассмотреть все это на вашей картине, а также и осознать, какие мысли вас тревожат. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF03BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>У детей все еще проще: малыши открыты, они не удерживают в своей душе массу проблем. Обычно маленьких детей может мучить лишь одна проблема, и в ходе песочной терапии она обязательно «выльется» на песчаную поверхность. Разобраться с ней обученному психологу не составит труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D2CE6" w:rsidRPr="00FF5DB7" w:rsidRDefault="004D2CE6" w:rsidP="004D2CE6">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="20" w:lineRule="atLeast"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF03BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Но это далеко не единственный плюс песочной терапии: она замечательно развивает мелкую моторику (песок благодаря своей структуре благотворно воздействует на тактильные ощущения и стимулирует нервные окончания, которые находятся в подушечках пальцев), фантазию, творческие способности, образное мышление и многое другое. Работа с песком успокаивает (особенно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00CF03BF">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>гиперактивных</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00CF03BF">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> детей</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CF03BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) – в нем как будто содержится живительная солнечная энергия, которая подзаряжает нас позитивными эмоциями. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D2CE6" w:rsidRPr="004D2CE6" w:rsidRDefault="004D2CE6" w:rsidP="004D2CE6">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="20" w:lineRule="atLeast"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CF03BF">
+      <w:r>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1002 lines deleted...]
-        <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="4314825" cy="2876550"/>
-[...1 lines deleted...]
-            <wp:docPr id="2" name="Рисунок 2" descr="D:\Шолпан\Desktop\психолог методики\22ясли\IMG_20180220_163121.jpg"/>
+            <wp:extent cx="3810000" cy="3028950"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:docPr id="5" name="Рисунок 1" descr="D:\Шолпан\Desktop\психолог методики\22ясли\IMG_20180220_163421.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Рисунок 2" descr="D:\Шолпан\Desktop\психолог методики\22ясли\IMG_20180220_163121.jpg"/>
+                    <pic:cNvPr id="0" name="Рисунок 1" descr="D:\Шолпан\Desktop\психолог методики\22ясли\IMG_20180220_163421.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4" cstate="print"/>
+                    <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4314825" cy="2876550"/>
+                      <a:ext cx="3810000" cy="3028950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+      <w:r>
+        <w:t>01 апреля  2019 год</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00AE24A7" w:rsidRDefault="00AE24A7" w:rsidP="00AE24A7">
+    <w:p w:rsidR="004D2CE6" w:rsidRPr="00FF5DB7" w:rsidRDefault="004D2CE6" w:rsidP="004D2CE6">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-        <w:spacing w:line="20" w:lineRule="atLeast"/>
+        <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
         <w:contextualSpacing/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF5DB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">психолог: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Серикбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ш.Ж</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D73E3E" w:rsidRPr="0041104B" w:rsidRDefault="00D73E3E" w:rsidP="001337C4">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE24A7" w:rsidRPr="00FF5DB7" w:rsidRDefault="00AE24A7" w:rsidP="00AE24A7">
-[...58 lines deleted...]
-    <w:sectPr w:rsidR="00D73E3E" w:rsidRPr="00AE24A7" w:rsidSect="009569C1">
+    <w:sectPr w:rsidR="00D73E3E" w:rsidRPr="0041104B" w:rsidSect="009569C1">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1188,76 +481,85 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BA2BA9"/>
+    <w:rsid w:val="00094E90"/>
+    <w:rsid w:val="001337C4"/>
     <w:rsid w:val="001D2CE1"/>
+    <w:rsid w:val="0032278A"/>
     <w:rsid w:val="003B7078"/>
+    <w:rsid w:val="0041104B"/>
+    <w:rsid w:val="004D2CE6"/>
+    <w:rsid w:val="006444D9"/>
+    <w:rsid w:val="007D208A"/>
     <w:rsid w:val="009569C1"/>
     <w:rsid w:val="00AE24A7"/>
+    <w:rsid w:val="00B5602E"/>
     <w:rsid w:val="00BA2BA9"/>
     <w:rsid w:val="00D73E3E"/>
+    <w:rsid w:val="00D74098"/>
     <w:rsid w:val="00DF357A"/>
     <w:rsid w:val="00EE21B8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="9218"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -1426,51 +728,50 @@
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00BA2BA9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BA2BA9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00BA2BA9"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -1489,61 +790,81 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BA2BA9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BA2BA9"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="No Spacing"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00094E90"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Без интервала Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="1"/>
+    <w:locked/>
+    <w:rsid w:val="00094E90"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://mirime.ru/kids/giperaktivnost-u-detey.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1790,50 +1111,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>342</Words>
-  <Characters>1953</Characters>
+  <Words>386</Words>
+  <Characters>2203</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>ПФ ТОО "KSP Steel"</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2291</CharactersWithSpaces>
+  <CharactersWithSpaces>2584</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>