--- v0 (2025-12-05)
+++ v1 (2025-12-29)
@@ -1,11477 +1,4867 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="001673A7" w:rsidRPr="001673A7" w:rsidRDefault="001673A7" w:rsidP="001673A7">
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001673A7">
+      <w:r w:rsidRPr="009F5056">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасындағы баланың құқықтары туралы</w:t>
-[...20 lines deleted...]
-    <w:p w:rsidR="001673A7" w:rsidRPr="001673A7" w:rsidRDefault="001673A7" w:rsidP="001673A7">
+        <w:t>О языках в Республике Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Закон Республики Казахстан от 11 июля 1997 года N 151.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="001673A7">
-[...11 lines deleted...]
-    <w:p w:rsidR="001673A7" w:rsidRPr="001673A7" w:rsidRDefault="001673A7" w:rsidP="001673A7">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Текст </w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001673A7">
-[...8 lines deleted...]
-    <w:p w:rsidR="001673A7" w:rsidRPr="001673A7" w:rsidRDefault="001673A7" w:rsidP="001673A7">
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Официальная публикация </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="001673A7">
-[...11 lines deleted...]
-    <w:p w:rsidR="001673A7" w:rsidRPr="001673A7" w:rsidRDefault="001673A7" w:rsidP="001673A7">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Информация </w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="001673A7">
-[...11 lines deleted...]
-    <w:p w:rsidR="001673A7" w:rsidRPr="001673A7" w:rsidRDefault="001673A7" w:rsidP="001673A7">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">История изменений </w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="001673A7">
-[...11 lines deleted...]
-    <w:p w:rsidR="001673A7" w:rsidRPr="001673A7" w:rsidRDefault="001673A7" w:rsidP="001673A7">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Ссылки </w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="001673A7">
-[...11 lines deleted...]
-    <w:p w:rsidR="001673A7" w:rsidRPr="001673A7" w:rsidRDefault="001673A7" w:rsidP="001673A7">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Скачать </w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001673A7">
-[...26 lines deleted...]
-    <w:p w:rsidR="001673A7" w:rsidRPr="001673A7" w:rsidRDefault="001673A7" w:rsidP="001673A7">
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прочее </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Вложения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="001673A7">
-[...19 lines deleted...]
-      </w:pPr>
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">ОГЛАВЛЕНИЕ </w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="001673A7">
-[...67 lines deleted...]
-    <w:p w:rsidR="001673A7" w:rsidRPr="001673A7" w:rsidRDefault="001673A7" w:rsidP="001673A7">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>ОГЛАВЛЕНИЕ</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001673A7">
-[...36 lines deleted...]
-    <w:p w:rsidR="001673A7" w:rsidRPr="001673A7" w:rsidRDefault="001673A7" w:rsidP="001673A7">
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В тексте после слова "Глава" цифры "I - VI" заменить соответственно цифрами "1 - 6" - Законом РК от 20 декабря 2004 г. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 13</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 1 января 2005 г.). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Настоящий Закон устанавливает правовые основы функционирования языков в Республике Казахстан, обязанности государства в создании условий для их изучения и развития, обеспечивает одинаково уважительное отношение ко всем, без исключения, употребляемым в Республике Казахстан языкам. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001673A7">
+      <w:r w:rsidRPr="009F5056">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-        <w:t>1-тарау. ЖАЛПЫ ЕРЕЖЕЛЕР</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="001673A7" w:rsidRPr="001673A7" w:rsidRDefault="001673A7" w:rsidP="001673A7">
+        <w:t>Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z2"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 1. Основные понятия, используемые в настоящем Законе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      В настоящем Законе используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1) диаспора – часть народа (этническая общность), проживающая вне страны его исторического происхождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) ономастика – раздел языкознания, изучающий собственные имена, историю их возникновения и преобразования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3) ономастическая комиссия – консультативно-совещательный орган, вырабатывающий предложения по формированию единых подходов по наименованию и переименованию административно-территориальных единиц, составных частей населенных пунктов, аэропортов, портов, железнодорожных вокзалов, железнодорожных станций, станций метрополитена, автовокзалов, автостанций, физико-географических и других объектов государственной собственности на территории Республики Казахстан, уточнению и изменению транскрипции их наименований и присвоению собственных имен лиц государственным юридическим лицам, юридическим лицам с участием государства, а также восстановлению и сохранению исторических названий как составной части историко-культурного наследия Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4) орфография – правописание, система правил, определяющих единообразие способов передачи речи (слов и грамматических форм) на письме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      5) Республиканская терминологическая комиссия – консультативно-совещательный орган, вырабатывающий предложения в области терминологической лексики казахского языка по всем отраслям экономики, науки, техники и культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      6) топонимика – раздел ономастики, изучающий названия географических объектов, закономерности их возникновения, изменения и функционирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      7) транслитерация – побуквенная передача текстов и отдельных слов одной графической системы средствами другой графической системы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      8) уполномоченный орган – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в сфере развития языков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 1 в редакции Закона РК от 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z31" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 72-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z4"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 2. Предмет регулирования настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Предметом регулирования настоящего Закона являются общественные отношения, возникающие в связи с употреблением языков в деятельности государственных, негосударственных организаций и органов местного самоуправления. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Настоящий Закон не регламентирует употребление языков в межличностных отношениях и в религиозных объединениях. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z6"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 3. Законодательство о языках в Республике Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Законодательство о языках в Республике Казахстан основывается на Конституции Республики Казахстан, состоит из настоящего Закона, иных нормативных правовых актов Республики Казахстан, касающихся употребления и развития языков. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Законодательство о языках распространяется на граждан Республики Казахстан, на иностранцев и лиц без гражданства, постоянно проживающих в Республике Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z8"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 4. Государственный язык Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Государственным языком Республики Казахстан является казахский язык.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Государственный язык - язык государственного управления, законодательства, судопроизводства и делопроизводства, действующий во всех сферах общественных отношений на всей территории государства. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Долгом каждого гражданина Республики Казахстан является овладение государственным языком, являющимся важнейшим фактором консолидации народа Казахстана. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Правительство, иные государственные, местные представительные и исполнительные органы обязаны: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      всемерно развивать государственный язык в Республике Казахстан, укреплять его международный авторитет; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      создавать все необходимые организационные, материально-технические условия для свободного и бесплатного овладения государственным языком всеми гражданами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      оказывать помощь казахской диаспоре в сохранении и развитии родного языка. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z10"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 5. Употребление русского языка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В государственных организациях и органах местного самоуправления наравне с казахским официально употребляется русский язык. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z12"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 6. Забота государства о языках</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Каждый гражданин Республики Казахстан имеет право на пользование родным языком, на свободный выбор языка общения, воспитания, обучения и творчества. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Государство заботится о создании условий для изучения и развития языков народа Казахстана. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В местах компактного проживания национальных групп при проведении мероприятий могут быть использованы их языки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z14"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 7. Недопустимость препятствования функционированию языков</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В Республике Казахстан не допускается ущемление прав граждан по языковому признаку. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Действия должностных лиц, препятствующих функционированию и изучению государственного и других языков, представленных в Казахстане, влекут за собой ответственность в соответствии с законами Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 7 с изменением, внесенным Законом РК от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 315</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (со дня официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001673A7">
+      <w:r w:rsidRPr="009F5056">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-        <w:t xml:space="preserve">1-бап. Осы Заңда пайдаланылатын негiзгi ұғымдар </w:t>
-[...409 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:t>Глава 2. ЯЗЫК В ГОСУДАРСТВЕННЫХ И НЕГОСУДАРСТВЕННЫХ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F5056">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="001673A7">
+        <w:br/>
+        <w:t>ОРГАНИЗАЦИЯХ И ОРГАНАХ МЕСТНОГО САМОУПРАВЛЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z17"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 8. Употребление языков</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Языком работы и делопроизводства государственных органов, организаций и органов местного самоуправления Республики Казахстан является государственный язык, наравне с казахским официально употребляется русский язык. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В работе негосударственных организаций используются государственный и, при необходимости, другие языки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z19"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 9. Язык актов государственных органов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Акты государственных органов разрабатываются и принимаются на государственном языке, при необходимости, их разработка может вестись на русском языке с обеспечением, по возможности, перевода на другие языки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z21"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Статья 10. Язык ведения документации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ведение учетно-статистической, финансовой и технической документации в системе государственных органов, организациях Республики Казахстан, независимо от форм собственности, обеспечивается на государственном и на русском языках. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 10 с изменениями, внесенными законами РК от 05.06.2006 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 146</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z16" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>ст.2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 24.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="306" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 422-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z23"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 11. Язык ответов на обращения граждан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ответы государственных и негосударственных организаций на обращения граждан и другие документы даются на государственном языке или на языке обращения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z25"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 12. Язык в Вооруженных Силах и правоохранительных органах</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В Вооруженных Силах Республики Казахстан, а также во всех видах воинских и военизированных формирований, в организациях государственного контроля и надзора, правовой защиты граждан и в правоохранительных органах обеспечивается функционирование государственного и русского языков. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z27"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 13. Язык судопроизводства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Судопроизводство в Республике Казахстан ведется на государственном языке, а, при необходимости, в судопроизводстве наравне с государственным употребляется русский язык или другие языки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z29"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 14. Язык производства по делам об административных правонарушениях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Производство по делам об административных правонарушениях ведется на государственном языке, а при необходимости, и на других языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z31"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 15. Язык сделок</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Все сделки физических и юридических лиц в Республике Казахстан, совершаемые в письменной форме, излагаются на государственном и русском языках с приложением в необходимых случаях перевода на других языках. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сделки с иностранными физическими и юридическими лицами, совершаемые в письменной форме, излагаются на государственном и на приемлемом для сторон языке. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 15 с изменениями, внесенными законами РК от 05.06.2006 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 146</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z16" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>ст.2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">); от 24.11.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="307" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 422-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-        <w:t xml:space="preserve">2-бап. Осы Заңның қолданылуы </w:t>
-[...87 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="001673A7">
+        <w:t>Глава 3. ЯЗЫК В ОБЛАСТИ ОБРАЗОВАНИЯ, НАУКИ, КУЛЬТУРЫ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F5056">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-        <w:t xml:space="preserve">3-бап. Қазақстан Республикасының баланың құқықтары туралы заңдары </w:t>
-[...38 lines deleted...]
-    <w:p w:rsidR="001673A7" w:rsidRPr="001673A7" w:rsidRDefault="001673A7" w:rsidP="001673A7">
+        <w:br/>
+        <w:t>И СРЕДСТВАХ МАССОВОЙ ИНФОРМАЦИИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок главы 3 с изменением, внесенным Законом РК от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 320</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z53" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>ст.2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z34"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Статья 16. Язык в области образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В Республике Казахстан обеспечивается создание детских дошкольных организаций, функционирующих на государственном языке, а в местах компактного проживания национальных групп - и на их языках. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Язык обучения, воспитания в детских домах и приравненных к ним организациях определяется местными исполнительными органами с учетом национального состава их контингента. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Республика Казахстан обеспечивает получение начального, основного среднего, общего среднего, технического и профессионального, послесреднего, высшего и послевузовского образования на государственном, русском, а при необходимости и возможности, и на других языках. В организациях образования государственный язык и русский язык являются обязательными учебными предметами и входят в перечень дисциплин, включаемых в документ об образовании. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок и статья с изменениями, внесенными Законом РК от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 320</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="z53" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>ст.2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z36"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 17. Язык в области науки и культуры</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В Республике Казахстан в области науки, включая оформление и защиту диссертаций, обеспечивается функционирование государственного и русского языков. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Культурные мероприятия проводятся на государственном и, при необходимости, на других языках. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок и статья с изменениями, внесенными Законом РК от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 320</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:anchor="z53" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>ст.2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z38"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 18. Язык печати и средств массовой информации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Республика Казахстан обеспечивает функционирование государственного, других языков в печатных изданиях и средствах массовой информации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      В целях создания необходимой языковой среды и полноценного функционирования государственного языка объем теле-, радиопрограмм по теле-, радиоканалам, независимо от форм их собственности, на государственном языке по времени не должен быть менее суммарного объема теле-, радиопрограмм на других языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 18 с изменением, внесенным Законом РК от 18.01.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:anchor="65" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 546-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении тридцати календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001673A7">
+      <w:r w:rsidRPr="009F5056">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-        <w:t xml:space="preserve">4-бап. Балалардың тең құқықтылығы </w:t>
-[...88 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+        <w:t>Глава 4. ЯЗЫК В НАИМЕНОВАНИЯХ НАСЕЛЕННЫХ ПУНКТОВ,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F5056">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="001673A7">
+        <w:br/>
+        <w:t>ИМЕНАХ СОБСТВЕННЫХ, ВИЗУАЛЬНОЙ ИНФОРМАЦИИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z41"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 19. Порядок использования топонимических названий, наименований организаций</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      Традиционные, исторически сложившиеся казахские названия административно-территориальных единиц, составных частей населенных пунктов, а также других физико-географических объектов на других языках должны воспроизводиться согласно правилам транслитерации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Наименования государственных организаций, их структурных подразделений даются на государственном и русском языках. Наименования совместных, иностранных организаций - с транслитерацией на государственном и русском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 19 с изменением, внесенным Законом РК от 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:anchor="32" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 72-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z43"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 20. Написание личных имен, отчеств и фамилий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Написание личных имен, отчеств, фамилий в официальных документах должно соответствовать законодательству и нормативным правовым актам Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z45"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 21. Язык реквизитов и визуальной информации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Тексты печатей и штампов государственных органов содержат их названия на государственном языке. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Тексты печатей, штампов организаций, независимо от форм собственности, составляются на государственном и русском языках. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бланки, вывески, объявления, реклама, прейскуранты, ценники, другая визуальная информация излагаются на государственном и русском, а при необходимости, и на других языках. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Товарные ярлыки (этикетки) со специальными сведениями, маркировки, инструкции к товарам, производимым в Казахстане, должны содержать необходимую информацию на государственном и русском языках. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Товарные ярлыки (этикетки) со специальными сведениями, маркировки, инструкции к товарам зарубежного производства обеспечиваются переводом на государственный и русский языки за счет средств импортирующих организаций. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Все тексты визуальной информации располагаются в следующем порядке: слева или сверху - на государственном, справа или снизу - на русском языках, пишутся одинаковыми по размеру буквами. По мере необходимости тексты визуальной информации могут быть приведены дополнительно и на других языках. При этом размеры шрифта не должны превышать установленных нормативными правовыми актами требований. Устная информация, объявления, реклама даются на государственном, русском и, при необходимости, на других языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z47"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 22. Язык в области связи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В области связи в пределах Республики Казахстан обеспечивается функционирование государственного и русского языков. Почтово-телеграфные отправления за пределы Республики Казахстан производятся согласно установленным международным правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      Сноска. Статья 22 в редакции Закона РК от 21.11.2008 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:anchor="z13" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 89-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:anchor="z41" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>ст.2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-        <w:t xml:space="preserve">5-бап. Баланың құқықтарын шектеуге тыйым салу </w:t>
-[...69 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="001673A7">
+        <w:t>Глава 5. ПРАВОВАЯ ЗАЩИТА ЯЗЫКОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z50"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 23. Государственная защита языков</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Государственный и все другие языки в Республике Казахстан находятся под защитой государства. Государственные органы создают необходимые условия для функционирования и развития этих языков. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Развитие языков обеспечивается документами Системы государственного планирования Республики Казахстан, предусматривающими приоритетность государственного языка и поэтапный переход делопроизводства на казахский язык.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Перечень профессий, специальностей и должностей, для которых необходимо знание государственного языка в определенном объеме и в соответствии с квалификационными требованиями, устанавливается законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 23 с изменениями, внесенными законами РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 13</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005); от 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:anchor="33" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 72-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после его первого официального опубликования); от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:anchor="z139" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 124-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z52"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 24. Ответственность за нарушение законодательства Республики Казахстан о языках</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Первые руководители государственных органов либо ответственные секретари или иные должностные лица, определяемые Президентом Республики Казахстан, а также физические и юридические лица, виновные в нарушении законодательства Республики Казахстан о языках, несут ответственность в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Отказ должностного лица в принятии обращений физических и юридических лиц, мотивированный незнанием государственного языка, любое препятствование употреблению государственного и других языков в сфере их функционирования, а также нарушение требований по размещению реквизитов и визуальной информации влекут ответственность, предусмотренную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 24 в редакции Закона РК от 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:anchor="34" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 72-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z53"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 24-1. Компетенция Правительства Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Правительство Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1) создает республиканские терминологическую и ономастическую комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) утверждает типовое положение об областных ономастических комиссиях и ономастических комиссиях городов республиканского значения, столицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3) выполняет иные функции, возложенные на него Конституцией, настоящим Законом, иными законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 5 дополнена статьей 24-1 в соответствии с Законом РК от 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:anchor="35" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 72-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z54"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 25. Компетенция уполномоченного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Уполномоченный орган:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1) обеспечивает реализацию единой государственной политики в сфере развития языков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) исключен Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:anchor="z140" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 124-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) осуществляет контроль за соблюдением законодательства Республики Казахстан о языках в центральных и местных исполнительных органах областей, городов республиканского значения, столицы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) дает рекомендации об устранении нарушений требований, установленных законодательством Республики Казахстан о языках, вносит предложения в соответствующие органы о применении мер дисциплинарного взыскания к должностным лицам, виновным в нарушении законодательства Республики Казахстан о языках; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      5) организует информационное, методическое обеспечение деятельности по реализации единой государственной политики в сфере развития языков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      5-1) обеспечивает деятельность республиканских терминологической и ономастической комиссий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      6) координирует деятельность ономастических комиссий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) исключен Законом РК от 29.12.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:anchor="z1302" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      8) осуществляет иные полномочия, предусмотренные настоящим Законом, иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 25 в редакции Закона РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 13</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005); с изменениями, внесенными законами РК от 06.01.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:anchor="z66" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 378-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 05.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:anchor="237" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 452-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:anchor="z179" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 36-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:anchor="36" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 72-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после его первого официального опубликования); от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:anchor="z140" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 124-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.12.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:anchor="1302" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z61"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 25-1. Компетенция ономастических комиссий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1. К компетенции Республиканской ономастической комиссии относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1) разработка рекомендаций и предложений по вопросам ономастики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) выдача заключений по наименованию, переименованию областей, районов и городов, а также уточнению и изменению транскрипции их наименований;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3) выдача заключений по присвоению наименования аэропортам, портам, железнодорожным вокзалам, железнодорожным станциям, станциям метрополитена, автовокзалам, автостанциям, физико-географическим и другим объектам государственной собственности на территории Республики Казахстан, а также переименованию, уточнению и изменению транскрипции их наименований и присвоению собственных имен лиц государственным юридическим лицам, юридическим лицам с участием государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4) выдача заключений по наименованию, переименованию районов в городе, составных частей городов областного значения, а также уточнению и изменению транскрипции их наименований;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      5) согласование заключений ономастических комиссий городов республиканского значения, столицы по наименованию, переименованию районов в городе, составных частей городов республиканского значения, столицы, а также уточнению и изменению транскрипции их наименований.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2. К компетенции областных ономастических комиссий относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1) выдача заключений по наименованию, переименованию сел, поселков, сельских округов, а также уточнению и изменению транскрипции их наименований;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) выдача заключений по наименованию, переименованию составных частей городов районного значения, поселка, села, сельского округа, а также уточнению и изменению транскрипции их наименований.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3. К компетенции ономастических комиссий городов республиканского значения, столицы относится выдача заключений по наименованию, переименованию районов в городе, составных частей городов республиканского значения, столицы, а также уточнению и изменению транскрипции их наименований после согласования с Республиканской ономастической комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4. Местными представительными и исполнительными органами решение по наименованию, переименованию, а также уточнению и изменению транскрипции наименований административно-территориальных единиц, составных частей населенных пунктов принимается только при наличии положительного заключения соответствующих ономастических комиссий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 5 дополнена статьей 25-1 в соответствии с Законом РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 13</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005); в редакции Закона РК от 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:anchor="41" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 72-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z62"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 25-2. Компетенция местного исполнительного органа области, города республиканского значения, столицы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      Сноска. Заголовок статьи 25-2 с изменением, внесенным Законом РК от 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:anchor="43" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 72-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Местный исполнительный орган области, города республиканского значения, столицы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) исключен Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48" w:anchor="z141" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 124-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) осуществляет контроль за соблюдением законодательства Республики Казахстан о языках территориальными подразделениями центральных исполнительных органов и районными исполнительными органами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-1) исключен Законом РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId49" w:anchor="z1479" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 156-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3) дает рекомендации об устранении нарушений требований, установленных законодательством Республики Казахстан о языках, применяет меры административного воздействия на основании и в порядке, предусмотренных законодательством Республики Казахстан об административных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-1) исключен Законом РК от 29.10.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50" w:anchor="z132" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 376-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) осуществляет комплекс мер областного значения, направленных на развитие государственного и других языков; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      5) обеспечивает деятельность областной ономастической комиссии, ономастических комиссий города республиканского значения, столицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      6) осуществляет в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 25-2 в соответствии с Законом РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 13</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005); с изменениями, внесенными законами РК от 05.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:anchor="z238" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 452-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53" w:anchor="42" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 72-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после его первого официального опубликования); от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54" w:anchor="z141" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 124-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.10.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:anchor="132" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 376-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2016); от 24.05.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56" w:anchor="z1479" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 156-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z63"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 25-3. Компетенция местного исполнительного органа района (города областного значения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Местный исполнительный орган района (города областного значения):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) исключен Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57" w:anchor="z142" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 124-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      2) проводит мероприятия районного (города областного значения) уровня, направленные на развитие государственного и других языков; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3) вносит предложения в исполнительные органы областей о наименовании и переименовании сел, поселков, сельских округов, а также изменении их транскрипции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4) осуществляет в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 25-3 в соответствии с Законом РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 13</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005); с изменениями, внесенными законами РК от 05.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:anchor="239" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 452-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 13.10.2011); от 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:anchor="48" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 72-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после его первого официального опубликования); от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId61" w:anchor="z142" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 124-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z55"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 25-4. Государственный контроль за соблюдением законодательства Республики Казахстан о языках</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Государственный контроль за соблюдением законодательства Республики Казахстан о языках осуществляется в форме проверки и профилактического контроля в соответствии с Предпринимательским кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Закон дополнен статьей 25-4 в соответствии с Законом РК от 06.01.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId62" w:anchor="z67" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 378-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); в редакции Закона РК от 24.05.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId63" w:anchor="z1480" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 156-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z76"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 25-5. Критерии ономастической работы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Критериями ономастической работы по наименованию и переименованию административно-территориальных единиц, составных частей населенных пунктов, аэропортов, портов, железнодорожных вокзалов, железнодорожных станций, станций метрополитена, автовокзалов, автостанций, физико-географических и других объектов государственной собственности на территории Республики Казахстан, а также уточнению и изменению транскрипции их наименований и присвоению собственных имен лиц государственным юридическим лицам, юридическим лицам с участием государства являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1) учет исторических, географических, природных и культурных особенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) соответствие нормам литературного языка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3) однократное присвоение одного наименования населенным пунктам, составным частям населенных пунктов в пределах одной административно-территориальной единицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4) переименование, изменение присвоенного собственного имени лица не ранее десяти лет со дня наименования, присвоения (изменения) имени;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      5) присвоение собственных имен выдающихся государственных и общественных деятелей, деятелей науки, культуры и других лиц, имеющих заслуги перед Республикой Казахстан и мировым сообществом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 5 дополнена статьей 25-5 в соответствии с Законом РК от 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId64" w:anchor="z50" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 72-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении трех месяцев после его первого официального опубликования); с изменением, внесенным Законом РК от 05.05.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId65" w:anchor="z20" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 60-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z56"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 26. Обеспечение исполнения настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 26 исключена Законом РК от 20.12.2004 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId66" w:anchor="z53" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 13</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2005).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-        <w:t>2-тарау. БАЛАЛАР МҮДДЕСIН КӨЗДЕЙТIН МЕМЛЕКЕТТIК САЯСАТ</w:t>
-[...5 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="001673A7">
+        <w:t>Глава 6. ИСПОЛЬЗОВАНИЕ ЯЗЫКОВ В ОТНОШЕНИЯХ С ЗАРУБЕЖНЫМИ СТРАНАМИ И МЕЖДУНАРОДНЫМИ ОРГАНИЗАЦИЯМИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z59"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="009F5056">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-[...240 lines deleted...]
-    <w:p w:rsidR="001673A7" w:rsidRPr="001673A7" w:rsidRDefault="001673A7" w:rsidP="001673A7">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 27. Язык в международной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Деятельность дипломатических представительств Республики Казахстан и представительств Республики Казахстан при международных организациях осуществляется на государственном языке с использованием, при необходимости, других языков. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Двусторонние международные договоры Республики Казахстан с иностранными государствами заключаются на государственном языке Республики Казахстан и иных языках по согласию сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Двусторонние международные договоры Республики Казахстан с международными организациями и многосторонние международные договоры Республики Казахстан заключаются на языках, определенных по согласию участвующих в переговорах сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Официальные приемы и другие мероприятия с представителями других государств в Республике Казахстан проводятся на государственном языке с переводом на другие языки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001673A7">
-[...9852 lines deleted...]
-        <w:t>      Баланың құқықтарын қорғау жөнiндегi функцияларды жүзеге асыратын мемлекеттік органдар мен ұйымдардың қызметiн үйлестiрудi Қазақстан Республикасының Yкiметi жүзеге асырады.</w:t>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 27 с изменениями, внесенными Законом РК от 30.01.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId67" w:anchor="z3" w:history="1">
+        <w:r w:rsidRPr="009F5056">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 168-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009F5056">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9000" w:type="dxa"/>
         <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9000"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001673A7" w:rsidRPr="001673A7" w:rsidTr="001673A7">
+      <w:tr w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidTr="009F5056">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001673A7" w:rsidRPr="001673A7" w:rsidRDefault="001673A7" w:rsidP="001673A7">
+          <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001673A7">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001673A7">
+            <w:r w:rsidRPr="009F5056">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001673A7" w:rsidRPr="001673A7" w:rsidTr="001673A7">
+      <w:tr w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidTr="009F5056">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6000" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001673A7" w:rsidRPr="001673A7" w:rsidRDefault="001673A7" w:rsidP="001673A7">
+          <w:p w:rsidR="009F5056" w:rsidRPr="009F5056" w:rsidRDefault="009F5056" w:rsidP="009F5056">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001673A7">
+            <w:r w:rsidRPr="009F5056">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>      Президенті</w:t>
+              <w:t>      Президент</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F5056">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A91E12" w:rsidRDefault="00A91E12"/>
-    <w:sectPr w:rsidR="00A91E12">
+    <w:p w:rsidR="00CC0445" w:rsidRDefault="00CC0445"/>
+    <w:sectPr w:rsidR="00CC0445">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -11487,53 +4877,53 @@
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="5A413D75"/>
+    <w:nsid w:val="4A975447"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="027C8EC2"/>
+    <w:tmpl w:val="0CCC67A4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -11636,53 +5026,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6E963B2D"/>
+    <w:nsid w:val="6C9C7CE7"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="20DAC99C"/>
+    <w:tmpl w:val="DCD446B6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -11785,70 +5175,70 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001673A7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A91E12"/>
+    <w:rsidRoot w:val="009F5056"/>
+    <w:rsid w:val="009F5056"/>
+    <w:rsid w:val="00CC0445"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -11998,302 +5388,290 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="001673A7"/>
+    <w:rsid w:val="009F5056"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="001673A7"/>
+    <w:rsid w:val="009F5056"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="001673A7"/>
+    <w:rsid w:val="009F5056"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="001673A7"/>
+    <w:rsid w:val="009F5056"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001673A7"/>
+    <w:rsid w:val="009F5056"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001673A7"/>
+    <w:rsid w:val="009F5056"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a5">
-    <w:name w:val="FollowedHyperlink"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="note">
+    <w:name w:val="note"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="99"/>
-[...6 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="009F5056"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
-    <w:name w:val="note"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="note1">
+    <w:name w:val="note1"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="001673A7"/>
+    <w:rsid w:val="009F5056"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="note1">
-[...3 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="1006712893">
+    <w:div w:id="1477144804">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="11299980">
+        <w:div w:id="2000111603">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="945578618">
+        <w:div w:id="1554349825">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="154226712">
+            <w:div w:id="962224374">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="232400416">
+            <w:div w:id="237134997">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="950354089">
+        <w:div w:id="2103145015">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1967815563">
+            <w:div w:id="58093786">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000170" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000403" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000253_" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000517" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000372" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000345_/history" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000227" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000258_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000345_/z020345_.htm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000170" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000484" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000170" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000170" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000345_" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000159" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000159" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000126" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000175" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000227" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000345_/links" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000170" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000185_" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000176_" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000372" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000210" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000185_" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000345_/info" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000236" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000159" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000188_" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000345_/z020345_.htm" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000126" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000484" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000185_" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000435" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000170" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000111" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000102" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000156" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000345_/download" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1600000501" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000354" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1800000170" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000185_" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z060000146_" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000378" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000376" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000376" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1800000156" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z970000151_/history" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z060000146_" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z080000089_" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z970000151_/info" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z970000151_/z970151.htm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z970000151_" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z060000146_" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1800000156" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z970000151_/z970151.htm" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z060000146_" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1700000060" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z970000151_/download" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000315_" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000546" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z080000089_" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1800000156" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z970000151_/links" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000422" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000320_" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000013_" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000168" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000422" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000124" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000378" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12539,51 +5917,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>34</Pages>
-[...1 lines deleted...]
-  <Characters>74696</Characters>
+  <Pages>12</Pages>
+  <Words>4853</Words>
+  <Characters>27668</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>622</Lines>
-  <Paragraphs>175</Paragraphs>
+  <Lines>230</Lines>
+  <Paragraphs>64</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>ПФ ТОО "KSP Steel"</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>87625</CharactersWithSpaces>
+  <CharactersWithSpaces>32457</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>