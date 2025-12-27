--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f08e0e5" w14:textId="f08e0e5">
+    <w:p w14:paraId="66caa61" w14:textId="66caa61">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,340 +76,344 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Мектепке дейінгі тәрбие мен оқыту саласында жергілікті атқарушы органдар көрсететін мемлекеттік қызметтер стандарттарын бекіту туралы</w:t>
-[...16 lines deleted...]
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 7 сәуірдегі № 172 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 8 мамырда № 10981 тіркелді.</w:t>
+        <w:t>Об утверждении стандартов государственных услуг, оказываемых местными исполнительными органами в сфере дошкольного воспитания и обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 7 апреля 2015 года № 172. Зарегистрирован в Министерстве юстиции Республики Казахстан 8 мая 2015 года № 10981.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының 10-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес </w:t>
+      В соответствии с подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН:</w:t>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Мыналар:</w:t>
+      1. Утвердить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) осы бұйрыққа </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Мектепке дейінгі балалар ұйымдарына жіберу үшін мектепке дейінгі (7 жасқа дейін) жастағы балаларды кезекке қою" мемлекеттік көрсетілетін қызмет стандарты;</w:t>
+      1) стандарт государственной услуги "Постановка на очередь детей дошкольного возраста (до 7 лет) для направления в детские дошкольные организации", согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) осы бұйрыққа </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Мектепке дейінгі білім беру ұйымдарына құжаттарды қабылдау және балаларды қабылдау" мемлекеттік көрсетілетін қызмет стандарты бекітілсін.</w:t>
+      2) стандарт государственной услуги "Прием документов и зачисление детей в дошкольные организации образования", согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Мектепке дейінгі және орта білім, ақпараттық технологиялар департаменті (Ж.А. Жонтаева) заңнамада белгіленген тәртіппен:</w:t>
+      2. Департаменту дошкольного и среднего образования, информационных технологий (Жонтаева Ж.А.) в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) после государственной регистрации в Министерстве юстиции Республики Казахстан официальное опубликование настоящего приказа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) размещение настоящего приказа на официальном интернет-ресурсе Министерства образования и науки Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      3. Контроль за исполнением настоящего приказа возложить на вице-министра образования и науки Республики Казахстан Имангалиева Е.Н.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткен соң осы бұйрықты ресми жариялауды;</w:t>
+      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3590"/>
         <w:gridCol w:w="8710"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3590" w:type="dxa"/>
             <w:tcBorders/>
@@ -445,287 +449,234 @@
             <w:tcW w:w="8710" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-А. Сәрінжіпов</w:t>
+А. Саринжипов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...19 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "КЕЛІСІЛДІ"   </w:t>
+      "СОГЛАСОВАН"   </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасы   </w:t>
+      Министр по инвестициям   </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Инвестициялар және даму министрі   </w:t>
+      и развитию Республики Казахстан   </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ___________ Ә. Исекешев   </w:t>
-[...49 lines deleted...]
-</w:t>
+      ___________ А. Исекешев   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9 апреля 2015 года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "КЕЛІСІЛДІ"   </w:t>
+      "СОГЛАСОВАН"   </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасы   </w:t>
+      Министр национальной экономики   </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ұлттық экономика министрі   </w:t>
+      Республики Казахстан   </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ______________ Е. Досаев   </w:t>
-[...17 lines deleted...]
-      2015 жылғы 21 сәуір</w:t>
+      ___________________ Е. Досаев   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21 апреля 2015 года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -807,1643 +758,1587 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>к приказу Министра образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2015 жылғы 7 сәуірдегі</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 172 бұйрығына 1-қосымша</w:t>
+              <w:t>от 7 апреля 2015 года № 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Мектепке дейінгі балалар ұйымдарына жіберу үшін мектепке дейінгі (7 жасқа дейін) жастағы балаларды кезекке қою" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+        <w:t xml:space="preserve"> Стандарт государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Постановка на очередь детей дошкольного возраста</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(до 7 лет) для направления в детские дошкольные организации"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Стандарт в редакции приказа Министра образования и науки РК от 11.10.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 518</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z57" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственная услуга "Постановка на очередь детей дошкольного возраста (до 7 лет) для направления в детские дошкольные организации" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z58" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее - Министерство).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:p>
-[...10 lines deleted...]
-          <w:color w:val="ff0000"/>
+    <w:bookmarkStart w:name="z59" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственная услуга оказывается местными исполнительными органами областей, городов Астаны и Алматы, районов (городов областного значения), акимами районов в городе, городов районного значения, поселков, сел, сельских округов (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z60" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z61" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) канцелярию услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z62" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z63" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) веб-портал "электронного правительства": www.egov.kz (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z64" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z65" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z66" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) с момента обращения к услугодателю, в Государственную корпорацию, на портал – 30 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z67" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) максимально допустимое время ожидания сдачи пакета документов услугодателю или в Государственную корпорацию – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z68" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) максимально допустимое время обслуживания у услугодателя или в Государственной корпорации – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z69" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Форма оказания государственной услуги: электронная (полностью автоматизированная) и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z70" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Результатом оказания государственной услуги является уведомление о постановке в очередь (в произвольной форме), при наличии места – выдача направления в дошкольную организацию (в произвольной форме), либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, установленным пунктом 10 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z71" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении к услугодателю или в Государственную корпорацию результат оказания государственной услуги оформляется посредством специализированной информационной системы управления очередью услугодателя и направляется услугополучателю в форме электронного документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z72" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении через портал услугополучателю направляется результат оказания государственной услуги в "личный кабинет" в форме электронного документа, удостоверенного электронной цифровой подписью (далее - ЭЦП) уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z73" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z74" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственная услуга оказывается бесплатно физическим лицам (далее - услугополучатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z75" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Право на получение первоочередного места имеют:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z76" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дети, законные представители которых являются инвалидами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z77" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) дети, оставшиеся без попечения родителей и дети-сироты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z78" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) дети из многодетных семей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z79" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Стандарт жаңа редакцияда – ҚР Білім және ғылым министрінің 11.10.2017 </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+      4) дети с особыми образовательными потребностями. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z80" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z81" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) услугодателя: с понедельника по пятницу, за исключением выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан в соответствии с установленным графиком работы услугодателя с 9.00 до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z82" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием заявлений и выдача результатов оказания государственной услуги осуществляется с 09.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z83" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственная услуга оказывается в порядке очереди без предварительной записи и ускоренного обслуживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z84" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Государственной корпорации: с понедельника по субботу включительно в соответствии с установленным графиком работы с 9.00 до 20.00 часов, без перерыва на обед, за исключением воскресенья и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z85" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием осуществляется в порядке "электронной" очереди, по выбору услугополучателя без ускоренного обслуживания, возможно бронирование электронной очереди посредством портала;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z86" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) портала: круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z87" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Перечень документов, необходимых для оказания государственной услуги при обращении услугополучателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z88" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      к услугодателю или в Государственную корпорацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z89" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление по форме согласно приложению 1 к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z90" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) свидетельство о рождении ребенка (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z91" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) документ, удостоверяющий личность услугополучателя (одного из родителей или законных представителей (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z92" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) справка, выданная с места работы военнослужащего или сотрудника специальных государственных органов, заверенная печатью и подписью уполномоченного лица (при наличии) (действительна в течение 10 календарных дней со дня выдачи);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z93" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) заключения психолого-медико-педагогической консультации для детей с особыми образовательными потребностями (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z94" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) документы, подтверждающие право (при наличии) на получение первоочередного места в дошкольную организацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z95" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документах, удостоверяющих личность, свидетельстве о рождении ребенка, об адресной справке ребенка, сведения, подтверждающие право на получение первоочередного места в дошкольную организацию, услугодатель или работник Государственной корпорации получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z96" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель или работник Государственной корпорации получает согласие на использование сведений, составляющих охраняемую</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> законом тайну</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z97" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении в акимат поселка, села, сельского округа услугополучатель предоставляет оригиналы (для идентификации) и копии документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z98" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На портал:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z99" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление в форме электронного документа, подписанное ЭЦП услугополучателя, по форме согласно приложению 1 к настоящему стандарту государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z100" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) скан-копия справки, выданная с места работы военнослужащего или сотрудника специальных государственных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> органов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, заверенная печатью и подписью уполномоченного лица (при наличии) (действительна в течение 10 календарных дней со дня выдачи);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z101" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) скан-копия заключения психолого-медико-педагогической консультации для детей с особыми образовательными потребностями (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z102" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электронный запрос на портал осуществляется в форме электронного документа, удостоверенного ЭЦП услугополучателя или путем введения одноразового пароля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z103" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документах, удостоверяющих личность, свидетельстве о рождении ребенка, об адресной справке ребенка, сведения, подтверждающие право на получение первоочередного места в дошкольную организацию, услугополучатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z104" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На портале прием электронного запроса осуществляется в "личном кабинете" услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z105" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В случае предоставления услугополучателем неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги, работник Государственной корпорации отказывает в приеме документов и выдает расписку об отказе в приеме заявления по форме согласно приложению 2 к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z106" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель отказывает в оказании государственной услуги по установлению недостоверности документов и (или) данных (сведений), содержащихся в них, неполного пакета документов и (или) документов с истекшим сроком действия, представленных услугополучателем для получения государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z107" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z101" w:id="12"/>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействий) услугодателя и (или) его должностных лиц, Государственной корпорации и (или) их работников по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z108" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Мектепке дейінгі балалар ұйымдарына жіберу үшін мектепке дейінгі (7 жасқа дейін) жастағы балаларды кезекке қою" мемлекеттік көрсетілетін қызметі (бұдан әрі – мемлекеттік көрсетілетін қызмет). </w:t>
-[...123 lines deleted...]
-    <w:bookmarkStart w:name="z108" w:id="19"/>
+      11. Для обжалования решений, действий (бездействий) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается в письменном виде на имя руководителя услугодателя по адресам, указанным в пункте 14 настоящего стандарта государственной услуги. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z109" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии услугодателя с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z110" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба на действия (бездействия) работника Государственной корпорации направляется к руководителю Государственной корпорации по адресам, указанным в пункте 14 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z111" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя по вопросам оказания государственных услуг, поступившая в адрес услугодателя, Государственной корпорации подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z112" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отправке жалобы через портал услугополучателю из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z113" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несогласия с результатами оказанной государственной услуги услугополучатель имеет право обратиться с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z114" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z115" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Информацию о порядке обжалования через портал можно получить посредством Единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z116" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В случае несогласия с результатами оказанной государственной услуги, услугополучатель имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z117" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызметті көрсету тәртібі</w:t>
-[...1117 lines deleted...]
-      Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның мекенжайына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қарастыруға жатады.</w:t>
+        <w:t xml:space="preserve"> Глава 4. Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z159" w:id="70"/>
-[...15 lines deleted...]
-      Портал арқылы шағымдану тәртібі туралы ақпаратты Мемлекеттік қызмет көрсету мәселелері жөніндегі Бірыңғай байланыс орталығы арқылы алуға болады.</w:t>
+    <w:bookmarkStart w:name="z118" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Услугополучателям с нарушением здоровья со стойким расстройством функций организма, ограничивающее его жизнедеятельность прием документов для оказания государственной услуги производится работником Государственной корпорации с выездом по месту жительства посредством обращения через Единый контакт-центр 1414, 8 800 080 7777.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z160" w:id="71"/>
-[...15 lines deleted...]
-      12. Көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінуге құқылы.</w:t>
+    <w:bookmarkStart w:name="z119" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Адреса мест оказания государственной услуги размещены:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z161" w:id="72"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 4-тарау. Мемлекеттік қызмет көрсетудің, оның ішінде электронды нысанда және Мемлекеттік корпорациясы арқылы көрсетілетін қызметтердің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
+    <w:bookmarkStart w:name="z120" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) на интернет-ресурсе Министерства: www.edu.gov.kz;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z162" w:id="73"/>
-[...15 lines deleted...]
-      13. Организм функцияларының тіршілік әрекетін шектейтін денсаулығы тұрақты бұзылған көрсетілетін қызметті алушылар қажет болған жағдайда Бірыңғай байланыс орталығының 1414, 8 800 080 7777 нөмірлеріне жүгінгенде, Мемлекеттік корпорацияның қызметкері мемлекеттік қызметті көрсету үшін құжат қабылдауды олардың тұрғылықты жерінде жүргізеді.</w:t>
+    <w:bookmarkStart w:name="z121" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Государственной корпорации: www.gov4c.kz;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z163" w:id="74"/>
-[...15 lines deleted...]
-      14. Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+    <w:bookmarkStart w:name="z122" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) на портале: www.egov.kz.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z164" w:id="75"/>
-[...15 lines deleted...]
-      1) Министрліктің www.edu.gov.kz интернет-ресурсында;</w:t>
+    <w:bookmarkStart w:name="z123" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Услугополучатель получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, интернет-ресурса услугодателя, справочных служб по вопросам оказания государственной услуги, а также Единого контакт-центра.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z165" w:id="76"/>
-[...15 lines deleted...]
-      2) Мемлекеттік корпорацияның www.gov4с.kz интернет ресурсында;</w:t>
+    <w:bookmarkStart w:name="z124" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе Министерства www.edu.gov.kz в разделе "Государственные услуги". Единый контакт-центр по вопросам оказания государственных услуг: 1414, 8 800 080 7777.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z166" w:id="77"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="79"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2477,142 +2372,116 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Мектепке дейінгі балалар</w:t>
+              <w:t xml:space="preserve">Приложение 1 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарына жіберу үшін</w:t>
+              <w:t>к стандарту государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мектепке дейінгі жастағы</w:t>
+              <w:t xml:space="preserve">"Постановка на очередь детей </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(7 жасқа толмаған) балаларды</w:t>
+              <w:t xml:space="preserve">дошкольного возраста (до 7 лет) </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>кезекке қою" мемлекеттік</w:t>
+              <w:t xml:space="preserve">для направления в детские </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетілетін қызмет</w:t>
-[...25 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t>дошкольные организации"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -2633,797 +2502,567 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті берушіге</w:t>
-[...116 lines deleted...]
-              <w:t>(бұдан әрі – ЖСН)</w:t>
+              <w:t xml:space="preserve">Форма </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...4 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z127" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                           Услугодателю</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     от __________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (фамилия, имя, отчество (при его наличии) </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (далее – Ф.И.О.) (при заполнении в бумажном виде)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     ____________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (индивидуальный идинтификационный номер </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       (далее – ИИН)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     проживающего по адресу:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     ____________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...610 lines deleted...]
-    </w:p>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Прошу поставить ребенка в очередь для получения направления в дошкольную </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организацию на территории населенного пункта_____________________________________,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       город (поселок, село)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">________________________________________________, ИИН ________________________, </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Ф.И.О.(при наличии) ребенка (при заполнении в бумажном виде)             (при наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________ года рождения.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Информирую, что ребенок является (нужное указать):</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) ребенком военнослужащих, в том числе тех, которые погибли, умерли или пропали </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>без вести во время прохождения службы (копия документа);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) ребенком сотрудников специальных государственных органов, в том числе тех, </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">которые погибли, умерли или пропали без вести во время прохождения службы (копия </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>документа);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) ребенком, законные представители которых являются инвалидами; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4) ребенком, с особыми образовательными потребностями (копия документа);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       5) ребенком, оставшимся без попечения родителей; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       6) ребенком сиротой; </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       7) ребенком из многодетной семьи. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       8) не относится ни к одной из вышеперечисленных категорий.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Прошу уведомлять меня об изменениях моего заявления следующими способами:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) электронное смс (sms) уведомление в произвольной форме на следующие номера </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мобильных телефонов (не более двух номеров): _________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) электронные email уведомления в произвольной форме: ______________________.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (При изменений жизненных обстоятельств положение заявления в очереди может </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">измениться. Заявления группируются в очереди по году рождения ребенка (календарный год) </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в порядке приоритета по дате подачи заявления.).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Подтверждаю, что я согласен (согласна) на использование сведений, составляющих </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>охраняемых законом тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Подпись _______________ Дата _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3457,142 +3096,116 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Мектепке дейінгі балалар</w:t>
+              <w:t xml:space="preserve">Приложение 2 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдарына жіберу үшін</w:t>
+              <w:t>к стандарту государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мектепке дейінгі жастағы</w:t>
+              <w:t xml:space="preserve">"Постановка на очередь детей </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(7 жасқа толмаған) балаларды</w:t>
+              <w:t xml:space="preserve">дошкольного возраста (до 7 лет) </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>кезекке қою" мемлекеттік</w:t>
+              <w:t xml:space="preserve">для направления в детские </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетілетін қызмет</w:t>
-[...25 lines deleted...]
-              <w:t>Нысан</w:t>
+              <w:t xml:space="preserve">дошкольные организации" </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -3613,335 +3226,422 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
-[...64 lines deleted...]
-              <w:t>алушының мекен-жайы)</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z130" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                                 _____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           _____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (адрес услугополучателя)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Расписка об отказе в приеме документов</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Руководствуясь </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан от 15 апреля </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2013 года "О государственных услугах", отдел №__ филиала некоммерческого акционерного </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">общества "Государственная корпорация "Правительство для граждан" (указать адрес) </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отказывает в приеме документов на оказание государственной услуги (указать</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">наименование государственной услуги в соответствии со стандартом государственной </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услуги) ввиду представления Вами неполного пакета документов согласно перечню, </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предусмотренному стандартом государственной услуги, а именно:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Наименование отсутствующих документов:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1)      ________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2)      ________________________________________;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3)      …. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Настоящая расписка составлена в 2-х экземплярах, по одному для каждой стороны.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Исполнитель: фамилия, имя, отчество (при его наличии) _________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       подпись ________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Телефон ___________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Получил: фамилия, имя, отчество (при его наличии) _____________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       подпись ________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "____" _________ 20____ год.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...203 lines deleted...]
-      Қабылдады: Т.А.Ә. (бар болғанда) ___________________ қолы ________</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3977,1144 +3677,951 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"____" _________ 20____ жыл.</w:t>
-[...103 lines deleted...]
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>к приказу Министра образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2015 жылғы 7 сәуірдегі</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 172 бұйрығына</w:t>
-[...12 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>от 7 апреля 2015 года № 172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z60" w:id="80"/>
+    <w:bookmarkStart w:name="z38" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Мектепке дейінгі білім беру ұйымдарына құжаттарды қабылдау және балаларды қабылдау" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+        <w:t xml:space="preserve"> Стандарт государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Прием документов и зачисление детей в дошкольные</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>организации образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Стандарт в редакции приказа Министра образования и науки РК от 11.10.2017 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 518</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:p>
-[...10 lines deleted...]
-          <w:color w:val="ff0000"/>
+    <w:bookmarkStart w:name="z132" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственная услуга "Прием документов и зачисление детей в дошкольные организации образования" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z133" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z134" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственная услуга оказывается дошкольными организациями всех типов и видов (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z135" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием и выдача документов для оказания государственной услуги осуществляются через канцелярию услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z136" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z137" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z138" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) с момента сдачи пакета документов – 30 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z139" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) максимально допустимое время ожидания до момента приема документов – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z140" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) максимально допустимое время обслуживания – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z141" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Форма оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z142" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Результат оказания государственной услуги: зачисление ребенка в дошкольную организацию на основании заключенного договора между дошкольной организацией и одним из родителей или законным представителем ребенка, либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, установленным пунктом 10 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z143" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Стандарт жаңа редакцияда – ҚР Білім және ғылым министрінің 11.10.2017 </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z61" w:id="81"/>
+      Форма представления результата оказания государственной услуги: бумажная. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z144" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Государственная услуга оказывается бесплатно физическим лицам (далее - услугополучатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z145" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. График работы услугодателя: с понедельника по пятницу, за исключением выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан, в соответствии с установленным графиком работы с 9.00 - 18.00 часов, с перерывом на обед с 13.00 - 14.00.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z146" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прием документов и выдача результатов оказания государственной услуги осуществляется с 09.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z147" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственная услуга оказывается в порядке очереди без предварительной записи и ускоренного обслуживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z148" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Перечень документов, необходимых для оказания государственной услуги при обращении услугополучателя к услугодателю:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z149" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) направление на зачисление (действительно в течение 5-ти рабочих дней со дня выдачи);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z150" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) документ, удостоверяющий личность одного из родителей или законных представителей (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z151" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) документ, свидетельствующий рождение ребенка (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z152" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) паспорт здоровья ребенка по форме предусмотренной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Инструкцией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по заполнению и ведению учетной формы 026/у-3 "Паспорт здоровья ребенка", утвержденной приказом Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 (зарегистрированный в Реестре нормативных правовых актов под № 2423);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z153" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) справка о состоянии здоровья ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z154" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) заключение психолого-медико-педагогической консультации (для детей с особыми образовательными потребностями).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z155" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Услугодатель отказывает в оказании государственной услуги по установлению недостоверности документов и (или) данных (сведений), содержащихся в них, неполного пакета документов и (или) документов с истекшим сроком действия, представленных услугополучателем для получения государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z156" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
-[...83 lines deleted...]
-    <w:bookmarkStart w:name="z176" w:id="86"/>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействий) местных исполнительных органов города республиканского значения и столицы, района (города областного значения) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z157" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Для обжалования решений, действий (бездействий) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг подается в письменном виде на имя руководителя местного исполнительного органа, города республиканского значения и столицы, района (города областного значения) по адресам указанным в пункте 12 настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z158" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В жалобе услугополучателем указываются его фамилия, имя, отчество (при наличии), почтовый адрес, дата. Жалоба должна быть подписана услугополучателем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z159" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя по вопросам оказания государственной услуги, поступившая в адрес местного исполнительного органа, города республиканского значения и столицы, района (города областного значения), услугодателя, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z160" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несогласия с результатами оказания государственной услуги, услугополучатель может обратиться в уполномоченный орган по оценке и контролю за качеством оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z161" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственной услуги, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z162" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случаях несогласия с результатами оказанной государственной услуги, услугополучатель имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z163" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызметті көрсету тәртібі</w:t>
-[...423 lines deleted...]
-    <w:bookmarkStart w:name="z196" w:id="106"/>
+        <w:t xml:space="preserve"> Глава 4. Иные требования с учетом особенностей оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z164" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Адреса мест оказания государственной услуги размещены на интернет-ресурсе Министерства: www.edu.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z165" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Услугополучатель получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством Единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z166" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Единый контакт-центр по вопросам оказания государственных услуг: 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...150 lines deleted...]
-    <w:bookmarkStart w:name="z203" w:id="113"/>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...142 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК
+					© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>