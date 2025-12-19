--- v0 (2025-12-06)
+++ v1 (2025-12-19)
@@ -1,3556 +1,4091 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="000353B8" w:rsidRPr="00425B58" w:rsidRDefault="000353B8" w:rsidP="000353B8">
+    <w:p w:rsidR="004132EA" w:rsidRPr="00390FC7" w:rsidRDefault="004132EA" w:rsidP="00390FC7">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:rPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00390FC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Родительское собрание №</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC012D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> Ата-аналар жиналысы </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000353B8" w:rsidRDefault="000353B8" w:rsidP="000353B8">
+    <w:p w:rsidR="004132EA" w:rsidRPr="00390FC7" w:rsidRDefault="004132EA" w:rsidP="00390FC7">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00390FC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата проведения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00390FC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00390FC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00390FC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00390FC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00390FC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00390FC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00390FC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004132EA" w:rsidRPr="00390FC7" w:rsidRDefault="004132EA" w:rsidP="00390FC7">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00390FC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Класс__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004132EA" w:rsidRPr="00390FC7" w:rsidRDefault="004132EA" w:rsidP="00390FC7">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00390FC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Классный руководитель ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00350F8B" w:rsidRDefault="00082783" w:rsidP="00390FC7">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C504B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Повестка дня.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED670D" w:rsidRPr="00ED670D" w:rsidRDefault="00ED670D" w:rsidP="00ED670D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED670D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Консультационный час – встреча с учителями-предметниками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB4445" w:rsidRDefault="00EC012D" w:rsidP="00CB4445">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Өткізілу мерзімі </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Профилактика правонарушений среди несовершеннолетних</w:t>
+      </w:r>
+      <w:r w:rsidR="00026839">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, внешний вид учащихся.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> ___________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000353B8" w:rsidRDefault="000353B8" w:rsidP="000353B8">
+    <w:p w:rsidR="00CB4445" w:rsidRDefault="00CB4445" w:rsidP="00CB4445">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-[...3 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E8589D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Организация школьного питания, охрана репродуктивного здоровья школьников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB4445" w:rsidRPr="00E8589D" w:rsidRDefault="00CB4445" w:rsidP="00CB4445">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E8589D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профилактика школьного травматизма (ПДД, ППБ), контроль Интернет-активности. Велосипедист – тоже водитель</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB4445" w:rsidRDefault="00CB4445" w:rsidP="00CB4445">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E8589D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Рейтинг классов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB4DEC" w:rsidRDefault="00BB4DEC" w:rsidP="00CB4445">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Формирование антикоррупционной культуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00421BD3" w:rsidRDefault="00421BD3" w:rsidP="00CB4445">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t>__________</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Организация дополнительных платных услуг на платной основе.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000353B8" w:rsidRDefault="000353B8" w:rsidP="000353B8">
-[...259 lines deleted...]
-    <w:p w:rsidR="000353B8" w:rsidRDefault="000353B8" w:rsidP="000353B8">
+    <w:p w:rsidR="00421BD3" w:rsidRDefault="00421BD3" w:rsidP="00421BD3">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...19 lines deleted...]
-        <w:t>_____________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00421BD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Разное.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000353B8" w:rsidRDefault="000353B8" w:rsidP="000353B8">
-[...28 lines deleted...]
-    <w:p w:rsidR="000353B8" w:rsidRDefault="000353B8" w:rsidP="000353B8">
+    <w:p w:rsidR="00A86468" w:rsidRPr="00421BD3" w:rsidRDefault="00A86468" w:rsidP="00421BD3">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...275 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Организация дополнительных услуг на  платной основе.</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="000353B8" w:rsidRDefault="000353B8" w:rsidP="000353B8">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="00ED670D" w:rsidRDefault="00ED670D" w:rsidP="00390FC7">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00390FC7" w:rsidRPr="00C504B0" w:rsidRDefault="00CC290C" w:rsidP="00390FC7">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C504B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Слушали__________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00C504B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C504B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC290C" w:rsidRPr="00C504B0" w:rsidRDefault="00CC290C" w:rsidP="00390FC7">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C504B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Постановили ____________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00390FC7" w:rsidRPr="00C504B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00C504B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00390FC7" w:rsidRPr="00C504B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00390FC7" w:rsidRPr="00C504B0" w:rsidRDefault="00390FC7" w:rsidP="00390FC7">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CC290C" w:rsidRPr="00C504B0" w:rsidRDefault="00CC290C" w:rsidP="00390FC7">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C504B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Слушали________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00C504B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C504B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC290C" w:rsidRPr="00C504B0" w:rsidRDefault="00CC290C" w:rsidP="00390FC7">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C504B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Постановили ___________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00390FC7" w:rsidRPr="00C504B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00C504B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00390FC7" w:rsidRPr="00C504B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00082783" w:rsidRPr="00C504B0" w:rsidRDefault="00082783" w:rsidP="00390FC7">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C504B0" w:rsidRPr="00C504B0" w:rsidRDefault="00C504B0" w:rsidP="00C504B0">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C504B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Слушали________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C504B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C504B0" w:rsidRPr="00C504B0" w:rsidRDefault="00C504B0" w:rsidP="00C504B0">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C504B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Постановили _________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C504B0" w:rsidRPr="00C504B0" w:rsidRDefault="00C504B0" w:rsidP="00C504B0">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C504B0" w:rsidRPr="00C504B0" w:rsidRDefault="00C504B0" w:rsidP="00C504B0">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C504B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Слушали____________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C504B0" w:rsidRPr="00C504B0" w:rsidRDefault="00C504B0" w:rsidP="00C504B0">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C504B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Постановили ________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C504B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C504B0" w:rsidRPr="00C504B0" w:rsidRDefault="00C504B0" w:rsidP="00390FC7">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C504B0" w:rsidRPr="00C504B0" w:rsidRDefault="00C504B0" w:rsidP="00C504B0">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C504B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Слушали________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C504B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C504B0" w:rsidRDefault="00C504B0" w:rsidP="00C504B0">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C504B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Постановили _______________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C504B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004731A8" w:rsidRPr="00C504B0" w:rsidRDefault="004731A8" w:rsidP="00C504B0">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C504B0" w:rsidRPr="00C504B0" w:rsidRDefault="00C504B0" w:rsidP="00390FC7">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C504B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Секретарь ___________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ФИО_____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED670D" w:rsidRDefault="00ED670D" w:rsidP="00C504B0">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000353B8" w:rsidRPr="00E900AF" w:rsidRDefault="000353B8" w:rsidP="000353B8">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="00EC012D" w:rsidRDefault="00EC012D" w:rsidP="00C504B0">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC012D" w:rsidRDefault="00EC012D" w:rsidP="00C504B0">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="000353B8" w:rsidRDefault="000353B8" w:rsidP="000353B8">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="00EC012D" w:rsidRDefault="00EC012D" w:rsidP="00C504B0">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC012D" w:rsidRDefault="00EC012D" w:rsidP="00C504B0">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC012D" w:rsidRDefault="00EC012D" w:rsidP="00C504B0">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC012D" w:rsidRDefault="00EC012D" w:rsidP="00C504B0">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC012D" w:rsidRDefault="00EC012D" w:rsidP="00C504B0">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00C504B0">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE0681">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лист регистрации </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00C504B0">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="5705"/>
         <w:gridCol w:w="3191"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...20 lines deleted...]
-              <w:t>Ата-аналардың аты-жөні</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="004731A8">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ф</w:t>
             </w:r>
+            <w:r w:rsidR="004731A8" w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>И</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>О родителей</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">Қолы </w:t>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подпись </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000353B8" w:rsidTr="00174752">
+      <w:tr w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidTr="00B1591F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE0681">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5705" w:type="dxa"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3191" w:type="dxa"/>
-            <w:tcBorders>
-[...201 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C504B0" w:rsidRPr="00DE0681" w:rsidRDefault="00C504B0" w:rsidP="00B1591F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000353B8" w:rsidRDefault="000353B8" w:rsidP="000353B8">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00C504B0" w:rsidRDefault="00C504B0" w:rsidP="00DE0681">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000353B8" w:rsidRDefault="000353B8" w:rsidP="000353B8">
-[...15 lines deleted...]
-    <w:sectPr w:rsidR="00CF5F6F" w:rsidSect="00E900AF">
+    <w:sectPr w:rsidR="00C504B0" w:rsidSect="00C504B0">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="426" w:right="850" w:bottom="426" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="851" w:bottom="567" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...14 lines deleted...]
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000201" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000004" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...1 lines deleted...]
-    <w:nsid w:val="405C4D43"/>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="03440761"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FE5CC778"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09BD3F87"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DECCBB5A"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1AB54A60"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F6EEB186"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="41466ED8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7FA8BC18"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44D8431A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="54D03248"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="486E7297"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AFC0FCEC"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="62C27690"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="439E6AE6"/>
+    <w:lvl w:ilvl="0" w:tplc="8BB07058">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="64212177"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8FBA6248"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7BEB340F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CF604258"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000353B8"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CF5F6F"/>
+    <w:rsidRoot w:val="002F6C77"/>
+    <w:rsid w:val="00026839"/>
+    <w:rsid w:val="00082783"/>
+    <w:rsid w:val="000A227B"/>
+    <w:rsid w:val="00122554"/>
+    <w:rsid w:val="00191DF3"/>
+    <w:rsid w:val="001C54A1"/>
+    <w:rsid w:val="00240655"/>
+    <w:rsid w:val="002F6C77"/>
+    <w:rsid w:val="0033772D"/>
+    <w:rsid w:val="0034698D"/>
+    <w:rsid w:val="00350F8B"/>
+    <w:rsid w:val="00390FC7"/>
+    <w:rsid w:val="004132EA"/>
+    <w:rsid w:val="00421BD3"/>
+    <w:rsid w:val="004731A8"/>
+    <w:rsid w:val="00716335"/>
+    <w:rsid w:val="00806286"/>
+    <w:rsid w:val="00A86468"/>
+    <w:rsid w:val="00B3239D"/>
+    <w:rsid w:val="00B85201"/>
+    <w:rsid w:val="00BB4DEC"/>
+    <w:rsid w:val="00C504B0"/>
+    <w:rsid w:val="00CB4445"/>
+    <w:rsid w:val="00CC290C"/>
+    <w:rsid w:val="00DE0681"/>
+    <w:rsid w:val="00EC012D"/>
+    <w:rsid w:val="00ED670D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="3149425F"/>
+  <w15:docId w15:val="{DFB3E0AB-3338-412D-B1EB-D4AA4DFEBE8B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000353B8"/>
+    <w:rsid w:val="00C504B0"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="No Spacing"/>
-    <w:uiPriority w:val="1"/>
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="000353B8"/>
+    <w:rsid w:val="00082783"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a4">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="000353B8"/>
+    <w:rsid w:val="00CC290C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
-    <w:name w:val="Normal (Web)"/>
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00390FC7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000353B8"/>
+    <w:rsid w:val="000A227B"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...33 lines deleted...]
-      </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
-    <w:name w:val="Стандартный HTML Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="HTML"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="000353B8"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000A227B"/>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -3589,84 +4124,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -3802,54 +4339,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>468</Words>
-  <Characters>2670</Characters>
+  <Words>464</Words>
+  <Characters>2646</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>DG Win&amp;Soft</Company>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3132</CharactersWithSpaces>
+  <CharactersWithSpaces>3104</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>User</dc:creator>
+  <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>