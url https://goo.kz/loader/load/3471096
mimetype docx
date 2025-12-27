--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,1012 +1,1096 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00C430C0" w:rsidRDefault="00C430C0" w:rsidP="00C430C0">
+    <w:p w:rsidR="00500CFA" w:rsidRPr="00F373B0" w:rsidRDefault="00500CFA" w:rsidP="006E2C63">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="004A16A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="36"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...56 lines deleted...]
-      <w:r>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Внимание </w:t>
+      </w:r>
+      <w:r w:rsidR="009C4080">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="36"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ОПАСНОСТЬ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A16A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="FF0000"/>
           <w:kern w:val="36"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00C430C0" w:rsidRDefault="00C430C0" w:rsidP="00C430C0">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>!!!</w:t>
+      </w:r>
+      <w:r w:rsidR="006968B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:caps/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF6759" w:rsidRPr="00F373B0" w:rsidRDefault="00500CFA" w:rsidP="008B7115">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:kern w:val="36"/>
-[...66 lines deleted...]
-    <w:p w:rsidR="00C430C0" w:rsidRDefault="00C430C0" w:rsidP="00C430C0">
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F373B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Скоро начнутся школьные каникулы. </w:t>
+      </w:r>
+      <w:r w:rsidR="007B5F4D" w:rsidRPr="00F373B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">У детей появится много свободного времени. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF6759" w:rsidRPr="00F373B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Знание детьми простых правил по обращению с электроприборами </w:t>
+      </w:r>
+      <w:r w:rsidR="00F373B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и мер </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF6759" w:rsidRPr="00F373B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">безопасности обезопасит и предотвратить увечья </w:t>
+      </w:r>
+      <w:r w:rsidR="00F373B0" w:rsidRPr="00F373B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и несчастные случаи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500CFA" w:rsidRPr="0082179F" w:rsidRDefault="00500CFA" w:rsidP="008B7115">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00C430C0" w:rsidRDefault="00C430C0" w:rsidP="00C430C0">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082179F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приведем несколько трагических случаев, в результате несоблюдения которых привело тяжелым последствиям - погибли и пострадали  дети:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500CFA" w:rsidRPr="0082179F" w:rsidRDefault="00500CFA" w:rsidP="008B7115">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00C430C0" w:rsidRDefault="00C430C0" w:rsidP="00C430C0">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082179F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- 2001-2002 годы в Павлодарской области погибло пятеро детей в результате поражения током. Во всех случаях дети проникали в помещения трансформаторных подстанций, либо залезали на опоры линии электропередач; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500CFA" w:rsidRPr="0082179F" w:rsidRDefault="00500CFA" w:rsidP="008B7115">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...15 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082179F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- 2014 год с. Баянаул. 7-летний мальчик играя в прятки с друзьями, забрался на крышу трансформаторной будки (КТП), взялся рукой за токопроводящую шину напряжением  10 кВ. В результате ребенок получил 15% ожогов тела, ампутация левой руки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500CFA" w:rsidRPr="0082179F" w:rsidRDefault="00500CFA" w:rsidP="008B7115">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...33 lines deleted...]
-        <w:ind w:firstLine="360"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082179F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- 2015 год с. Бейнеу Мангистауская область. 11-летний мальчик во время игры проник на территорию огражденного трансформатора. Прикоснулся к токопроводящим элементам, ударило током. В результате ребенку ампутировали обе руки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500CFA" w:rsidRPr="00F373B0" w:rsidRDefault="00500CFA" w:rsidP="008B7115">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="23"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F373B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- сентябрь 2018 года. с. Жанааул Павлодарская область. 12 и 14-летние мальчики  во время игры на спортивной площадке поднялись на ограждение и коснулись оголенных токопроводящих элементов. В результате дети погибли.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E2C63" w:rsidRDefault="00EB6C68" w:rsidP="008B7115">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:noProof/>
-[...63 lines deleted...]
-    <w:p w:rsidR="00C430C0" w:rsidRDefault="00C430C0" w:rsidP="00C430C0">
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+            <v:stroke joinstyle="miter"/>
+            <v:formulas>
+              <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+              <v:f eqn="sum @0 1 0"/>
+              <v:f eqn="sum 0 0 @1"/>
+              <v:f eqn="prod @2 1 2"/>
+              <v:f eqn="prod @3 21600 pixelWidth"/>
+              <v:f eqn="prod @3 21600 pixelHeight"/>
+              <v:f eqn="sum @0 0 1"/>
+              <v:f eqn="prod @6 1 2"/>
+              <v:f eqn="prod @7 21600 pixelWidth"/>
+              <v:f eqn="sum @8 21600 0"/>
+              <v:f eqn="prod @7 21600 pixelHeight"/>
+              <v:f eqn="sum @10 21600 0"/>
+            </v:formulas>
+            <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+            <o:lock v:ext="edit" aspectratio="t"/>
+          </v:shapetype>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:56pt;height:27pt">
+            <v:imagedata r:id="rId7" o:title="znaki-electrobezopasnost-7-768x376"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500CFA" w:rsidRPr="0082179F" w:rsidRDefault="00500CFA" w:rsidP="008B7115">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082179F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>И так Категорически:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500CFA" w:rsidRPr="0082179F" w:rsidRDefault="00500CFA" w:rsidP="008B7115">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00C430C0" w:rsidRDefault="00C430C0" w:rsidP="00C430C0">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082179F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нельзя подходить и прикасаться к трансформаторным и распределительным подстанциям, заходить внутрь их, а также залезать на крышу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500CFA" w:rsidRPr="0082179F" w:rsidRDefault="00500CFA" w:rsidP="008B7115">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00C430C0" w:rsidRDefault="00C430C0" w:rsidP="00C430C0">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082179F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нельзя прикасаться и подходить упавшим и оборванным оголенным проводам кабельных и воздушных линии электропередач;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500CFA" w:rsidRPr="0082179F" w:rsidRDefault="00500CFA" w:rsidP="008B7115">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00C430C0" w:rsidRDefault="00C430C0" w:rsidP="00C430C0">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082179F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ни в коем случае нельзя касаться оголенных проводов, по которым идет электрический ток;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500CFA" w:rsidRPr="0082179F" w:rsidRDefault="00500CFA" w:rsidP="008B7115">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00C430C0" w:rsidRDefault="00C430C0" w:rsidP="00C430C0">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082179F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нельзя проверять наличие электрического тока в приборах или проводах пальцами; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500CFA" w:rsidRPr="0082179F" w:rsidRDefault="00500CFA" w:rsidP="008B7115">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00C430C0" w:rsidRDefault="00C430C0" w:rsidP="00C430C0">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082179F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нельзя защемлять провода дверями, оконными рамами, закреплять провода на гвоздях, чтобы не повредить изоляцию и не было коротких замыканий (вспышек пламени); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500CFA" w:rsidRPr="0082179F" w:rsidRDefault="00500CFA" w:rsidP="008B7115">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00C430C0" w:rsidRDefault="00C430C0" w:rsidP="00C430C0">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082179F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нужно следить за тем, чтобы электрические провода не соприкасались с батареями отопления, трубами водопровода, с телефонными и радиотрансляционными проводами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500CFA" w:rsidRPr="0082179F" w:rsidRDefault="00500CFA" w:rsidP="008B7115">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00C430C0" w:rsidRDefault="00C430C0" w:rsidP="00C430C0">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082179F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нельзя позволять детям играть у розеток, втыкать в них шпильки, булавки, дергать провода, так как это может привести к поражению током;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500CFA" w:rsidRPr="0082179F" w:rsidRDefault="00500CFA" w:rsidP="008B7115">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...29 lines deleted...]
-    <w:p w:rsidR="00C430C0" w:rsidRDefault="00C430C0" w:rsidP="00C430C0">
+      <w:r w:rsidRPr="0082179F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Опасно включать и выключать электрические лампочки, а также бытовые приборы мокрыми руками. Заменять перегоревшие лампочки нужно при отключенном выключателе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500CFA" w:rsidRPr="0082179F" w:rsidRDefault="00500CFA" w:rsidP="008B7115">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...32 lines deleted...]
-    <w:p w:rsidR="00C430C0" w:rsidRDefault="00C430C0" w:rsidP="00C430C0">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082179F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Категорически запрещается пользоваться бытовыми электроприборами, по корпусу которых проходит ток (прибор «кусается»). Штепсельную вилку при включении и выключении приборов нужно брать за пластмассовую колодку, а не за провод;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500CFA" w:rsidRPr="0082179F" w:rsidRDefault="00500CFA" w:rsidP="008B7115">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00C430C0" w:rsidRDefault="00C430C0" w:rsidP="00C430C0">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082179F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приборы, в которых кипятят воду, готовят пищу (электрочайники, кастрюли), нельзя включать в сеть пустыми. Их нужно наполнить водой не меньше чем на одну треть. Когда наливают воду в чайник или кастрюлю, они должны быть обязательно выключены;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500CFA" w:rsidRPr="0082179F" w:rsidRDefault="00500CFA" w:rsidP="008B7115">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00C430C0" w:rsidRDefault="00C430C0" w:rsidP="00C430C0">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082179F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нужно следить также и за тем, чтобы шнуры, снятые с приборов, не оставались присоединенными к штепсельной розетке, потому что при случайном прикосновении к ним возможно поражение током;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500CFA" w:rsidRPr="0082179F" w:rsidRDefault="00500CFA" w:rsidP="008B7115">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00C430C0" w:rsidRDefault="00C430C0" w:rsidP="00C430C0">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082179F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Включать и выключать любой электробытовой прибор нужно одной рукой, желательно правой, не касаясь при этом водопроводных, газовых и отопительных труб.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500CFA" w:rsidRPr="0082179F" w:rsidRDefault="00500CFA" w:rsidP="008B7115">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...15 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082179F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Чтобы избежать пожара, бытовые электроприборы нужно устанавливать на специальных подставках (керамических, металлических или из асбеста) и на безопасном расстоянии от легко загорающихся предметов (занавесей, портьер, скатертей);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500CFA" w:rsidRDefault="00500CFA" w:rsidP="008B7115">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0082179F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нельзя оставлять включенные электроприборы без надзора или поручать наблюдать за ними детям. Это может привести к пожару.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00500CFA" w:rsidRPr="004A16A2" w:rsidRDefault="00EB6C68" w:rsidP="008B7115">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:noProof/>
-[...53 lines deleted...]
-      <w:r>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:23.5pt;height:21pt">
+            <v:imagedata r:id="rId8" o:title="big_152681"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00500CFA" w:rsidRPr="004A16A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00C430C0" w:rsidRDefault="00C430C0" w:rsidP="00C430C0">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Объясните это своим Детям, найдите время Сегодня, чтобы они Поняли простые правила, </w:t>
+      </w:r>
+      <w:r w:rsidR="009C4080">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>что</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF6759">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бы </w:t>
+      </w:r>
+      <w:r w:rsidR="00500CFA" w:rsidRPr="004A16A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Завтра</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF6759">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не было </w:t>
+      </w:r>
+      <w:r w:rsidR="00500CFA" w:rsidRPr="004A16A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Поздно. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-106" w:type="dxa"/>
+        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="6912"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00500CFA" w:rsidRPr="0082179F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00500CFA" w:rsidRPr="000B1715" w:rsidRDefault="00500CFA" w:rsidP="000B1715">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6912" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00500CFA" w:rsidRPr="000B1715" w:rsidRDefault="00500CFA" w:rsidP="000B1715">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B1715">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Территориальный департамент  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00500CFA" w:rsidRPr="000B1715" w:rsidRDefault="00500CFA" w:rsidP="000B1715">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000B1715">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t>Комитета атомного и энергетического надзора и контроля МЭ РК  по Павлодарской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="006968B9" w:rsidRPr="008B7115" w:rsidRDefault="006968B9" w:rsidP="002C7DFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...46 lines deleted...]
-    <w:sectPr w:rsidR="00C430C0" w:rsidSect="00C430C0">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="006968B9" w:rsidRPr="008B7115" w:rsidSect="000372DD">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="426" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="426" w:right="424" w:bottom="142" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00EB6C68" w:rsidRDefault="00EB6C68" w:rsidP="005B20EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00EB6C68" w:rsidRDefault="00EB6C68" w:rsidP="005B20EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00EB6C68" w:rsidRDefault="00EB6C68" w:rsidP="005B20EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00EB6C68" w:rsidRDefault="00EB6C68" w:rsidP="005B20EA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B940BAD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="52CA7ECA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -1083,235 +1167,472 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E2C3609"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="888A7A16"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
-    <w:lvlOverride w:ilvl="0"/>
-[...23 lines deleted...]
-    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:embedSystemFonts/>
+  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
+  <w:autoHyphenation/>
+  <w:doNotHyphenateCaps/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:doNotValidateAgainstSchema/>
+  <w:doNotDemarcateInvalidXml/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:useNormalStyleForList/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:useAltKinsokuLineBreakRules/>
+    <w:allowSpaceOfSameStyleInTable/>
+    <w:doNotSuppressIndentation/>
+    <w:doNotAutofitConstrainedTables/>
+    <w:autofitToFirstFixedWidthCell/>
+    <w:underlineTabInNumList/>
+    <w:displayHangulFixedWidth/>
+    <w:splitPgBreakAndParaMark/>
+    <w:doNotVertAlignCellWithSp/>
+    <w:doNotBreakConstrainedForcedTable/>
+    <w:doNotVertAlignInTxbx/>
+    <w:useAnsiKerningPairs/>
+    <w:cachedColBalance/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007C165B"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C430C0"/>
+    <w:rsidRoot w:val="00095268"/>
+    <w:rsid w:val="000372DD"/>
+    <w:rsid w:val="00081A96"/>
+    <w:rsid w:val="00095268"/>
+    <w:rsid w:val="000A642C"/>
+    <w:rsid w:val="000B1715"/>
+    <w:rsid w:val="000F6886"/>
+    <w:rsid w:val="0012181D"/>
+    <w:rsid w:val="00123DD4"/>
+    <w:rsid w:val="00136A08"/>
+    <w:rsid w:val="0013752E"/>
+    <w:rsid w:val="00164010"/>
+    <w:rsid w:val="001817F6"/>
+    <w:rsid w:val="001A77E0"/>
+    <w:rsid w:val="001D4F69"/>
+    <w:rsid w:val="001E4745"/>
+    <w:rsid w:val="00217486"/>
+    <w:rsid w:val="00225D29"/>
+    <w:rsid w:val="00236122"/>
+    <w:rsid w:val="0029285D"/>
+    <w:rsid w:val="002A0EFB"/>
+    <w:rsid w:val="002A12B4"/>
+    <w:rsid w:val="002A4B17"/>
+    <w:rsid w:val="002B13BA"/>
+    <w:rsid w:val="002B744C"/>
+    <w:rsid w:val="002C7DFA"/>
+    <w:rsid w:val="002F4AA2"/>
+    <w:rsid w:val="00303F82"/>
+    <w:rsid w:val="00311F70"/>
+    <w:rsid w:val="0031256A"/>
+    <w:rsid w:val="00336703"/>
+    <w:rsid w:val="003862D4"/>
+    <w:rsid w:val="003A322C"/>
+    <w:rsid w:val="003B27AF"/>
+    <w:rsid w:val="003C2031"/>
+    <w:rsid w:val="003E314C"/>
+    <w:rsid w:val="00450E26"/>
+    <w:rsid w:val="00457071"/>
+    <w:rsid w:val="00463DD3"/>
+    <w:rsid w:val="00490FE4"/>
+    <w:rsid w:val="004A16A2"/>
+    <w:rsid w:val="004A2037"/>
+    <w:rsid w:val="004A62F6"/>
+    <w:rsid w:val="004A694A"/>
+    <w:rsid w:val="00500CFA"/>
+    <w:rsid w:val="005174EE"/>
+    <w:rsid w:val="00532863"/>
+    <w:rsid w:val="005867FB"/>
+    <w:rsid w:val="005A52AC"/>
+    <w:rsid w:val="005B20EA"/>
+    <w:rsid w:val="005F0E66"/>
+    <w:rsid w:val="005F283B"/>
+    <w:rsid w:val="00617846"/>
+    <w:rsid w:val="00643F4E"/>
+    <w:rsid w:val="006877F4"/>
+    <w:rsid w:val="00692EB8"/>
+    <w:rsid w:val="006968B9"/>
+    <w:rsid w:val="006A4A03"/>
+    <w:rsid w:val="006A548F"/>
+    <w:rsid w:val="006A72CC"/>
+    <w:rsid w:val="006C2BFF"/>
+    <w:rsid w:val="006E2C63"/>
+    <w:rsid w:val="006E36A7"/>
+    <w:rsid w:val="006F48DC"/>
+    <w:rsid w:val="0070117B"/>
+    <w:rsid w:val="007018C2"/>
+    <w:rsid w:val="00715A33"/>
+    <w:rsid w:val="00743C0C"/>
+    <w:rsid w:val="00745B69"/>
+    <w:rsid w:val="0079030A"/>
+    <w:rsid w:val="007A6F98"/>
+    <w:rsid w:val="007B5F4D"/>
+    <w:rsid w:val="007C1EE4"/>
+    <w:rsid w:val="007E7EB4"/>
+    <w:rsid w:val="0082179F"/>
+    <w:rsid w:val="00842FCC"/>
+    <w:rsid w:val="0087578D"/>
+    <w:rsid w:val="00882F0E"/>
+    <w:rsid w:val="008A68A6"/>
+    <w:rsid w:val="008B1E81"/>
+    <w:rsid w:val="008B7115"/>
+    <w:rsid w:val="008F4817"/>
+    <w:rsid w:val="009230A9"/>
+    <w:rsid w:val="00955661"/>
+    <w:rsid w:val="009901E0"/>
+    <w:rsid w:val="009B31CB"/>
+    <w:rsid w:val="009C2AF7"/>
+    <w:rsid w:val="009C4080"/>
+    <w:rsid w:val="009E60F4"/>
+    <w:rsid w:val="009F2262"/>
+    <w:rsid w:val="00A11418"/>
+    <w:rsid w:val="00A84084"/>
+    <w:rsid w:val="00AD5F4B"/>
+    <w:rsid w:val="00AE046E"/>
+    <w:rsid w:val="00AF1312"/>
+    <w:rsid w:val="00B10222"/>
+    <w:rsid w:val="00B12A43"/>
+    <w:rsid w:val="00B307AC"/>
+    <w:rsid w:val="00B726F2"/>
+    <w:rsid w:val="00B83142"/>
+    <w:rsid w:val="00B869E9"/>
+    <w:rsid w:val="00C23377"/>
+    <w:rsid w:val="00C613BA"/>
+    <w:rsid w:val="00C64B5D"/>
+    <w:rsid w:val="00C678A3"/>
+    <w:rsid w:val="00C86763"/>
+    <w:rsid w:val="00CD4079"/>
+    <w:rsid w:val="00D14AB7"/>
+    <w:rsid w:val="00D17469"/>
+    <w:rsid w:val="00D212B6"/>
+    <w:rsid w:val="00D25455"/>
+    <w:rsid w:val="00D31C70"/>
+    <w:rsid w:val="00D4699E"/>
+    <w:rsid w:val="00D67860"/>
+    <w:rsid w:val="00D7277F"/>
+    <w:rsid w:val="00D93AD1"/>
+    <w:rsid w:val="00DA2EFF"/>
+    <w:rsid w:val="00E04C1B"/>
+    <w:rsid w:val="00EA6E24"/>
+    <w:rsid w:val="00EB6C68"/>
+    <w:rsid w:val="00ED3626"/>
+    <w:rsid w:val="00EF6759"/>
+    <w:rsid w:val="00F245D2"/>
+    <w:rsid w:val="00F34520"/>
+    <w:rsid w:val="00F373B0"/>
+    <w:rsid w:val="00F41DEF"/>
+    <w:rsid w:val="00F637BB"/>
+    <w:rsid w:val="00F664DB"/>
+    <w:rsid w:val="00F76F75"/>
+    <w:rsid w:val="00FF5A56"/>
+    <w:rsid w:val="00FF7ED9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{C366343E-4035-4610-BBFE-D08813023D65}"/>
+  <w15:docId w15:val="{CAE8DE50-A1BC-4039-973A-5F4E1DBB1F6C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-[...8 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1333,54 +1654,54 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
@@ -1554,397 +1875,773 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C430C0"/>
+    <w:rsid w:val="009B31CB"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="009B31CB"/>
+    <w:pPr>
+      <w:spacing w:before="330" w:after="45" w:line="450" w:lineRule="atLeast"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="444444"/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="42"/>
+      <w:szCs w:val="42"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="009B31CB"/>
+    <w:pPr>
+      <w:spacing w:before="270" w:after="150" w:line="450" w:lineRule="atLeast"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="444444"/>
+      <w:sz w:val="38"/>
+      <w:szCs w:val="38"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="009B31CB"/>
+    <w:pPr>
+      <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="444444"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="009B31CB"/>
+    <w:pPr>
+      <w:spacing w:before="180" w:after="0" w:line="360" w:lineRule="atLeast"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="444444"/>
+      <w:sz w:val="29"/>
+      <w:szCs w:val="29"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="009B31CB"/>
+    <w:pPr>
+      <w:spacing w:before="180" w:after="90" w:line="330" w:lineRule="atLeast"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="444444"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="009B31CB"/>
+    <w:pPr>
+      <w:spacing w:before="150" w:after="90" w:line="270" w:lineRule="atLeast"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="444444"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="009B31CB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="444444"/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="42"/>
+      <w:szCs w:val="42"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="009B31CB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="444444"/>
+      <w:sz w:val="38"/>
+      <w:szCs w:val="38"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="009B31CB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="444444"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="009B31CB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="444444"/>
+      <w:sz w:val="29"/>
+      <w:szCs w:val="29"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="009B31CB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="444444"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="009B31CB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="444444"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="009B31CB"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00095268"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a5">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005174EE"/>
+    <w:rPr>
+      <w:rFonts w:cs="Calibri"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="0012181D"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00C430C0"/>
+    <w:rsid w:val="005867FB"/>
+    <w:rPr>
+      <w:rFonts w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005B20EA"/>
     <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="005B20EA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005B20EA"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="005B20EA"/>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="1126048492">
-      <w:bodyDiv w:val="1"/>
+    <w:div w:id="1805811185">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1805811184">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1805811186">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>558</Words>
-  <Characters>3185</Characters>
+  <Words>551</Words>
+  <Characters>3147</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>АТА-АНАЛАРДЫҢ НАЗАРЫНА</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>Computer</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3736</CharactersWithSpaces>
+  <CharactersWithSpaces>3691</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>АТА-АНАЛАРДЫҢ НАЗАРЫНА</dc:title>
   <dc:subject/>
-  <dc:creator>User</dc:creator>
+  <dc:creator>Kenessov</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>