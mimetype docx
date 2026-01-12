--- v0 (2026-01-08)
+++ v1 (2026-01-12)
@@ -1,564 +1,426 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00EC2A93" w:rsidRDefault="00EC2A93" w:rsidP="00EC2A93">
+    <w:p w:rsidR="00912680" w:rsidRPr="00912680" w:rsidRDefault="00912680" w:rsidP="00912680">
       <w:pPr>
+        <w:spacing w:after="206" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="0B3805"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00912680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="0B3805"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ниткопись</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00912680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="0B3805"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> как метод развития мелкой моторики, графических навыков и речи у дошкольников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912680" w:rsidRPr="00912680" w:rsidRDefault="00912680" w:rsidP="00912680">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> қолданылады</w:t>
+      <w:r w:rsidRPr="00912680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Современная школа предъявляет большие требования к детям, поступающим в первый класс. К сожалению, уровень их подготовленности не всегда соответствует этим требованиям. На I этапе обучения дети чаще всего испытывают затруднения с письмом: быстро устает рука, теряется рабочая строка, не получается правильное написание букв; нередко встречается так называемое «зеркальное письмо»; ребенок не различает понятия «вправо», «влево», «лист», «страница», «строка»; не укладывается в общий темп работы. Эти затруднения обусловлены слабостью мелкой моторики пальцев руки.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC2A93" w:rsidRDefault="00EC2A93" w:rsidP="00EC2A93">
+    <w:p w:rsidR="00912680" w:rsidRPr="00912680" w:rsidRDefault="00912680" w:rsidP="00912680">
       <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00912680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Коррекционно-логопедическая практика показывает, что движение пальцев рук оказывает и благотворное влияние на речевое развитие ребенка. М.М. Кольцова, Л.В. Фомина - ученые Института физиологии детей и подростков АПН, изучающие деятельность детского мозга, психику детей, установили, что уровень развития речи детей находится в прямой зависимости от степени </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00912680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сформированности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00912680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тонких движений пальцев рук. Если развитие движений пальцев соответствует возрасту, то и речевое развитие находится в пределах нормы. Если же развитие движений пальцев отстает, то задерживается и речевое развитие.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00EC2A93" w:rsidRPr="00EB38E0" w:rsidRDefault="00EC2A93" w:rsidP="00EC2A93">
+    <w:p w:rsidR="00912680" w:rsidRPr="00912680" w:rsidRDefault="00912680" w:rsidP="00912680">
       <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C9158F">
-[...107 lines deleted...]
-        <w:t>арақ", "бет", "жол" ұғымдарын ажыратпайды; жұмыстың жалпы қарқынына жатқызылмайды. Бұл қиындықтар қол саусақтарының ұсақ моторикасының әлсіздігімен байланысты.</w:t>
+      <w:r w:rsidRPr="00912680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>         Это, прежде всего, определяется расположением в головном мозге моторной речевой зоны, которая практически является частью двигательной области. Известно, что около трети всей площади двигательной проекции занимает проекция кисти руки. Поэтому тренировка тонких движений пальцев рук оказывает большое влияние на развитие активной речи ребенка и позволяет ученым отнести кисть руки к речевому аппарату, а двигательную проекционную область кисти руки считать еще одной речевой областью мозга.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC2A93" w:rsidRPr="00EB38E0" w:rsidRDefault="00EC2A93" w:rsidP="00EC2A93">
+    <w:p w:rsidR="00912680" w:rsidRPr="00912680" w:rsidRDefault="00912680" w:rsidP="00912680">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00912680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для развития у детей внимания, глазомера, аккуратности, фантазии, образного мышления, сосредоточенности, мелкой моторики пальцев рук и речи в целом использую - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00912680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ниткопись</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00912680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Идея родилась недавно, но очень помогает мне в работе. Дети кладут на лист бархатной бумаги тонкую ворсистую нить, слегка прижимая её пальчиками по всей длине.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C9158F" w:rsidRDefault="00912680" w:rsidP="00BF5883">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00912680">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EB38E0">
+        </w:rPr>
+        <w:t xml:space="preserve">Методом </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00912680">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>ниткописи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00912680">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> можно выкладывать контуры изображений разнообразных предметов, геометрических фигур, букв и т.д. Попытка сочетания речевой и двигательно-ручной работы оказалась более эффективной и мотивационной. Такое объединение двух видов деятельности имеет смысл после постановки звука – ребенок произносит звук, слоги, слова, фразы, одновременно производя различные движения пальчиками. К этапу многократного повторения слов и фраз ребенок уже знаком с основными приемами </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00912680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ниткописи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00912680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и способен удерживать свое внимание на двух видах деятельности – речевой и ручной. В процессе работы у ребенка укрепляется мелкая мускулатура пальцев руки, совершенствуются зрительно-двигательная координация и ориентировка в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00912680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>микропространстве</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00912680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, развиваются произвольное внимание, зрительная память, аналитическое восприятие, речь.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00BF5883" w:rsidRPr="00BF5883">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB38E0">
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00EC2A93" w:rsidRPr="00EB38E0" w:rsidRDefault="00EC2A93" w:rsidP="00EC2A93">
+    <w:p w:rsidR="00C9158F" w:rsidRDefault="00C9158F" w:rsidP="00BF5883">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB38E0">
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00EC2A93" w:rsidRPr="00EB38E0" w:rsidRDefault="00EC2A93" w:rsidP="00EC2A93">
-[...150 lines deleted...]
-    <w:p w:rsidR="00EC2A93" w:rsidRPr="00A875A9" w:rsidRDefault="00EC2A93" w:rsidP="00EC2A93">
+    <w:p w:rsidR="00C9158F" w:rsidRDefault="00C9158F" w:rsidP="00BF5883">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EC2A93" w:rsidRPr="00A875A9" w:rsidRDefault="00EC2A93" w:rsidP="00EC2A93">
+    <w:p w:rsidR="00C9158F" w:rsidRDefault="00C9158F" w:rsidP="00BF5883">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003333D1" w:rsidRPr="00EC2A93" w:rsidRDefault="003333D1">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="003333D1" w:rsidRPr="00EC2A93" w:rsidSect="00C9158F">
+    <w:sectPr w:rsidR="00C9158F" w:rsidSect="00C9158F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="567" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="108"/>
+  <w:zoom w:percent="75"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00EC2A93"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00FB4894"/>
+    <w:rsidRoot w:val="00E04CC4"/>
+    <w:rsid w:val="001112D9"/>
+    <w:rsid w:val="00254F2E"/>
+    <w:rsid w:val="002E3FAD"/>
+    <w:rsid w:val="00521E67"/>
+    <w:rsid w:val="00537886"/>
+    <w:rsid w:val="00912680"/>
+    <w:rsid w:val="00A875A9"/>
+    <w:rsid w:val="00BF5883"/>
+    <w:rsid w:val="00BF7904"/>
+    <w:rsid w:val="00C9158F"/>
+    <w:rsid w:val="00C93147"/>
+    <w:rsid w:val="00DD6851"/>
+    <w:rsid w:val="00E04CC4"/>
+    <w:rsid w:val="00EB38E0"/>
+    <w:rsid w:val="00EB550F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -683,91 +545,282 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00EC2A93"/>
+    <w:rsid w:val="00254F2E"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -801,84 +854,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -1014,54 +1069,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>404</Words>
-  <Characters>2307</Characters>
+  <Words>431</Words>
+  <Characters>2462</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
+  <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2706</CharactersWithSpaces>
+  <CharactersWithSpaces>2888</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>User</dc:creator>
+  <dc:creator>Методист</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>