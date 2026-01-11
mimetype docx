--- v0 (2025-12-13)
+++ v1 (2026-01-11)
@@ -1,1645 +1,580 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00307EC0" w:rsidRDefault="00307EC0" w:rsidP="00307EC0">
+    <w:p w:rsidR="00411994" w:rsidRPr="005A72D2" w:rsidRDefault="00411994" w:rsidP="00411994">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="709"/>
-        <w:jc w:val="center"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A72D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00632945">
+        <w:t>Защитите себя и своего ребенка от клещей!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00411994" w:rsidRPr="00411994" w:rsidRDefault="00411994" w:rsidP="00411994">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00411994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Клещи являются переносчиками клещевого вирусного энцефалита и иксодового клещевого боррелиоза. Заражение человека происходит во время кровососания инфицированных вирусом клещей. Процесс присасывания клеща практически безболезненный и час</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00411994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>то остается незамеченным. Обитают эти паразиты в лесах, парках, скверах, на садово-огородных участках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00411994" w:rsidRPr="00411994" w:rsidRDefault="00411994" w:rsidP="00411994">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00411994">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...136 lines deleted...]
-        <w:t>!</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Чтобы защитить себя от присасывания клещей и заражения необходимо соблюдать следующие правила:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00307EC0" w:rsidRPr="00632945" w:rsidRDefault="00307EC0" w:rsidP="00307EC0">
-[...828 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="00411994" w:rsidRPr="00411994" w:rsidRDefault="00411994" w:rsidP="00411994">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Орманға барған кезде кенелерді табу үшін тез қарауды жеңілдету үшін киіну </w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00411994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При посещении леса одеваться таким образом, чтобы облегчить быстрый осмотр для обнаружения клещей: носить однотонную и светлую одежду; брюки заправлять в сапоги, гольфы и носки с плотной резинкой, верхнюю часть одежды - в брюки; манжеты рукавов должны плотно прилегать к руке; ворот рубашки и брюки должны иметь плотную застежку, под которую не может проползти клещ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00411994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на голову надевать капюшон, пришитый к рубашке, куртке, или заправлять волосы под косынку, шапку).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00307EC0" w:rsidRPr="00632945" w:rsidRDefault="00307EC0" w:rsidP="00307EC0">
-[...43 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="00411994" w:rsidRPr="00411994" w:rsidRDefault="00411994" w:rsidP="00411994">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> шөптері жоғары көлеңкеленген жерлерде </w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00411994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Не располагаться на отдых в лесу в затененных местах с высоким травостоем, не садиться и не ложиться на траву. Стоянки и ночевки в лесу устраивать на участках, лишенных травяной растительности, или в сухих сосновых лесах на песчаных почвах.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00307EC0" w:rsidRPr="00375727" w:rsidRDefault="00307EC0" w:rsidP="00307EC0">
-[...43 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="00411994" w:rsidRPr="00411994" w:rsidRDefault="00411994" w:rsidP="00411994">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-        <w:t>Әрбір 10-15 минут сайын кенелерді табу үшін өз-өзіне өзара тексеру жүргізу.</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00411994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Каждые 10-15 минут проводить самои взаимоосмотры для обнаружения клещей.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00307EC0" w:rsidRPr="00632945" w:rsidRDefault="00307EC0" w:rsidP="00307EC0">
-[...318 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="00411994" w:rsidRPr="00411994" w:rsidRDefault="00411994" w:rsidP="00411994">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Кене энцефалитінің алдын алудың ең тиімді құралы вакцинация болып </w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00411994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Применять специальные химические средства индивидуальной защиты от клещей: акарицидные средства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00411994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(предназначены для обработки верхней одежды, применение на кожу недопустимо)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00411994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и репеллентные средства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00411994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(предназначены для обработки верхней одежды, применение на кожу возможно для защиты </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00411994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00411994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кровососущих двукрылых)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00411994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, которые продаются во всех аптеках.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00307EC0" w:rsidRPr="00A54A6F" w:rsidRDefault="00307EC0" w:rsidP="00307EC0">
-      <w:pPr>
+    <w:p w:rsidR="00411994" w:rsidRPr="00411994" w:rsidRDefault="00411994" w:rsidP="00411994">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00411994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Регулярно осматривать домашних животных после прогулок на природе для обнаружения и удаления с них прицепившихся и присосавшихся клещей. 6. После возвращения из леса или перед ночевкой снять одежду, тщательно осмотреть тело и одежду.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003333D1" w:rsidRDefault="003333D1"/>
-    <w:sectPr w:rsidR="003333D1" w:rsidSect="00411994">
+    <w:p w:rsidR="00411994" w:rsidRPr="00411994" w:rsidRDefault="00411994" w:rsidP="00411994">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00411994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Не заносить в помещение свежесорванные растения, верхнюю одежду и другие предметы, на которых могут оказаться клещи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00411994" w:rsidRPr="00411994" w:rsidRDefault="00411994" w:rsidP="00411994">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00411994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В случае присасывания клеща, как можно быстрее удалить его, для чего необходимо обратиться за медицинской помощью или удалить клеща самостоятельно. Клещей удобно удалять изогнутым пинцетом или хирургическим зажимом. При этом клеща нужно захватить как можно ближе к хоботку, затем его аккуратно подтягивают, при этом вращая вокруг своей оси в удобную сторону. Обычно через 1-3 оборота клещ извлекается целиком вместе с хоботком. Если же клеща попытаться выдернуть, то велика вероятность его разрыва. Удаление клеща можно проводить с помощью петли из прочной нитки легкими покачиваниями, предварительно смазав тело клеща любым маслом. После удаления клеща следует поместить в небольшой стеклянный флакон вместе с кусочком ваты, слегка смоченным водой, закрыть флакон плотной крышкой. Для исследования клеща - его нужно доставить в лабораторию. По направлению лечебно-профилактического учреждения лабораторное исследование клеща проводится бесплатно. Место укуса и руки - обработать йодом или одеколоном и обратиться в лечебно-профилактическое учреждение для медицинского наблюдения и при необходимости назначения экстренной профилактики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00632945" w:rsidRPr="00632945" w:rsidRDefault="00411994" w:rsidP="007772B3">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00411994">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Наиболее эффективным средством профилактики клещевого энцефалита является вакцинация.</w:t>
+      </w:r>
+      <w:r w:rsidR="007772B3" w:rsidRPr="007772B3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00632945" w:rsidRPr="00632945" w:rsidSect="00411994">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="426" w:right="566" w:bottom="142" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="06E1138A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5C22E3F2"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="175D0E48"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3C32A41C"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -1684,51 +619,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="4D21359F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2676D8C6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="64207E97"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A0A33C6"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -1774,96 +822,153 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="108"/>
+  <w:zoom w:percent="74"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00307EC0"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00FB4894"/>
+    <w:rsidRoot w:val="00411994"/>
+    <w:rsid w:val="00037811"/>
+    <w:rsid w:val="000C0AE7"/>
+    <w:rsid w:val="000E26ED"/>
+    <w:rsid w:val="00104857"/>
+    <w:rsid w:val="0013551C"/>
+    <w:rsid w:val="00192DC1"/>
+    <w:rsid w:val="001C28CB"/>
+    <w:rsid w:val="001F1C4C"/>
+    <w:rsid w:val="001F66BC"/>
+    <w:rsid w:val="00206232"/>
+    <w:rsid w:val="00253F01"/>
+    <w:rsid w:val="00267A36"/>
+    <w:rsid w:val="002C1B29"/>
+    <w:rsid w:val="00314BA5"/>
+    <w:rsid w:val="00375727"/>
+    <w:rsid w:val="00411994"/>
+    <w:rsid w:val="004361E1"/>
+    <w:rsid w:val="004B2B77"/>
+    <w:rsid w:val="00596B6F"/>
+    <w:rsid w:val="005A72D2"/>
+    <w:rsid w:val="005C4FD1"/>
+    <w:rsid w:val="005D798D"/>
+    <w:rsid w:val="006031D6"/>
+    <w:rsid w:val="00632945"/>
+    <w:rsid w:val="00640547"/>
+    <w:rsid w:val="00656C20"/>
+    <w:rsid w:val="00663CCA"/>
+    <w:rsid w:val="006C58B8"/>
+    <w:rsid w:val="006C7966"/>
+    <w:rsid w:val="006E7FD4"/>
+    <w:rsid w:val="007772B3"/>
+    <w:rsid w:val="00777851"/>
+    <w:rsid w:val="0080647A"/>
+    <w:rsid w:val="00875FE1"/>
+    <w:rsid w:val="008A5455"/>
+    <w:rsid w:val="008B6CF2"/>
+    <w:rsid w:val="00952A5E"/>
+    <w:rsid w:val="00953D3B"/>
+    <w:rsid w:val="009550CE"/>
+    <w:rsid w:val="00970E93"/>
+    <w:rsid w:val="009A65BB"/>
+    <w:rsid w:val="00A25FDE"/>
+    <w:rsid w:val="00A37020"/>
+    <w:rsid w:val="00A54A6F"/>
+    <w:rsid w:val="00B02A3D"/>
+    <w:rsid w:val="00B357F8"/>
+    <w:rsid w:val="00B55B74"/>
+    <w:rsid w:val="00B66323"/>
+    <w:rsid w:val="00C0741E"/>
+    <w:rsid w:val="00C42DCF"/>
+    <w:rsid w:val="00CD2361"/>
+    <w:rsid w:val="00D14FC4"/>
+    <w:rsid w:val="00D37D49"/>
+    <w:rsid w:val="00D52924"/>
+    <w:rsid w:val="00D64779"/>
+    <w:rsid w:val="00DC7873"/>
+    <w:rsid w:val="00E47FEB"/>
+    <w:rsid w:val="00E50B8B"/>
+    <w:rsid w:val="00E623F7"/>
+    <w:rsid w:val="00ED05BE"/>
+    <w:rsid w:val="00EF1A6B"/>
+    <w:rsid w:val="00F078A3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -1988,102 +1093,345 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00307EC0"/>
+    <w:rsid w:val="00EF1A6B"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00411994"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00411994"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00307EC0"/>
+    <w:rsid w:val="00632945"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="1854490075">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1689481894">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2330,54 +1678,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>450</Words>
-  <Characters>2569</Characters>
+  <Words>473</Words>
+  <Characters>2702</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
+  <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3013</CharactersWithSpaces>
+  <CharactersWithSpaces>3169</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>