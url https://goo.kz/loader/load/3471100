--- v0 (2025-12-14)
+++ v1 (2026-03-06)
@@ -1,1708 +1,1592 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00D409AF" w:rsidRPr="003C5893" w:rsidRDefault="00D409AF" w:rsidP="00D409AF">
+    <w:p w:rsidR="00085699" w:rsidRPr="0019797B" w:rsidRDefault="00085699" w:rsidP="0019797B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="003C2B97">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0019797B">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Использование камешков </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0019797B">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...35 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Марблс</w:t>
       </w:r>
-      <w:r>
-[...87 lines deleted...]
-      <w:r w:rsidRPr="003C2B97">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0019797B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в образовательной деятельности воспитателя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шарики </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Марблс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — это потомки глиняных шариков, которыми играли древние люди многие тысячи лет назад. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Марблс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — в переводе означает </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«мраморный»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Шарики </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Марблс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> берут свое начало от развлечений древних римлян и греков. Они объединяют в себе морскую волну, звездную пыль, янтарь и каплю воды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3878664" cy="2359944"/>
             <wp:effectExtent l="0" t="0" r="7620" b="2540"/>
-            <wp:docPr id="4" name="Рисунок 1" descr="Шарики Марблс"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="Шарики Марблс"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="Шарики Марблс"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3878664" cy="2359944"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D409AF" w:rsidRPr="0072126F" w:rsidRDefault="00D409AF" w:rsidP="00D409AF">
-[...74 lines deleted...]
-      <w:r w:rsidRPr="003C2B97">
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Современные </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Марблс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> делаются из силикатного песка, золы и соды, которые расплавляются в печи. С помощью специальных красителей стеклу придают самые разнообразные расцветки. Шарики </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>марблс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> очень красивые, гладкие, прозрачные, разных форм и расцветок, очень приятны на ощупь. Так эстетическая привлекательность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Марблс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> усилила интерес к этой игре у современных детей, в противовес новейшим, высокотехнологичным игрушкам. Игры с шариками </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Марблс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – это физическое и умственное развитие ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вся жизнь ребенка – игра. И потому процесс обучения ребенка не может проходить без неё. Тактильные ощущения, мелкая моторика, мыслительные операции развиваются в детской игре. Движения пальцев рук стимулируют деятельность ЦНС и ускоряют развитие речи ребенка. Постоянная стимуляция зон коры головного мозга, отвечающих за мелкую моторику, - необходимый элемент в системе логопедического воздействия. Применение камушков "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Марблс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>" это один из нетрадиционных приемов обучения, интересный для детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В игре ребёнок раскрепощается, получает эмоциональный заряд, обучается различным навыкам. Навык красивой, правильной, грамотной речи легче формировать в игровых ситуациях. Играя с камешками </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>марблс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у детей, развивается память, мышление, речь, внимание, воображение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Развитие пространственных представлений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Игра «Повтори»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: развитие у детей познавательного интереса, интеллектуальное развитие детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- формируется ориентировка на листе и в пространстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- знакомить детей с разными видами сенсорных эталонов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>- формировать умение сравнивать предметы по основным свойствам (цвету, форме, размеру);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- развивать сложные координированные движения рук и моторику пальцев;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- развивать память, восприятие, внимание и логическое мышление у детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- развивать фантазию и творческое мышление у детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оборудование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: пластмассовое игровое поле (формочка для льда и контейнер), карточка с образцом игрового поля, камешки </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Марблс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00346D62">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D409AF" w:rsidRPr="003C2B97" w:rsidRDefault="00D409AF" w:rsidP="00D409AF">
-[...573 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вариант 1. Воспитатель выкладывает с помощью камешков образец дорожки (фигуры, узора), при этом используются камешки разной формы, размера и цвета. Образец фигуры (дорожек) выкладывается на карточке. Ребёнок должен повторить образец на пластмассовом игровом поле.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вариант 2. Педагог дает устные задания типа: Положите синий камушек — в левый верхний угол, зеленый — в правый верхний угол, синий — </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> правый нижний; зеленый — в левый нижний. Проверку задания можно выполнить через предъявление эталона к заданию и через устный контроль педагогом. Педагог предлагает эталон разложенных камушков на плоскости, ребенку необходимо повторить рисунок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вариант 3. Можно предложить ребёнку самому придумать узор, фигуру и выложить на игровом поле, используя камешки разной формы, размера и цвета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3518443" cy="4260501"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6985"/>
-            <wp:docPr id="5" name="Рисунок 2" descr="Игра «Повтори»"/>
+            <wp:docPr id="2" name="Рисунок 2" descr="Игра «Повтори»"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="Игра «Повтори»"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3518603" cy="4260694"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D409AF" w:rsidRDefault="00D409AF" w:rsidP="00D409AF">
-[...17 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:tab/>
-[...8 lines deleted...]
-        </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5234940" cy="2482215"/>
             <wp:effectExtent l="0" t="0" r="3810" b="0"/>
-            <wp:docPr id="6" name="Рисунок 3" descr="Игра «Повтори»"/>
+            <wp:docPr id="3" name="Рисунок 3" descr="Игра «Повтори»"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Игра «Повтори»"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5234940" cy="2482215"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D409AF" w:rsidRDefault="00D409AF" w:rsidP="00D409AF">
-[...577 lines deleted...]
-    <w:sectPr w:rsidR="003333D1" w:rsidSect="00085699">
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Развитие тактильных ощущений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Золушка».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А). Разбери по цвету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В общей емкости большого объема находятся цветные камешки одной формы, но разных цветов, необходимо разобрать в меньшие емкости камешки по цветам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Б). Разбери по форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Так же, как и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предыдущая</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, только камешки разной формы – квадратные, круглые.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В). Разбери по размеру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Так же, как и предыдущие, только камешки разных размеров – большие и маленькие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Упражнение «Найдем предмет» или «Угадай-ка».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цель:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> развитие тактильных ощущений; развитие умения выбирать предметы, отличающиеся от камушков «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Марблс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» (Например: небольшой строительный материал, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>киндер-игрушки</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и т.д.) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оборудование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: емкость глубокая, камушки «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Марблс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», игрушки из киндер-сюрпризов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Задание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: педагог предлагает найти игрушки, спрятанные в камушках с открытыми глазами, сначала одной, затем другой рукой. Усложнение: поиск игрушек закрытыми глазами, определить что это.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Развитие счета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"Весёлый счёт"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выложить столько камешков на столе, сколько:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- У человека носов?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- Сколько пальцев на одной руке? на двух?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- Сколько ушей у собаки?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- Сколько глаз у кошки?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- Сколько крыльев у птицы?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00085699" w:rsidRPr="00346D62" w:rsidRDefault="00085699" w:rsidP="00085699">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- Сколько ножек у стола? и т. д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A95CF1" w:rsidRDefault="00085699" w:rsidP="00355759">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При использовании шариков </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Марблс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у детей обогащается речь, развивается внимание и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мышление</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и творческое воображение. Дети становятся уверенными в себе и обогащаются положительными эмоциями. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00346D62">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Данные игры способствуют повышению речевой активности детей и могут быть использованы как на под групповых, индивидуальных занятиях, так и в свободной деятельности детей.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:sectPr w:rsidR="00A95CF1" w:rsidSect="00085699">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="566" w:bottom="1134" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="108"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00D409AF"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00FB4894"/>
+    <w:rsidRoot w:val="006B7E2E"/>
+    <w:rsid w:val="00085699"/>
+    <w:rsid w:val="0019797B"/>
+    <w:rsid w:val="00320102"/>
+    <w:rsid w:val="00346D62"/>
+    <w:rsid w:val="00355759"/>
+    <w:rsid w:val="003C2B97"/>
+    <w:rsid w:val="003C5893"/>
+    <w:rsid w:val="004F5BF0"/>
+    <w:rsid w:val="006410C3"/>
+    <w:rsid w:val="006B7E2E"/>
+    <w:rsid w:val="0072126F"/>
+    <w:rsid w:val="007406D7"/>
+    <w:rsid w:val="00A141C2"/>
+    <w:rsid w:val="00A90F59"/>
+    <w:rsid w:val="00A95CF1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -1827,137 +1711,412 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D409AF"/>
+    <w:rsid w:val="00320102"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D409AF"/>
+    <w:rsid w:val="00085699"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00085699"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D409AF"/>
+    <w:rsid w:val="00085699"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00D409AF"/>
+    <w:rsid w:val="00085699"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00085699"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00085699"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00085699"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00085699"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="716202934">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1991,84 +2150,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -2204,54 +2365,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>638</Words>
-  <Characters>3641</Characters>
+  <Words>682</Words>
+  <Characters>3894</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4271</CharactersWithSpaces>
+  <CharactersWithSpaces>4567</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>User</dc:creator>
+  <dc:creator>Методист</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>