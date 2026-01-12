--- v0 (2025-12-05)
+++ v1 (2026-01-12)
@@ -1,9419 +1,1039 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="005910D5" w:rsidRPr="005910D5" w:rsidRDefault="005910D5" w:rsidP="005910D5">
+    <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Внимание ОПАСНОСТЬ!!!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Скоро начнутся школьные каникулы. Дети (школьники) будут предоставлены сами себе и бесконтрольно со стороны родителей проводить время на улице и дома. Учителям и родителям необходимо уделить некоторое время для школьника и ребенка для ознакомления с Правилами по обращению и техникой безопасности с электроприборами и простыми истинами, которые должны СОБЛЮДАТЬСЯ. Это обезопасит Вас и Ваших детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приведем несколько трагических случаев, в результате несоблюдения которых привело тяжелым последствиям - погибли и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пострадали  дети</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- 2001-2002 годы в Павлодарской области погибло пятеро детей в результате поражения током. Во всех случаях дети проникали в помещения трансформаторных подстанций, либо залезали на опоры линии электропередач;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- 2014 год с. </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005910D5">
-[...7 lines deleted...]
-        <w:t>Біраз</w:t>
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Баянаул</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005910D5">
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 7-летний мальчик играя в прятки с друзьями, забрался на крышу трансформаторной будки (КТП), взялся рукой за токопроводящую шину </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>напряжением  10</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00835F6B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005910D5">
-[...7 lines deleted...]
-        <w:t>мерзімнен</w:t>
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кВ.</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005910D5">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В результате ребенок получил 15% ожогов тела, ампутация левой руки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- 2015 год с. Бейнеу </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005910D5">
-[...7 lines deleted...]
-        <w:t>соң</w:t>
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мангистауская</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005910D5">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> область. 11-летний мальчик во время игры проник на территорию огражденного трансформатора. Прикоснулся к токопроводящим элементам, ударило током. В результате ребенку ампутировали обе руки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- сентябрь 2018 года. с. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005910D5">
-[...7 lines deleted...]
-        <w:t>мектепте</w:t>
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жанааул</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005910D5">
-[...139 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодарская область. 12 и 14-летние </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="005910D5">
-[...20 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мальчики  во</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="005910D5">
-[...494 lines deleted...]
-    <w:p w:rsidR="005910D5" w:rsidRPr="005910D5" w:rsidRDefault="005910D5" w:rsidP="005910D5">
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> время игры на спортивной площадке на спор поднялись на ограждение и коснулись оголенных токопроводящих элементов. В результате дети погибли. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...2519 lines deleted...]
-    <w:p w:rsidR="005910D5" w:rsidRPr="005910D5" w:rsidRDefault="005910D5" w:rsidP="005910D5">
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>И так Категорически Нельзя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005910D5">
-[...318 lines deleted...]
-    <w:p w:rsidR="005910D5" w:rsidRPr="005910D5" w:rsidRDefault="005910D5" w:rsidP="005910D5">
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нельзя подходить и прикасаться к трансформаторным и распределительным подстанциям, заходить внутрь их, а также залезать на крышу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005910D5">
-[...340 lines deleted...]
-    <w:p w:rsidR="005910D5" w:rsidRPr="005910D5" w:rsidRDefault="005910D5" w:rsidP="005910D5">
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нельзя прикасаться и подходить упавшим и оборванным оголенным проводам кабельных и воздушных линии электропередач;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...198 lines deleted...]
-    <w:p w:rsidR="005910D5" w:rsidRPr="005910D5" w:rsidRDefault="005910D5" w:rsidP="005910D5">
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ни в коем случае нельзя касаться оголенных проводов, по которым идет электрический ток;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...242 lines deleted...]
-    <w:p w:rsidR="005910D5" w:rsidRPr="005910D5" w:rsidRDefault="005910D5" w:rsidP="005910D5">
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нельзя проверять наличие электрического тока в приборах или проводах пальцами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...396 lines deleted...]
-    <w:p w:rsidR="005910D5" w:rsidRPr="005910D5" w:rsidRDefault="005910D5" w:rsidP="005910D5">
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нельзя защемлять провода дверями, оконными рамами, закреплять провода на гвоздях, чтобы не повредить изоляцию и не было коротких замыканий (вспышек пламени);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005910D5">
-[...230 lines deleted...]
-    <w:p w:rsidR="005910D5" w:rsidRPr="005910D5" w:rsidRDefault="005910D5" w:rsidP="005910D5">
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нужно следить за тем, чтобы электрические провода не соприкасались с батареями отопления, трубами водопровода, с телефонными и радиотрансляционными проводами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...396 lines deleted...]
-    <w:p w:rsidR="005910D5" w:rsidRPr="005910D5" w:rsidRDefault="005910D5" w:rsidP="005910D5">
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нельзя позволять детям играть у розеток, втыкать в них шпильки, булавки, дергать провода, так как это может привести к поражению током;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...396 lines deleted...]
-    <w:p w:rsidR="005910D5" w:rsidRPr="005910D5" w:rsidRDefault="005910D5" w:rsidP="005910D5">
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Опасно включать и выключать электрические лампочки, а также бытовые приборы мокрыми руками. Заменять перегоревшие лампочки нужно при отключенном выключателе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...484 lines deleted...]
-    <w:p w:rsidR="005910D5" w:rsidRPr="005910D5" w:rsidRDefault="005910D5" w:rsidP="005910D5">
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Категорически запрещается пользоваться бытовыми электроприборами, по корпусу которых проходит ток (прибор «кусается»). Штепсельную вилку при включении и выключении приборов нужно брать за пластмассовую колодку, а не за провод;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005910D5">
-[...648 lines deleted...]
-    <w:p w:rsidR="005910D5" w:rsidRPr="005910D5" w:rsidRDefault="005910D5" w:rsidP="005910D5">
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приборы, в которых кипятят воду, готовят пищу (электрочайники, кастрюли), нельзя включать в сеть пустыми. Их нужно наполнить водой не меньше чем на одну треть. Когда наливают воду в чайник или кастрюлю, они должны быть обязательно выключены;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...352 lines deleted...]
-    <w:p w:rsidR="005910D5" w:rsidRPr="005910D5" w:rsidRDefault="005910D5" w:rsidP="005910D5">
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нужно следить также и за тем, чтобы шнуры, снятые с приборов, не оставались присоединенными к штепсельной розетке, потому что при случайном прикосновении к ним возможно поражение током;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...506 lines deleted...]
-    <w:p w:rsidR="005910D5" w:rsidRPr="005910D5" w:rsidRDefault="005910D5" w:rsidP="005910D5">
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Включать и выключать любой электробытовой прибор нужно одной рукой, желательно правой, не касаясь при этом водопроводных, газовых и отопительных труб.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...532 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Чтобы избежать пожара, бытовые электроприборы нужно устанавливать на специальных подставках (керамических, металлических или из асбеста) и на безопасном расстоянии от легко загорающихся предметов (занавесей, портьер, скатертей);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="005910D5">
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00835F6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нельзя оставлять включенные электроприборы без надзора или поручать наблюдать за ними детям. Это может привести к пожару.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00835F6B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Осыны</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005910D5">
+        <w:t xml:space="preserve">Объясните это своим Детям, найдите время </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00835F6B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005910D5">
+        <w:t>Сегодня</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00835F6B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>балаларыңызға</w:t>
-[...733 lines deleted...]
-    <w:p w:rsidR="005910D5" w:rsidRPr="005910D5" w:rsidRDefault="005910D5" w:rsidP="005910D5">
+        <w:t>, чтобы они Поняли простые правила, Завтра возможно будет Поздно.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3020"/>
+        <w:gridCol w:w="6335"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidTr="00835F6B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3405" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00835F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6915" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00835F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Территориальный департамент </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00835F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Комитета атомного и энергетического надзора и контроля МЭ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00835F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РК  по</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00835F6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Павлодарской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00835F6B" w:rsidRPr="00835F6B" w:rsidRDefault="00835F6B" w:rsidP="00835F6B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:caps/>
           <w:color w:val="FFFFFF"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005910D5">
+      <w:r w:rsidRPr="00835F6B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:caps/>
           <w:color w:val="FFFFFF"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ӨЗЕКТІ РЕСУРСТАР</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00713C6C" w:rsidRDefault="00713C6C">
+        <w:t>АКТУАЛЬНЫЕ РЕСУРСЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813080" w:rsidRDefault="00813080">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00713C6C">
+    <w:sectPr w:rsidR="00813080">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -9436,53 +1056,53 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0A103324"/>
+    <w:nsid w:val="086C4456"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="60FC0BDA"/>
+    <w:tmpl w:val="D102D758"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -9585,53 +1205,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5EBE6BA0"/>
+    <w:nsid w:val="72E75094"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="2E421FD6"/>
+    <w:tmpl w:val="14B6D654"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -9756,80 +1376,80 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00FD05C7"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FD05C7"/>
+    <w:rsidRoot w:val="00BB1979"/>
+    <w:rsid w:val="00813080"/>
+    <w:rsid w:val="00835F6B"/>
+    <w:rsid w:val="00BB1979"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{18218DC4-D53C-4C04-9CA0-27D29CF663B7}"/>
+  <w15:docId w15:val="{9E7DA973-D02E-419D-B6D9-035A0015C8FB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10216,250 +1836,250 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005910D5"/>
+    <w:rsid w:val="00835F6B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="005910D5"/>
+    <w:rsid w:val="00835F6B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="1244530480">
+    <w:div w:id="102387755">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1901134733">
+        <w:div w:id="934093661">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="203177841">
+            <w:div w:id="774983500">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1365473549">
+                <w:div w:id="1136727660">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="150219367">
+                    <w:div w:id="1263605033">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="100"/>
                       <w:marBottom w:val="100"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="485362402">
+                        <w:div w:id="1755006753">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                           <w:divsChild>
-                            <w:div w:id="1478451698">
+                            <w:div w:id="1777823781">
                               <w:marLeft w:val="0"/>
                               <w:marRight w:val="0"/>
                               <w:marTop w:val="0"/>
                               <w:marBottom w:val="300"/>
                               <w:divBdr>
                                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                               </w:divBdr>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1345862909">
+        <w:div w:id="1932086334">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1777099745">
+            <w:div w:id="1921137341">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1298683192">
+                <w:div w:id="332225230">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="450"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="1310867537">
+                    <w:div w:id="779186074">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="300"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
-                    <w:div w:id="1692296451">
+                    <w:div w:id="730736860">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                       <w:divsChild>
-                        <w:div w:id="1990354010">
+                        <w:div w:id="2077700701">
                           <w:marLeft w:val="0"/>
                           <w:marRight w:val="0"/>
                           <w:marTop w:val="0"/>
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
-                <w:div w:id="1987784510">
+                <w:div w:id="631981264">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -10710,54 +2330,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>554</Words>
-  <Characters>3160</Characters>
+  <Words>584</Words>
+  <Characters>3329</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
+  <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3707</CharactersWithSpaces>
+  <CharactersWithSpaces>3906</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>