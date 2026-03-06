--- v0 (2025-12-14)
+++ v1 (2026-03-06)
@@ -81,1518 +81,2809 @@
         </w:rPr>
         <w:t>город Астана</w:t>
       </w:r>
       <w:r w:rsidRPr="00D31102">
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                           </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31102">
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00642211" w:rsidRPr="00432451" w:rsidRDefault="00642211" w:rsidP="00432451">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="00642211" w:rsidRDefault="00642211" w:rsidP="00934587">
+      <w:pPr>
         <w:rPr>
           <w:color w:val="3399FF"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B6389" w:rsidRDefault="002B6389" w:rsidP="002B6389">
-[...3 lines deleted...]
-        <w:keepLines w:val="0"/>
+    <w:p w:rsidR="00642211" w:rsidRPr="000E7187" w:rsidRDefault="00642211" w:rsidP="00934587"/>
+    <w:p w:rsidR="00B30AB7" w:rsidRDefault="00B30AB7" w:rsidP="00B30AB7">
+      <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:spacing w:before="0"/>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1377"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О завершении 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебного года</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0098466E" w:rsidRPr="0098466E" w:rsidRDefault="0098466E" w:rsidP="0098466E">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00B30AB7" w:rsidRDefault="00B30AB7" w:rsidP="00B30AB7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1377"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и проведении итоговой аттестации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002B6389" w:rsidRDefault="002B6389" w:rsidP="002B6389">
-[...3 lines deleted...]
-        <w:keepLines w:val="0"/>
+    <w:p w:rsidR="00B30AB7" w:rsidRDefault="00B30AB7" w:rsidP="00B30AB7">
+      <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:spacing w:before="0"/>
-[...13 lines deleted...]
-        <w:t>2018 - 2019 оқу жылын аяқтау және</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1377"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в организациях</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B6389" w:rsidRDefault="002B6389" w:rsidP="002B6389">
-[...3 lines deleted...]
-        <w:keepLines w:val="0"/>
+    <w:p w:rsidR="00B30AB7" w:rsidRDefault="00B30AB7" w:rsidP="00B30AB7">
+      <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:spacing w:before="0"/>
-[...13 lines deleted...]
-        <w:t>орта білім беру ұйымдарының</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1377"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>среднего</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B6389" w:rsidRDefault="002B6389" w:rsidP="002B6389">
-[...3 lines deleted...]
-        <w:keepLines w:val="0"/>
+    <w:p w:rsidR="00B30AB7" w:rsidRPr="00B30AB7" w:rsidRDefault="00B30AB7" w:rsidP="00B30AB7">
+      <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:spacing w:before="0"/>
-[...44 lines deleted...]
-          <w:rFonts w:eastAsia="Batang"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B6389" w:rsidRDefault="002B6389" w:rsidP="002B6389">
+    <w:p w:rsidR="00B30AB7" w:rsidRPr="00B30AB7" w:rsidRDefault="00B30AB7" w:rsidP="00B30AB7">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:ind w:firstLine="360"/>
-[...2 lines deleted...]
-          <w:b/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B6389" w:rsidRDefault="002B6389" w:rsidP="002B6389">
-[...3 lines deleted...]
-        <w:keepLines w:val="0"/>
+    <w:p w:rsidR="00B30AB7" w:rsidRDefault="00B30AB7" w:rsidP="00B30AB7">
+      <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:spacing w:before="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соответствии с подпунктом 14) статьи 5 Закона Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от 27 июля 2007 года «Об образовании», а также в целях организованного завершения 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебного года в организациях </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">среднего </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования, независимо от форм собственности и ведомственной подчиненности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="002B6389">
-[...36 lines deleted...]
-        <w:t>БҰЙЫРАМЫН:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B6389" w:rsidRDefault="002B6389" w:rsidP="002B6389">
+    <w:p w:rsidR="00B30AB7" w:rsidRDefault="00B30AB7" w:rsidP="00B30AB7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Batang"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">1. Оқу жылын аяқтаудың мынадай мерзімдері белгіленсін: </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Определить следующие сроки завершения учебного года:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B6389" w:rsidRDefault="002B6389" w:rsidP="002B6389">
+    <w:p w:rsidR="00B30AB7" w:rsidRDefault="00B30AB7" w:rsidP="00B30AB7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) учебные занятия в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организациях среднего образования независимо </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от форм собственности и ведомственной подчиненности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5 мая 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B30AB7" w:rsidRDefault="00B30AB7" w:rsidP="00B30AB7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>итоговы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выпускны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экзамен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9 (10) классов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мая по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> июня </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выпускны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экзамен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы -</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">28 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мая </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о 30 июня</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B30AB7" w:rsidRDefault="00B30AB7" w:rsidP="00B30AB7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Batang"/>
-[...31 lines deleted...]
-        <w:t>орта білім беру ұйымдарында оқу сабақтарының аяқталуы - 2019 жылғы                    25 мамыр;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Итоговая аттестация для обучающихся </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9 (10) класс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ов проводится                    в следующие сроки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B6389" w:rsidRDefault="002B6389" w:rsidP="002B6389">
+    <w:p w:rsidR="00B30AB7" w:rsidRDefault="00B30AB7" w:rsidP="00B30AB7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Batang"/>
-[...22 lines deleted...]
-        <w:t>емтихандары – 2019 жылғы 27 мамыр - 6 маусым, мемлекеттік бітіру емтихандары - 2019 жылғы 28 мамыр - 30 маусым аралығында.</w:t>
+          <w:rStyle w:val="21"/>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) устный экзамен по п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="21"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>редмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="21"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="21"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по выбору </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="21"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="21"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">физика, химия, биология, география, геометрия, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="21"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">история Казахстана, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="21"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>всемирная история, литература, иностранный язык (английский, французский, немецкий), информатика</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="21"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)                  – 27 мая 2019 года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="21"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B6389" w:rsidRDefault="002B6389" w:rsidP="002B6389">
+    <w:p w:rsidR="00B30AB7" w:rsidRDefault="00B30AB7" w:rsidP="00B30AB7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...13 lines deleted...]
-        <w:t>2. 9 (10) сыныптардың білім алушылары қорытынды аттестаттауды мынадай мерзімдерде тапсырады:</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>устн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ый</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экзамен по казахскому языку в школах с русским, узбекским, уйгурским и таджикским языками обучения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и устный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">экзамен по русскому языку в школах с казахским языком обучения – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="21"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>30 мая 2019 года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B6389" w:rsidRDefault="002B6389" w:rsidP="002B6389">
-[...130 lines deleted...]
-    <w:p w:rsidR="002B6389" w:rsidRDefault="002B6389" w:rsidP="002B6389">
+    <w:p w:rsidR="00B30AB7" w:rsidRDefault="00B30AB7" w:rsidP="00B30AB7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Batang"/>
-[...13 lines deleted...]
-        <w:t>4) математикадан жазбаша емтихан - 2019 жылғы 6 маусым.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>письменн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ый</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экзамен по родному языку и литературе (по языку обучения) (сочинение – для обучающихся</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школ с углубленным изучением предметов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гуманитарн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ого цикла</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, диктант – для остальных) – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3 июня</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="21"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 2019 года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B6389" w:rsidRDefault="002B6389" w:rsidP="002B6389">
+    <w:p w:rsidR="00B30AB7" w:rsidRDefault="00B30AB7" w:rsidP="00B30AB7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Batang"/>
-[...12 lines deleted...]
-        <w:t>11 (12) сынып білім алушылары қорытынды аттестаттауды мынадай мерзімдерде тапсырады:</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F4F5F6"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>письменн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ый</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экзамен по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>математике – 6 июня 2019 года.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B6389" w:rsidRDefault="002B6389" w:rsidP="002B6389">
+    <w:p w:rsidR="00B30AB7" w:rsidRDefault="00B30AB7" w:rsidP="00B30AB7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Batang"/>
-[...12 lines deleted...]
-        <w:t>1) ана тілі және әдебиетінен (оқыту тілі) жазбаша емтихан –                             2019 жылғы 28 мамыр;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Итоговая аттестация для обучающихся 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) класс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ов проводится                  в следующие сроки:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B6389" w:rsidRDefault="002B6389" w:rsidP="002B6389">
+    <w:p w:rsidR="00B30AB7" w:rsidRDefault="00B30AB7" w:rsidP="00B30AB7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Batang"/>
-[...42 lines deleted...]
-        <w:t xml:space="preserve"> 31 мамыр;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">письменный экзамен по родному языку и литературе (язык обучения) - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мая 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B6389" w:rsidRDefault="002B6389" w:rsidP="002B6389">
+    <w:p w:rsidR="00B30AB7" w:rsidRDefault="00B30AB7" w:rsidP="00B30AB7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Batang"/>
-[...43 lines deleted...]
-        <w:t>мектептерде орыс тілінен тестілеу - 2019 жылғы 31 мамыр;</w:t>
+          <w:rStyle w:val="21"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="21"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тестирование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по предмету по выбору</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="21"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>физика, химия, биология, география, геометрия, всемирная история, литература, иностранный язык</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="21"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (английский, французский, немецкий), информатика</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="21"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>31 мая</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="21"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B6389" w:rsidRDefault="002B6389" w:rsidP="002B6389">
+    <w:p w:rsidR="00B30AB7" w:rsidRDefault="00B30AB7" w:rsidP="00B30AB7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Batang"/>
-[...26 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
+          <w:rStyle w:val="21"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) тестирование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по казахскому языку в школах с русским, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>узбекским, уйгурским</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> таджикским языками обучения и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">тестирование </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>по русскому языку в школах с казахским языком обучения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="21"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>31 мая</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="21"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002B6389" w:rsidRDefault="002B6389" w:rsidP="002B6389">
+    <w:p w:rsidR="00B30AB7" w:rsidRDefault="00B30AB7" w:rsidP="00B30AB7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...24 lines deleted...]
-        <w:t>.</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">письменный экзамен по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>лгебр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и началам анализа – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> июня                        201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">;  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B6389" w:rsidRDefault="002B6389" w:rsidP="002B6389">
+    <w:p w:rsidR="00B30AB7" w:rsidRDefault="00B30AB7" w:rsidP="00B30AB7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...16 lines deleted...]
-        <w:t>3. Білім алушыларды қайта қорытынды аттестаттау 2019 жылғы                     10 - 30 маусым аралығында өткізіледі.</w:t>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) устный экзамен по истории Казахстана – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> июня 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C6E38" w:rsidRDefault="000C6E38" w:rsidP="000C6E38">
+    <w:p w:rsidR="00B30AB7" w:rsidRDefault="00B30AB7" w:rsidP="00B30AB7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Batang"/>
-[...23 lines deleted...]
-        <w:t>Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім департаменті:</w:t>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>. П</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">овторная итоговая аттестация обучающихся проводится с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10 по                     30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> июня 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C6E38" w:rsidRDefault="000C6E38" w:rsidP="000C6E38">
+    <w:p w:rsidR="00BE1E43" w:rsidRDefault="00BE1E43" w:rsidP="00BE1E43">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Департаменту дошкольного и среднего образования Министерства образования и науки Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE1E43" w:rsidRDefault="00BE1E43" w:rsidP="00BE1E43">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подготовку и доставку пакетов экзаменационных заданий для обучающихся 11 (12) классов до управлений образования областей, городов Астана</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Алматы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Шымкента,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а также для обучающихся 9 (10), 11 (12) классов республиканских организаций среднего образования до 23 мая 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE1E43" w:rsidRDefault="00BE1E43" w:rsidP="00BE1E43">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2)  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>в установленном законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">порядке </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE1E43" w:rsidRDefault="00BE1E43" w:rsidP="00BE1E43">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Batang"/>
-[...14 lines deleted...]
-        <w:t>1) 11 (12) сыныптардың білім алушылары үшін емтихан тапсырмаларының пакеттерін дайындауды және облыстардың, Астана,  Алматы және Шымкент қалаларының білім басқармаларына, сондай-ақ республикалық мамандандырылған орта білім беру ұйымдарындағы 9 (10) және 11 (12) сыныптары білім алушылары үшін 2019 жылғы 23 мамырға дейін жеткізуді;</w:t>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его копии в бумажном и электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения «Республиканский центр правовой информации» для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C6E38" w:rsidRDefault="000C6E38" w:rsidP="000C6E38">
+    <w:p w:rsidR="00BE1E43" w:rsidRDefault="00BE1E43" w:rsidP="00BE1E43">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">размещение настоящего приказа на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства  образования и науки Республики Казахстан после его официального опубликования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE1E43" w:rsidRDefault="00BE1E43" w:rsidP="00BE1E43">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">Қазақстан Республикасының заңнамасында белгіленген тәртіппен осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін; </w:t>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Департамент юридической службы Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>) настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C6E38" w:rsidRDefault="000C6E38" w:rsidP="000C6E38">
+    <w:p w:rsidR="00BE1E43" w:rsidRDefault="00BE1E43" w:rsidP="00BE1E43">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">3) осы бұйрық мемлекеттік тіркелген күнінен бастап күнтізбелік он күн ішінде оның көшірмесін баспа және электронды түрде қазақ және орыс тілдерінде ресми жариялау және Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін «Республикалық құқықтық ақпарат орталығы» шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жолдауды; </w:t>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контроль за исполнением настоящего приказа возложить </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">на вице-министра образования и науки Республики Казахстан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Суханбердиеву</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Э.А.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C6E38" w:rsidRDefault="000C6E38" w:rsidP="000C6E38">
+    <w:p w:rsidR="00BE1E43" w:rsidRDefault="00BE1E43" w:rsidP="00BE1E43">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-        <w:t>4) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Білім және ғылым министрлігінің интернет-ресурсында орналастыруды;</w:t>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C6E38" w:rsidRDefault="000C6E38" w:rsidP="000C6E38">
+    <w:p w:rsidR="00B30AB7" w:rsidRDefault="00B30AB7" w:rsidP="00B30AB7">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="400"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...60 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rStyle w:val="s0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002B6389" w:rsidRDefault="002B6389" w:rsidP="002B6389">
+    <w:p w:rsidR="00B30AB7" w:rsidRDefault="00B30AB7" w:rsidP="00B30AB7">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-        <w:ind w:right="284" w:firstLine="708"/>
+        <w:ind w:firstLine="400"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...14 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00432451" w:rsidRDefault="002B6389" w:rsidP="002B6389">
+    <w:p w:rsidR="00B30AB7" w:rsidRDefault="00B30AB7" w:rsidP="00B30AB7">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...3 lines deleted...]
-        <w:ind w:right="-2"/>
+        <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...17 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>. Сағадиев</w:t>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министр образования и науки </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C729A8" w:rsidRDefault="00C729A8"/>
-    <w:p w:rsidR="00C729A8" w:rsidRDefault="00C13653">
+    <w:p w:rsidR="00B30AB7" w:rsidRDefault="00B30AB7" w:rsidP="00B30AB7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         Республики Казахстан                                                       Е. Сагадиев</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB099C" w:rsidRPr="00EB099C" w:rsidRDefault="00EB099C" w:rsidP="00934587">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B63BD4" w:rsidRDefault="00B63BD4"/>
+    <w:p w:rsidR="00B63BD4" w:rsidRDefault="00BF034D">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының Әділет министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C729A8" w:rsidRDefault="00C13653">
+    <w:p w:rsidR="00B63BD4" w:rsidRDefault="00BF034D">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>________ облысының/қаласының Әділет департаменті</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C729A8" w:rsidRDefault="00C13653">
+    <w:p w:rsidR="00B63BD4" w:rsidRDefault="00BF034D">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Нормативтік құқықтық акті 05.02.2019</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C729A8" w:rsidRDefault="00C13653">
+    <w:p w:rsidR="00B63BD4" w:rsidRDefault="00BF034D">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Нормативтік құқықтық актілерді мемлекеттік</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C729A8" w:rsidRDefault="00C13653">
+    <w:p w:rsidR="00B63BD4" w:rsidRDefault="00BF034D">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>тіркеудің тізіліміне № 18261 болып енгізілді</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C729A8" w:rsidRDefault="00C729A8"/>
-    <w:p w:rsidR="00C729A8" w:rsidRDefault="00C13653">
+    <w:p w:rsidR="00B63BD4" w:rsidRDefault="00B63BD4"/>
+    <w:p w:rsidR="00B63BD4" w:rsidRDefault="00BF034D">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Результаты согласования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C729A8" w:rsidRDefault="00C13653">
+    <w:p w:rsidR="00B63BD4" w:rsidRDefault="00BF034D">
       <w:r>
         <w:t>Министерство образования и науки РК - заместитель директора Ахан Хамерил-Заманович Жарменов, 22.01.2019 16:14:32, положительный результат проверки ЭЦП</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C729A8" w:rsidRDefault="00C13653">
+    <w:p w:rsidR="00B63BD4" w:rsidRDefault="00BF034D">
       <w:r>
         <w:t>Министерство юстиции РК - Заместитель Министра МЮ РК Эльвира Абилхасимовна Азимова, 24.01.2019 17:53:55, положительный результат проверки ЭЦП</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C729A8" w:rsidRDefault="00C13653">
+    <w:p w:rsidR="00B63BD4" w:rsidRDefault="00BF034D">
       <w:r>
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Результаты подписания</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C729A8" w:rsidRDefault="00C13653">
+    <w:p w:rsidR="00B63BD4" w:rsidRDefault="00BF034D">
       <w:r>
         <w:t>Министерство образования и науки РК - Министр Ерлан Кенжегалиевич Сагадиев, 30.01.2019 18:15:42, положительный результат проверки ЭЦП</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00C729A8" w:rsidSect="0098466E">
+    <w:sectPr w:rsidR="00B63BD4" w:rsidSect="00B30AB7">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1701" w:right="851" w:bottom="1701" w:left="1418" w:header="1135" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="851" w:bottom="1276" w:left="1418" w:header="851" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00361447" w:rsidRDefault="00361447">
+    <w:p w:rsidR="00E514AA" w:rsidRDefault="00E514AA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00361447" w:rsidRDefault="00361447">
+    <w:p w:rsidR="00E514AA" w:rsidRDefault="00E514AA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times/Kazakh">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Batang">
-[...2 lines deleted...]
-    <w:charset w:val="81"/>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Lucida Sans Unicode">
+    <w:panose1 w:val="020B0602030504020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00C729A8" w:rsidRDefault="00C13653">
+  <w:p w:rsidR="00B63BD4" w:rsidRDefault="00BF034D">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>Нормативтік құқықтық актілерді мемлекеттік тіркеудің тізіліміне № 18261 болып енгізілді</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="006564AD" w:rsidRDefault="006564AD"/>
-  <w:p w:rsidR="00C729A8" w:rsidRDefault="00C13653">
+  <w:p w:rsidR="006E7A1E" w:rsidRDefault="006E7A1E"/>
+  <w:p w:rsidR="00B63BD4" w:rsidRDefault="00BF034D">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>ИС «ИПГО». Копия электронного документа. Дата  06.02.2019.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00C729A8" w:rsidRDefault="00C13653">
+  <w:p w:rsidR="00B63BD4" w:rsidRDefault="00BF034D">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>ИС «ИПГО». Копия электронного документа. Дата  06.02.2019.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00361447" w:rsidRDefault="00361447">
+    <w:p w:rsidR="00E514AA" w:rsidRDefault="00E514AA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00361447" w:rsidRDefault="00361447">
+    <w:p w:rsidR="00E514AA" w:rsidRDefault="00E514AA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA" w:rsidP="00E43190">
     <w:pPr>
-      <w:pStyle w:val="aa"/>
+      <w:pStyle w:val="ab"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="af1"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af1"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA">
     <w:pPr>
-      <w:pStyle w:val="aa"/>
+      <w:pStyle w:val="ab"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA" w:rsidP="00E43190">
     <w:pPr>
-      <w:pStyle w:val="aa"/>
+      <w:pStyle w:val="ab"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="af1"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af1"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00C16F58">
+    <w:r w:rsidR="000F120C">
       <w:rPr>
         <w:rStyle w:val="af1"/>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA">
     <w:pPr>
-      <w:pStyle w:val="aa"/>
+      <w:pStyle w:val="ab"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10325" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3936"/>
       <w:gridCol w:w="2126"/>
       <w:gridCol w:w="4263"/>
     </w:tblGrid>
     <w:tr w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidTr="00073119">
       <w:trPr>
         <w:trHeight w:val="1348"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3936" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w:rsidR="001A1881" w:rsidRPr="000C11F5" w:rsidRDefault="001A1881" w:rsidP="001A1881">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
             </w:rPr>
             <w:t xml:space="preserve">ҚАЗАҚСТАН </w:t>
           </w:r>
           <w:r w:rsidRPr="000C11F5">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
             </w:rPr>
             <w:t>РЕСПУБЛИКАСЫ</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="001A1881" w:rsidRPr="00226EB3" w:rsidRDefault="00226EB3" w:rsidP="001A1881">
+        <w:p w:rsidR="001A1881" w:rsidRPr="00D100F6" w:rsidRDefault="00B10412" w:rsidP="00B10412">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
             <w:rPr>
+              <w:b/>
+              <w:color w:val="3A7298"/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t>БІЛІМ</w:t>
           </w:r>
           <w:r w:rsidR="001A1881" w:rsidRPr="000C11F5">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
             </w:rPr>
             <w:t xml:space="preserve"> ЖƏНЕ</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
-            <w:t xml:space="preserve"> ҒЫЛЫМ</w:t>
+            <w:t xml:space="preserve"> ҒЫЛЫМ </w:t>
           </w:r>
-        </w:p>
-[...13 lines deleted...]
-          <w:r w:rsidRPr="000C11F5">
+          <w:r w:rsidR="001A1881" w:rsidRPr="000C11F5">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
             </w:rPr>
             <w:t>МИНИСТРЛІГІ</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="004B400D" w:rsidP="00A001ED">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:color w:val="3A7298"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2126" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00073119" w:rsidP="00782A16">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="61CCD82D" wp14:editId="0A8E1463">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3ABD7118" wp14:editId="10A87333">
                 <wp:extent cx="981075" cy="971550"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                 <wp:docPr id="331" name="Рисунок 331" descr="gerb"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 331" descr="gerb"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
@@ -1603,112 +2894,131 @@
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="981075" cy="971550"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4263" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="00226EB3" w:rsidRDefault="001A1881" w:rsidP="00226EB3">
+        <w:p w:rsidR="00B10412" w:rsidRDefault="001A1881" w:rsidP="001A1881">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t xml:space="preserve">МИНИСТЕРСТВО </w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00642211" w:rsidRDefault="00226EB3" w:rsidP="00226EB3">
+        <w:p w:rsidR="00B10412" w:rsidRDefault="00B10412" w:rsidP="001A1881">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
-            <w:t xml:space="preserve">ОБРАЗОВАНИЯ И НАУКИ </w:t>
+            <w:t>ОБРАЗОВАНИЯ</w:t>
+          </w:r>
+          <w:r w:rsidR="001A1881">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> И </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+            <w:t xml:space="preserve">НАУКИ </w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="001A1881" w:rsidP="00226EB3">
+        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="001A1881" w:rsidP="00B10412">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:color w:val="3A7298"/>
               <w:sz w:val="29"/>
               <w:szCs w:val="29"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000C11F5">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
             </w:rPr>
             <w:t>РЕСПУБЛИКИ</w:t>
           </w:r>
-          <w:r w:rsidR="00226EB3">
+          <w:r w:rsidR="00B10412">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="000C11F5">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
             </w:rPr>
             <w:t>КАЗАХСТАН</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00642211" w:rsidRPr="00D100F6" w:rsidTr="00073119">
       <w:trPr>
         <w:trHeight w:val="591"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
@@ -1793,80 +3103,80 @@
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="0087566C">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>ПРИКАЗ</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00C7780A" w:rsidRDefault="00C7780A" w:rsidP="004B400D">
     <w:pPr>
-      <w:pStyle w:val="aa"/>
+      <w:pStyle w:val="ab"/>
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="004B400D" w:rsidRPr="00207569" w:rsidRDefault="00073119" w:rsidP="004B400D">
     <w:pPr>
-      <w:pStyle w:val="aa"/>
+      <w:pStyle w:val="ab"/>
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00642211">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07B0CBDF" wp14:editId="2489DC71">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="295817F6" wp14:editId="339C0731">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>6985</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>1523365</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6411595" cy="0"/>
               <wp:effectExtent l="12700" t="8890" r="14605" b="10160"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Line 26"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm flipV="1">
                         <a:off x="0" y="0"/>
                         <a:ext cx="6411595" cy="0"/>
                       </a:xfrm>
@@ -1883,86 +3193,67 @@
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="5AAE1A6B" id="Line 26" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from=".55pt,119.95pt" to="505.4pt,119.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCTVymCHQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8hyQQWIgIqyqBXrZd&#10;pN32bmyHWHVsyzYEVPW/d2w+yraXqurFGWdm3ryZeV48HjuJDtw6oVWJs2GKEVdUM6F2Jf7yuh7M&#10;MHKeKEakVrzEJ+7w4/L9u0VvCj7SrZaMWwQgyhW9KXHrvSmSxNGWd8QNteEKnI22HfFwtbuEWdID&#10;eieTUZpOk15bZqym3Dn4W5+deBnxm4ZT/9w0jnskSwzcfDxtPLfhTJYLUuwsMa2gFxrkH1h0RCgo&#10;eoOqiSdob8UfUJ2gVjvd+CHVXaKbRlAee4BusvS3bl5aYnjsBYbjzG1M7v/B0s+HjUWCwe4wUqSD&#10;FT0JxdFoGkbTG1dARKU2NjRHj+rFPGn6zSGlq5aoHY8UX08G8rKQkbxJCRdnoMC2/6QZxJC913FO&#10;x8Z2qJHCfA2JARxmgY5xMafbYvjRIwo/p3mWTeYTjOjVl5AiQIREY53/yHWHglFiCfQjIDk8OR8o&#10;/QoJ4UqvhZRx71KhHspPZg+TmOG0FCx4Q5yzu20lLToQkM54PJ+v17FB8NyHWb1XLKK1nLDVxfZE&#10;yLMN1aUKeNAL8LlYZ218n6fz1Ww1ywf5aLoa5GldDz6sq3wwXWcPk3pcV1Wd/QjUsrxoBWNcBXZX&#10;nWb53+ng8mLOCrsp9TaH5C16HBiQvX4j6bjWsMmzJraanTb2um6QZgy+PKOg/fs72PePffkTAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBfiVmO3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqJ0iCk3jVKiCG5e2OXB04iWJGq9D7DSBr2crIcFxdkazb7Lt7DpxxiG0njQkCwUCqfK2&#10;pVpDcXy9ewIRoiFrOk+o4QsDbPPrq8yk1k+0x/Mh1oJLKKRGQxNjn0oZqgadCQvfI7H34QdnIsuh&#10;lnYwE5e7Ti6VWklnWuIPjelx12B1OoxOw+oxeDV+l7v9S/H+WUxDKB/cm9a3N/PzBkTEOf6F4YLP&#10;6JAzU+lHskF0rBMOaljer9cgLr5KFG8pf08yz+T/CfkPAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAJNXKYIdAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAF+JWY7cAAAACgEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" strokecolor="#39f" strokeweight="1.25pt">
+            <v:line w14:anchorId="2EE9E4EC" id="Line 26" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from=".55pt,119.95pt" to="505.4pt,119.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCTVymCHQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8hyQQWIgIqyqBXrZd&#10;pN32bmyHWHVsyzYEVPW/d2w+yraXqurFGWdm3ryZeV48HjuJDtw6oVWJs2GKEVdUM6F2Jf7yuh7M&#10;MHKeKEakVrzEJ+7w4/L9u0VvCj7SrZaMWwQgyhW9KXHrvSmSxNGWd8QNteEKnI22HfFwtbuEWdID&#10;eieTUZpOk15bZqym3Dn4W5+deBnxm4ZT/9w0jnskSwzcfDxtPLfhTJYLUuwsMa2gFxrkH1h0RCgo&#10;eoOqiSdob8UfUJ2gVjvd+CHVXaKbRlAee4BusvS3bl5aYnjsBYbjzG1M7v/B0s+HjUWCwe4wUqSD&#10;FT0JxdFoGkbTG1dARKU2NjRHj+rFPGn6zSGlq5aoHY8UX08G8rKQkbxJCRdnoMC2/6QZxJC913FO&#10;x8Z2qJHCfA2JARxmgY5xMafbYvjRIwo/p3mWTeYTjOjVl5AiQIREY53/yHWHglFiCfQjIDk8OR8o&#10;/QoJ4UqvhZRx71KhHspPZg+TmOG0FCx4Q5yzu20lLToQkM54PJ+v17FB8NyHWb1XLKK1nLDVxfZE&#10;yLMN1aUKeNAL8LlYZ218n6fz1Ww1ywf5aLoa5GldDz6sq3wwXWcPk3pcV1Wd/QjUsrxoBWNcBXZX&#10;nWb53+ng8mLOCrsp9TaH5C16HBiQvX4j6bjWsMmzJraanTb2um6QZgy+PKOg/fs72PePffkTAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBfiVmO3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqJ0iCk3jVKiCG5e2OXB04iWJGq9D7DSBr2crIcFxdkazb7Lt7DpxxiG0njQkCwUCqfK2&#10;pVpDcXy9ewIRoiFrOk+o4QsDbPPrq8yk1k+0x/Mh1oJLKKRGQxNjn0oZqgadCQvfI7H34QdnIsuh&#10;lnYwE5e7Ti6VWklnWuIPjelx12B1OoxOw+oxeDV+l7v9S/H+WUxDKB/cm9a3N/PzBkTEOf6F4YLP&#10;6JAzU+lHskF0rBMOaljer9cgLr5KFG8pf08yz+T/CfkPAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAJNXKYIdAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAF+JWY7cAAAACgEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" strokecolor="#39f" strokeweight="1.25pt">
               <w10:wrap anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="006340C9" w:rsidRPr="0087566C">
-[...19 lines deleted...]
-    <w:r w:rsidR="006340C9" w:rsidRPr="0087566C">
+    <w:r w:rsidR="00642211" w:rsidRPr="00E04401">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
+        <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
-      <w:t xml:space="preserve">№ 53                       </w:t>
+      <w:t>№ 53                                                                                                  от 1 февраля 2019 года</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="004B400D" w:rsidRPr="00123C1D" w:rsidRDefault="004B400D" w:rsidP="004B400D">
     <w:pPr>
       <w:rPr>
         <w:color w:val="3A7234"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="004726FE" w:rsidRPr="00934587" w:rsidRDefault="004726FE" w:rsidP="00934587">
     <w:pPr>
       <w:rPr>
         <w:color w:val="3A7234"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
@@ -2063,136 +3354,50 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6100"/>
         </w:tabs>
         <w:ind w:left="6100" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6820"/>
         </w:tabs>
         <w:ind w:left="6820" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1F2E4D6B"/>
-[...84 lines deleted...]
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C7A5260"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97E0FD48"/>
     <w:lvl w:ilvl="0" w:tplc="EB50223A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -2237,51 +3442,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5385" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6825" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C204AF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F454F34A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1669"/>
         </w:tabs>
         <w:ind w:left="1669" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2389"/>
         </w:tabs>
         <w:ind w:left="2389" w:hanging="360"/>
@@ -2351,316 +3556,263 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6709"/>
         </w:tabs>
         <w:ind w:left="6709" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7429"/>
         </w:tabs>
         <w:ind w:left="7429" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
-[...28 lines deleted...]
-  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A47D62"/>
+    <w:rsid w:val="00017002"/>
+    <w:rsid w:val="000678D0"/>
     <w:rsid w:val="00073119"/>
-    <w:rsid w:val="00073DE8"/>
-    <w:rsid w:val="000870F9"/>
+    <w:rsid w:val="00075544"/>
+    <w:rsid w:val="00086BA5"/>
     <w:rsid w:val="000922AA"/>
-    <w:rsid w:val="00096F78"/>
-    <w:rsid w:val="000C6E38"/>
     <w:rsid w:val="000D4DAC"/>
+    <w:rsid w:val="000E7187"/>
+    <w:rsid w:val="000F120C"/>
     <w:rsid w:val="000F48E7"/>
-    <w:rsid w:val="00104506"/>
     <w:rsid w:val="001319EE"/>
-    <w:rsid w:val="001371E2"/>
     <w:rsid w:val="00143292"/>
     <w:rsid w:val="001763DE"/>
     <w:rsid w:val="001A1881"/>
     <w:rsid w:val="001B61C1"/>
-    <w:rsid w:val="001D5916"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001E7127"/>
+    <w:rsid w:val="001C6568"/>
     <w:rsid w:val="001F4925"/>
-    <w:rsid w:val="001F5DB3"/>
     <w:rsid w:val="001F64CB"/>
     <w:rsid w:val="002000F4"/>
+    <w:rsid w:val="00214720"/>
     <w:rsid w:val="0022101F"/>
-    <w:rsid w:val="00226EB3"/>
+    <w:rsid w:val="00224C33"/>
     <w:rsid w:val="0023374B"/>
-    <w:rsid w:val="002446B1"/>
+    <w:rsid w:val="00245919"/>
     <w:rsid w:val="00251F3F"/>
-    <w:rsid w:val="00254B37"/>
+    <w:rsid w:val="0026015C"/>
     <w:rsid w:val="002A394A"/>
-    <w:rsid w:val="002B6389"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00361447"/>
+    <w:rsid w:val="002A59EC"/>
+    <w:rsid w:val="003241ED"/>
     <w:rsid w:val="00364E0B"/>
-    <w:rsid w:val="003D09DA"/>
     <w:rsid w:val="003F241E"/>
     <w:rsid w:val="00423754"/>
     <w:rsid w:val="00430E89"/>
-    <w:rsid w:val="00432451"/>
     <w:rsid w:val="004726FE"/>
     <w:rsid w:val="0049623C"/>
-    <w:rsid w:val="004B2F55"/>
+    <w:rsid w:val="004A0E3F"/>
     <w:rsid w:val="004B400D"/>
     <w:rsid w:val="004C34B8"/>
+    <w:rsid w:val="004D55F0"/>
     <w:rsid w:val="004E49BE"/>
+    <w:rsid w:val="004F18D6"/>
     <w:rsid w:val="004F3375"/>
-    <w:rsid w:val="00580ECE"/>
+    <w:rsid w:val="005C0069"/>
     <w:rsid w:val="005F582C"/>
-    <w:rsid w:val="006014BB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006340C9"/>
+    <w:rsid w:val="00623587"/>
     <w:rsid w:val="00642211"/>
-    <w:rsid w:val="006564AD"/>
+    <w:rsid w:val="006832BF"/>
     <w:rsid w:val="006B6938"/>
-    <w:rsid w:val="006E7F3D"/>
+    <w:rsid w:val="006E410D"/>
+    <w:rsid w:val="006E7A1E"/>
+    <w:rsid w:val="006E7C60"/>
     <w:rsid w:val="007006E3"/>
     <w:rsid w:val="007111E8"/>
-    <w:rsid w:val="00720D93"/>
     <w:rsid w:val="00731B2A"/>
     <w:rsid w:val="00740441"/>
     <w:rsid w:val="007767CD"/>
     <w:rsid w:val="00782A16"/>
-    <w:rsid w:val="00792659"/>
-[...3 lines deleted...]
-    <w:rsid w:val="007E351E"/>
+    <w:rsid w:val="007C2C1E"/>
     <w:rsid w:val="007E588D"/>
-    <w:rsid w:val="007F350D"/>
-    <w:rsid w:val="00804095"/>
+    <w:rsid w:val="00800D6F"/>
     <w:rsid w:val="0081000A"/>
-    <w:rsid w:val="00842B38"/>
+    <w:rsid w:val="00814299"/>
     <w:rsid w:val="008436CA"/>
+    <w:rsid w:val="0085097A"/>
     <w:rsid w:val="00866964"/>
     <w:rsid w:val="00867FA4"/>
-    <w:rsid w:val="008C2070"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008F1CD7"/>
+    <w:rsid w:val="008D4391"/>
     <w:rsid w:val="009139A9"/>
     <w:rsid w:val="00914138"/>
     <w:rsid w:val="00915A4B"/>
     <w:rsid w:val="00934587"/>
-    <w:rsid w:val="00953D02"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0098466E"/>
+    <w:rsid w:val="00966BD4"/>
     <w:rsid w:val="009924CE"/>
-    <w:rsid w:val="009A43F2"/>
     <w:rsid w:val="009B69F4"/>
-    <w:rsid w:val="009C14D9"/>
     <w:rsid w:val="00A10052"/>
     <w:rsid w:val="00A17FE7"/>
+    <w:rsid w:val="00A24D97"/>
     <w:rsid w:val="00A338BC"/>
-    <w:rsid w:val="00A45BE1"/>
     <w:rsid w:val="00A47D62"/>
-    <w:rsid w:val="00A67BC3"/>
     <w:rsid w:val="00AA225A"/>
+    <w:rsid w:val="00AA467F"/>
     <w:rsid w:val="00AC76FB"/>
-    <w:rsid w:val="00AD09E7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B63884"/>
+    <w:rsid w:val="00AD7E83"/>
+    <w:rsid w:val="00B10412"/>
+    <w:rsid w:val="00B30AB7"/>
+    <w:rsid w:val="00B32030"/>
+    <w:rsid w:val="00B63BD4"/>
     <w:rsid w:val="00B86340"/>
-    <w:rsid w:val="00B91F2E"/>
-    <w:rsid w:val="00BC28CF"/>
+    <w:rsid w:val="00BE1E43"/>
     <w:rsid w:val="00BE3CFA"/>
     <w:rsid w:val="00BE78CA"/>
-    <w:rsid w:val="00BF5415"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00C729A8"/>
+    <w:rsid w:val="00BF034D"/>
+    <w:rsid w:val="00C335C4"/>
+    <w:rsid w:val="00C33A17"/>
+    <w:rsid w:val="00C461D9"/>
+    <w:rsid w:val="00C73E75"/>
     <w:rsid w:val="00C7780A"/>
-    <w:rsid w:val="00C8539B"/>
     <w:rsid w:val="00CA1875"/>
+    <w:rsid w:val="00CC4294"/>
     <w:rsid w:val="00CC7D90"/>
     <w:rsid w:val="00CE6A1B"/>
-    <w:rsid w:val="00CF0D5C"/>
+    <w:rsid w:val="00D0276F"/>
     <w:rsid w:val="00D03D0C"/>
     <w:rsid w:val="00D11982"/>
     <w:rsid w:val="00D14F06"/>
-    <w:rsid w:val="00D153A9"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E40303"/>
+    <w:rsid w:val="00D556EA"/>
+    <w:rsid w:val="00E059D4"/>
     <w:rsid w:val="00E43190"/>
+    <w:rsid w:val="00E514AA"/>
     <w:rsid w:val="00E57A5B"/>
-    <w:rsid w:val="00E63677"/>
     <w:rsid w:val="00E866E0"/>
-    <w:rsid w:val="00EA387D"/>
+    <w:rsid w:val="00EB099C"/>
     <w:rsid w:val="00EB54A3"/>
     <w:rsid w:val="00EC3C11"/>
+    <w:rsid w:val="00EC3DBD"/>
     <w:rsid w:val="00EE1A39"/>
-    <w:rsid w:val="00F077F6"/>
     <w:rsid w:val="00F22932"/>
-    <w:rsid w:val="00F251F6"/>
     <w:rsid w:val="00F525B9"/>
-    <w:rsid w:val="00F563EF"/>
     <w:rsid w:val="00F64017"/>
-    <w:rsid w:val="00F76484"/>
     <w:rsid w:val="00F93EE0"/>
     <w:rsid w:val="00FF4CCD"/>
+    <w:rsid w:val="00FF707E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{1385FA1D-3920-40BF-B816-B04431E147E0}"/>
+  <w15:docId w15:val="{4DDE8BDF-EF32-4690-871F-EAB8D93A9B7F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2720,51 +3872,51 @@
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2780,50 +3932,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -3008,114 +4161,70 @@
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00A47D62"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
-[...20 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:qFormat/>
     <w:rsid w:val="001763DE"/>
     <w:pPr>
       <w:keepNext/>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times/Kazakh" w:hAnsi="Times/Kazakh"/>
       <w:b/>
       <w:sz w:val="26"/>
       <w:lang w:eastAsia="ko-KR"/>
-    </w:rPr>
-[...20 lines deleted...]
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -3177,262 +4286,261 @@
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:qFormat/>
     <w:rsid w:val="00A47D62"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:ind w:firstLine="709"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="No Spacing"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00A47D62"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="015">
     <w:name w:val="Стиль Слева:  0 см Выступ:  15 см"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00A47D62"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:before="120"/>
       <w:ind w:left="851" w:hanging="851"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Подзаголовок Знак"/>
     <w:link w:val="a6"/>
     <w:rsid w:val="00A47D62"/>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a9">
+  <w:style w:type="table" w:styleId="aa">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
     <w:rsid w:val="00A47D62"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aa">
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00A47D62"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
     <w:rsid w:val="000D4DAC"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="Знак Знак Знак1 Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="000D4DAC"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ab">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="001763DE"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s1">
     <w:name w:val="s1"/>
     <w:rsid w:val="001763DE"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="20">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="001763DE"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ac">
+  <w:style w:type="character" w:styleId="ad">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="0023374B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:color w:val="333399"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ad">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ae">
     <w:name w:val="Знак Знак Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="0023374B"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ae">
+  <w:style w:type="paragraph" w:styleId="af">
     <w:name w:val="List Paragraph"/>
-    <w:aliases w:val="Heading1,Colorful List - Accent 11"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af"/>
-    <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CE6A1B"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af0">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00364E0B"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af1">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00BE78CA"/>
   </w:style>
   <w:style w:type="character" w:styleId="af2">
     <w:name w:val="Strong"/>
     <w:qFormat/>
     <w:rsid w:val="007111E8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
@@ -3500,207 +4608,167 @@
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="001A1881"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af8">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004B2F55"/>
+    <w:rsid w:val="00FF707E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af9">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af8"/>
     <w:semiHidden/>
-    <w:rsid w:val="004B2F55"/>
+    <w:rsid w:val="00FF707E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-    <w:name w:val="Заголовок 3 Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Без интервала Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A45BE1"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00C33A17"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...3 lines deleted...]
-    <w:rsid w:val="00953D02"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Основной текст1"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00B30AB7"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:jc w:val="both"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
-      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
-[...1 lines deleted...]
-    <w:rsid w:val="00F077F6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="21">
+    <w:name w:val="Основной текст (2)"/>
+    <w:rsid w:val="00B30AB7"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...17 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="626469723">
+    <w:div w:id="294609274">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="703138347">
+    <w:div w:id="1236474399">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1232931443">
-[...38 lines deleted...]
-    <w:div w:id="2026128487">
+    <w:div w:id="1805735519">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -3962,79 +5030,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{364D4318-869F-4F92-8ABA-CFE2B6F88B35}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8534ECE9-DD6A-4911-B9A4-2BE1E983E086}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>763</Words>
-  <Characters>4353</Characters>
+  <Words>775</Words>
+  <Characters>4418</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>36</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ЌАЗАЌСТАН</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>АО НИТ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5106</CharactersWithSpaces>
+  <CharactersWithSpaces>5183</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ЌАЗАЌСТАН</dc:title>
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>