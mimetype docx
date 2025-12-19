--- v0 (2025-12-16)
+++ v1 (2025-12-19)
@@ -1,678 +1,6900 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="004A0BA7" w:rsidRPr="00653AC1" w:rsidRDefault="004A0BA7" w:rsidP="00653AC1">
+    <w:p w:rsidR="0021241A" w:rsidRPr="0021241A" w:rsidRDefault="0021241A" w:rsidP="00D37051">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиелеудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> он </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ережесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0021241A" w:rsidRPr="0021241A" w:rsidRDefault="0021241A" w:rsidP="0021241A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...7 lines deleted...]
-        <w:t>10 правил воспитания ребенка</w:t>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">1.Балаңды сүй! </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Яғни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>барына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қуан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қандай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>солай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қабылда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорлама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жәбірлеме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сенімділігінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айырма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нақақтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жазалама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзіңнің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сеніміңнен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мақұрым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етпе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жақсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>руіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тудыр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="004A0BA7" w:rsidRPr="004A0BA7" w:rsidRDefault="004A0BA7" w:rsidP="004A0BA7">
+    <w:p w:rsidR="0021241A" w:rsidRPr="0021241A" w:rsidRDefault="0021241A" w:rsidP="0021241A">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A0BA7">
-[...5 lines deleted...]
-        <w:t>Изучив семейную психологию отношений, ученые вывели 10 важнейших правил по успешному воспитанию ребенка:</w:t>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2.Балаңды қорға</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>!Я</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғни оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәніне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қауіпті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәрселерден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіпті-егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болса-жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүдделерінді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құрбан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басынды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>байлай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A0BA7" w:rsidRPr="004A0BA7" w:rsidRDefault="004A0BA7" w:rsidP="004A0BA7">
+    <w:p w:rsidR="003747BB" w:rsidRDefault="0021241A" w:rsidP="0021241A">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A0BA7">
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Любите своего ребёнка! </w:t>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ңа жақсы үлгі бол!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үрлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құндылықтарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құрмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сезімін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дарыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құндылықтарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өмір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сүр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауапкершілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сезіммен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A0BA7" w:rsidRPr="004A0BA7" w:rsidRDefault="004A0BA7" w:rsidP="004A0BA7">
+    <w:p w:rsidR="0021241A" w:rsidRPr="0021241A" w:rsidRDefault="0021241A" w:rsidP="0021241A">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A0BA7">
-[...5 lines deleted...]
-        <w:t>Принимайте его таким, какой он есть, радуйтесь ему, никогда не унижайте, не оскорбляйте кроху. Дайте ему полную уверенность в себе и вас, покажите, что достойны его любви.</w:t>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">4.Балаңмен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Яғни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ажырат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сөйлеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойнау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұнаса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>солай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сөйлеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>солай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойындарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шындап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұғым-түсініктер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әлеміне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бейімдел</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A0BA7" w:rsidRPr="004A0BA7" w:rsidRDefault="004A0BA7" w:rsidP="004A0BA7">
+    <w:p w:rsidR="0021241A" w:rsidRPr="0021241A" w:rsidRDefault="0021241A" w:rsidP="0021241A">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A0BA7">
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Охраняйте своего малыша! </w:t>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>5.Балаң</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ірге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еңбектен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балаң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмысқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатысқысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келгенде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>демеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жібер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бақта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, бақшада). Балаң өсіңкірегенде </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шаруашылы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ққа қажетті барлық жұмыстарға қатыстырып үйрет. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A0BA7" w:rsidRPr="004A0BA7" w:rsidRDefault="004A0BA7" w:rsidP="004A0BA7">
+    <w:p w:rsidR="0021241A" w:rsidRPr="0021241A" w:rsidRDefault="0021241A" w:rsidP="0021241A">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A0BA7">
-[...5 lines deleted...]
-        <w:t>Жертвуя даже собой и своими интересами, защищайте и исполняйте потребности вашего воспитанника, сохраните ему физическое, психическое здоровье.</w:t>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">6.Баланың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ңай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болмаса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бетімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өмірлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәжірибе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">! Бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өткерген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ірибені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мойындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сенің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәжірибелігің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құнсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шығады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәжірибесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жинақтауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкіндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіпті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>белгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәуекелмен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күнде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>солай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>істе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Шамадан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорғаштаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қауіптің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қай-қайсысынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қамсыздандырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әлеуметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүгедекке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айналады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A0BA7" w:rsidRPr="004A0BA7" w:rsidRDefault="004A0BA7" w:rsidP="004A0BA7">
+    <w:p w:rsidR="0021241A" w:rsidRPr="0021241A" w:rsidRDefault="0021241A" w:rsidP="0021241A">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A0BA7">
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Будьте хорошим примером! </w:t>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бостандықтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкіндіктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шектерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidR="003747BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ата-анасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алдымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қайсысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дарындары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ерекшеліктеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дамуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұлғалануының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тамаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкіндіктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ашуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кез-келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отбасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ...,</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұжымда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қоғамда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс-әрекеттерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>белгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шектерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мойындауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұстану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өмір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>салты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ережелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A0BA7" w:rsidRPr="004A0BA7" w:rsidRDefault="004A0BA7" w:rsidP="004A0BA7">
+    <w:p w:rsidR="0021241A" w:rsidRPr="0021241A" w:rsidRDefault="0021241A" w:rsidP="0021241A">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A0BA7">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Относитесь к малышу с огромной ответственностью, прививайте ему хорошие качества, любовь к вещам, через себя. Если вы что-то цените, больше шансов, что и для него это станет важным. Все хотят жить в </w:t>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">8.Баланы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алғыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еті</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="004A0BA7">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="004A0BA7">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> где уважают друг друга, поддерживаются тесные, искрение связи, а главные качества близких — доброта, скромность, честность.</w:t>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйрет!Ата-анасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баланың мінез-құлқын қадағалап отыруға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс-қылықтарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқаларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нұқсан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келтірмейтіндей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағыттап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Баланы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ережелерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтағаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолпаштап отырған жөн! </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A0BA7" w:rsidRPr="004A0BA7" w:rsidRDefault="004A0BA7" w:rsidP="004A0BA7">
+    <w:p w:rsidR="0021241A" w:rsidRPr="0021241A" w:rsidRDefault="0021241A" w:rsidP="0021241A">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A0BA7">
-[...15 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">9.Баладан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="004A0BA7">
-[...5 lines deleted...]
-        <w:t>почаще</w:t>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="004A0BA7">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> вместе! </w:t>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ісіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жетілу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сатысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзіндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәжірибесіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шама-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>шарқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жететін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пікірлер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күт! Бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осынау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соншама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күрделі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дүниеде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйренгенше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұзақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолыңнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келгенше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көмектес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жинақтаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәжірибесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ісіп-жетілу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сатысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзіндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пікірін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорытындысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баладан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>талап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A0BA7" w:rsidRPr="004A0BA7" w:rsidRDefault="004A0BA7" w:rsidP="004A0BA7">
+    <w:p w:rsidR="0021241A" w:rsidRPr="0021241A" w:rsidRDefault="0021241A" w:rsidP="0021241A">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A0BA7">
-[...5 lines deleted...]
-        <w:t>Уделяйте ангелочку больше времени, чаще говорите, играйте играми, которые ему нравятся, попробуйте влиться в мир фантазий вашего малыша, подыгрывайте ему.</w:t>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>10.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түсіруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құндылыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әсерлерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кешіруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкіндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">! Бала да, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үлкендер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сияқты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әсерлермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қоректенеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өмір-тіршілігімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айналадағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дүниемен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>танысуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкіндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0021241A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A0BA7" w:rsidRPr="004A0BA7" w:rsidRDefault="004A0BA7" w:rsidP="004A0BA7">
+    <w:p w:rsidR="007944C1" w:rsidRDefault="007944C1">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...278 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00101EE0" w:rsidRPr="004A0BA7">
+    <w:p w:rsidR="00BC413F" w:rsidRDefault="00BC413F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D37051" w:rsidRDefault="00D37051" w:rsidP="00BC413F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D37051" w:rsidRDefault="00D37051" w:rsidP="00BC413F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D37051" w:rsidRDefault="00D37051" w:rsidP="00BC413F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D37051" w:rsidRDefault="00D37051" w:rsidP="00BC413F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D37051" w:rsidRDefault="00D37051" w:rsidP="00BC413F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D37051" w:rsidRDefault="00D37051" w:rsidP="00BC413F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D37051" w:rsidRDefault="00D37051" w:rsidP="00BC413F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D37051" w:rsidRDefault="00D37051" w:rsidP="00BC413F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D37051" w:rsidRDefault="00D37051" w:rsidP="00BC413F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D37051" w:rsidRDefault="00D37051" w:rsidP="00BC413F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D37051" w:rsidRDefault="00D37051" w:rsidP="00BC413F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D37051" w:rsidRDefault="00D37051" w:rsidP="00BC413F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D37051" w:rsidRDefault="00D37051" w:rsidP="00BC413F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D37051" w:rsidRDefault="00D37051" w:rsidP="00BC413F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC413F" w:rsidRPr="00BC413F" w:rsidRDefault="00BC413F">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="00BC413F" w:rsidRPr="00BC413F" w:rsidSect="00541A83">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Trebuchet MS">
+    <w:panose1 w:val="020B0603020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="34AA09D8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B72A351A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="98"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00EA5846"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00EA5846"/>
+    <w:rsidRoot w:val="0021241A"/>
+    <w:rsid w:val="0021241A"/>
+    <w:rsid w:val="003747BB"/>
+    <w:rsid w:val="00541A83"/>
+    <w:rsid w:val="007944C1"/>
+    <w:rsid w:val="00A6734C"/>
+    <w:rsid w:val="00BC413F"/>
+    <w:rsid w:val="00D37051"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="252" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -774,714 +6996,155 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00666768"/>
-[...49 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00666768"/>
+    <w:rsid w:val="00BC413F"/>
     <w:pPr>
-      <w:pBdr>
-[...4 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:caps/>
-[...137 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...27 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00BC413F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00666768"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BC413F"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:caps/>
-      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="40">
-    <w:name w:val="Заголовок 4 Знак"/>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="4"/>
-[...167 lines deleted...]
-    <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00666768"/>
+    <w:rsid w:val="00BC413F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="75A675" w:themeColor="accent2" w:themeShade="BF"/>
-[...182 lines deleted...]
-      <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="252" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -1583,822 +7246,412 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00666768"/>
-[...49 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00666768"/>
+    <w:rsid w:val="00BC413F"/>
     <w:pPr>
-      <w:pBdr>
-[...4 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:caps/>
-[...137 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...27 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00BC413F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00666768"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BC413F"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:caps/>
-      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="40">
-    <w:name w:val="Заголовок 4 Знак"/>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="4"/>
-[...167 lines deleted...]
-    <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00666768"/>
+    <w:rsid w:val="00BC413F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="75A675" w:themeColor="accent2" w:themeShade="BF"/>
-[...182 lines deleted...]
-      <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="1456022439">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2035113640">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="957833126">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2134520616">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="608855061">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="209808751">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1360931768">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1385639596">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="10452585">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="795220332">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1341735499">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1399667921">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Литейная">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="676A55"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EAEBDE"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="72A376"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="B0CCB0"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A8CDD7"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="C0BEAF"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="CEC597"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="E8B7B7"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="DB5353"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="903638"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -2534,65 +7787,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>348</Words>
-  <Characters>1989</Characters>
+  <Words>412</Words>
+  <Characters>2350</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>19</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2333</CharactersWithSpaces>
+  <CharactersWithSpaces>2757</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>1</dc:creator>
+  <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>