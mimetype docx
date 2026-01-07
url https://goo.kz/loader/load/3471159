--- v0 (2025-12-15)
+++ v1 (2026-01-07)
@@ -1,639 +1,7057 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="002D0D35" w:rsidRPr="002D0D35" w:rsidRDefault="002D0D35" w:rsidP="002D0D35">
+    <w:p w:rsidR="00CB6392" w:rsidRDefault="00CB6392" w:rsidP="00D71653">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-        <w:t>Что делать, если ребенок кусается:</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Психологтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еңесі  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тістесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>...»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D71653" w:rsidRPr="00D71653" w:rsidRDefault="00D71653" w:rsidP="00D71653">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB6392" w:rsidRPr="00CB6392" w:rsidRDefault="00CB6392" w:rsidP="00D71653">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Себептері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұндай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6392" w:rsidRPr="00CB6392" w:rsidRDefault="00CB6392" w:rsidP="00D71653">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·                     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қобалжыған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шаршағанда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жайсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сезінгенде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мысал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6392" w:rsidRPr="00CB6392" w:rsidRDefault="00CB6392" w:rsidP="00D71653">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·                     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойыншығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аумағын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ор</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6392" w:rsidRPr="00CB6392" w:rsidRDefault="00CB6392" w:rsidP="00D71653">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·                     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алғысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәрсені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білмесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6392" w:rsidRPr="00CB6392" w:rsidRDefault="00CB6392" w:rsidP="00D71653">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·                     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамдарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сезімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болмас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6392" w:rsidRPr="00CB6392" w:rsidRDefault="00CB6392" w:rsidP="00D71653">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·                     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көңі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аударған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6392" w:rsidRPr="00CB6392" w:rsidRDefault="00CB6392" w:rsidP="00D71653">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·                     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тарапынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатаң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сөгіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6392" w:rsidRPr="00CB6392" w:rsidRDefault="00CB6392" w:rsidP="00D71653">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тістеулерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үш-төрт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айналадағыларымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сөйлесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білгенде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қояды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6392" w:rsidRPr="00CB6392" w:rsidRDefault="00CB6392" w:rsidP="00D71653">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тістеуден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арылту</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CB6392" w:rsidRPr="00CB6392" w:rsidRDefault="00CB6392" w:rsidP="00D71653">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·                     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іреу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тістеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тістелгенде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күлмеңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6392" w:rsidRPr="00CB6392" w:rsidRDefault="00CB6392" w:rsidP="00D71653">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·                     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаңызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойнап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тістемеңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.О</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тістегені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіздің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәзік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тістегеніңізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түсінбейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6392" w:rsidRPr="00CB6392" w:rsidRDefault="00CB6392" w:rsidP="00D71653">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·                     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаңызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәрсесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәсілдерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйретіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мысалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыпайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түрде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сөзбен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолмен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6392" w:rsidRPr="00CB6392" w:rsidRDefault="00CB6392" w:rsidP="00D71653">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·                     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөлісе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйрету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.М</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ысалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>печеньені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөлісу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөлісі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жатса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мақтаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6392" w:rsidRPr="00CB6392" w:rsidRDefault="00CB6392" w:rsidP="00D71653">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·                     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойыншықпен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойнауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезекті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тосуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөлісі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойнауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйретіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіздің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көзіңізше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөлісі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жатса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мақтаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6392" w:rsidRPr="00CB6392" w:rsidRDefault="00CB6392" w:rsidP="00D71653">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·                     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойнап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүргенде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыпайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйретіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мысалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қонжықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құшақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мысықайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыйпай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қуыршақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сүйі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойнауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6392" w:rsidRPr="00CB6392" w:rsidRDefault="00CB6392" w:rsidP="00D71653">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·                     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойыншықтарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тас-талақан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сындырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жатса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бақылауз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалдырмаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түсінді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойыншық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ренжіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аяу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6392" w:rsidRPr="00CB6392" w:rsidRDefault="00CB6392" w:rsidP="00D71653">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·                     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ересектер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақыттан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тістей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастағанын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бақылағаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дұрыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ондай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келеңсіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайдаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болдырмауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дұрыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6392" w:rsidRPr="00CB6392" w:rsidRDefault="00CB6392" w:rsidP="00D71653">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·                     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тістейтін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>төбелесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойнап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жатса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>одан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алмаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6392" w:rsidRPr="00CB6392" w:rsidRDefault="00CB6392" w:rsidP="00D71653">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·                     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тістеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жатса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ауызын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орталарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тістеуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болдырмауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тырысыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қатаң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түрде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тістеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">!» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ескертіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6392" w:rsidRPr="00CB6392" w:rsidRDefault="00CB6392" w:rsidP="00D71653">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тістелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бола </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CB6392" w:rsidRPr="00CB6392" w:rsidRDefault="00CB6392" w:rsidP="00D71653">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·                     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тістеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көзіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ашулы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дауыспен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тістеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ауырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ескертіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ұзақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сөзбен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түсіндірудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажеті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түсінуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6392" w:rsidRPr="00CB6392" w:rsidRDefault="00CB6392" w:rsidP="00D71653">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·                     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тістелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көңіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөліңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.О</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сабыр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сақтауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шақырыңыз.Су</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беріңіз.Тістелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қараңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тістелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дезинффекциялаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.С</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> компресс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дәкелеңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6392" w:rsidRPr="00CB6392" w:rsidRDefault="00CB6392" w:rsidP="00D71653">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·                     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Содан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тістеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ауызын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатаң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түрде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тістеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ескертіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тістегің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>резеңке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойыншықтарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шығыршықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.б</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тісте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біреуін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беріңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойыншықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тістесең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ауырмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мысықайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тістесең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ауырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> » </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CB6392" w:rsidRPr="00CB6392" w:rsidRDefault="00CB6392" w:rsidP="00D71653">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·                     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Әрине</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>физическии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сөгіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бермеңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>теріс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жолға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>салуыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="002D0D35" w:rsidRPr="00A33ED4" w:rsidRDefault="002D0D35" w:rsidP="002D0D35">
+    <w:p w:rsidR="00CB6392" w:rsidRPr="00CB6392" w:rsidRDefault="00CB6392" w:rsidP="00D71653">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="atLeast"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A33ED4">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Наши детки пробуют мир на вкус. И </w:t>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>·                     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тістейтін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірнеше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақытқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалардан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұстауыңызға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A33ED4">
-[...7 lines deleted...]
-        <w:t>это</w:t>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.М</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A33ED4">
-[...30 lines deleted...]
-        <w:t> Родителям стыдно, уговоры на ребенка не действуют. Что же делать в этой ситуации? Как отучить чадо пускать в ход ногти и зубы?</w:t>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ысалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: « </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тістегенде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ауырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәрсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойлана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB6392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D0D35" w:rsidRPr="00A33ED4" w:rsidRDefault="002D0D35" w:rsidP="002D0D35">
-[...396 lines deleted...]
-    <w:sectPr w:rsidR="00101EE0">
+    <w:sectPr w:rsidR="00CB6392" w:rsidRPr="00CB6392" w:rsidSect="00D71653">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="426" w:right="707" w:bottom="60" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00827F11"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00827F11"/>
+    <w:rsidRoot w:val="00625973"/>
+    <w:rsid w:val="00625973"/>
+    <w:rsid w:val="00761F63"/>
+    <w:rsid w:val="00CB6392"/>
+    <w:rsid w:val="00D71653"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="252" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -735,714 +7153,95 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002D0D35"/>
-[...210 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...405 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="252" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -1544,750 +7343,146 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002D0D35"/>
-[...210 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...405 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="100689662">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Литейная">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="676A55"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EAEBDE"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="72A376"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="B0CCB0"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A8CDD7"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="C0BEAF"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="CEC597"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="E8B7B7"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="DB5353"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="903638"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
@@ -2492,57 +7687,73 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2778</Characters>
+  <Pages>1</Pages>
+  <Words>473</Words>
+  <Characters>2699</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
+  <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>sadik</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3259</CharactersWithSpaces>
+  <CharactersWithSpaces>3166</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>1</dc:creator>
+  <dc:creator>metod</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>