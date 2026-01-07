--- v0 (2025-12-15)
+++ v1 (2026-01-07)
@@ -1,516 +1,1286 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="006A16E2" w:rsidRPr="006A16E2" w:rsidRDefault="006A16E2" w:rsidP="006A16E2">
-[...409 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="0055710C" w:rsidRDefault="0055710C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0055710C" w:rsidRDefault="0055710C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0055710C" w:rsidRDefault="0055710C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0055710C" w:rsidRDefault="0055710C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0055710C" w:rsidRDefault="0055710C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0055710C" w:rsidRDefault="0055710C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0055710C" w:rsidRDefault="0055710C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0055710C" w:rsidRDefault="0055710C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0055710C" w:rsidRDefault="0055710C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0055710C" w:rsidRDefault="0055710C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0055710C" w:rsidRPr="0055710C" w:rsidRDefault="0055710C" w:rsidP="0055710C">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055710C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>Психология взаимоотношений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0055710C" w:rsidRPr="0055710C" w:rsidRDefault="0055710C" w:rsidP="0055710C">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0055710C" w:rsidRDefault="0055710C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0055710C" w:rsidRDefault="0055710C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0055710C" w:rsidRDefault="0055710C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0055710C" w:rsidRDefault="0055710C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0055710C" w:rsidRDefault="0055710C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0055710C" w:rsidRDefault="0055710C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0055710C" w:rsidRDefault="0055710C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0055710C" w:rsidRDefault="0055710C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00830FD4" w:rsidRPr="006A16E2">
+    <w:p w:rsidR="0055710C" w:rsidRDefault="0055710C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0055710C" w:rsidRDefault="0055710C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0055710C" w:rsidRDefault="0055710C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0055710C" w:rsidRDefault="0055710C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D21CD3" w:rsidRDefault="0018581F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Психология взаимоотношений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0018581F" w:rsidRDefault="0018581F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Психологии отношений затрагивает очень много различных вопросов: круг общения, эмоциональный фон, эффективность общения, влияние на другого и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т.д</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>се эти темы актуальны для каждого человека.  Они помогают всем, независимо от пола и возраста, разобраться в себе и сделать свою жизнь более счастливой и успешной.  Ведь каждый человек является частью мира</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB36B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FB36B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> большого сообщества людей. Он должен уметь эффективно строить свои  отношения с ними и с миром. А все отношения проявляются в общении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB36B6" w:rsidRDefault="00FB36B6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Чтобы отношения с другими </w:t>
+      </w:r>
+      <w:r w:rsidR="002F36B5" w:rsidRPr="002F36B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>были более эффективными</w:t>
+      </w:r>
+      <w:r w:rsidR="002F36B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, надо понимать этих людей. Когда человек способен понять </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002F36B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>другого</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002F36B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, он начинает к нему относиться более толерантно и уважительно. А уважение всегда </w:t>
+      </w:r>
+      <w:r w:rsidR="00802D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002F36B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ответное уважение. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002F36B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Точно также, как стремление понять другого порождает у него желание понять другого. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="002F36B5" w:rsidRDefault="002F36B5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Понимание – важный принцип психологии взаимоотношений. Потому что понимание </w:t>
+      </w:r>
+      <w:r w:rsidR="00802D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рождает сопереживание и гармонию, когда общение одинаково комфортно для обеих сторон. Когда есть такая гармония, отношения ценны для каждой стороны, и каждый заинтересован  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00802D0C" w:rsidRPr="00802D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00802D0C" w:rsidRPr="00802D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00802D0C" w:rsidRPr="00802D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>их</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00802D0C" w:rsidRPr="00802D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сохранений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6E9A" w:rsidRDefault="00AB6E9A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Пять ключей понимания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6E9A" w:rsidRDefault="00AB6E9A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Понимать других людей – значит, научиться принимать их </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>такими</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, как они есть. Это не означает, что вы одобряете любое</w:t>
+      </w:r>
+      <w:r w:rsidR="002147F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поведение и позволяете  в отношение к вам разные выходки. Надо просто понять, что другой человек отличен от вас. Вы можете не соглашаться  с его мнением, поведением, но вы должны уважать его ценности.  И вот тогда вы можете создать прекрасные отношения.</w:t>
+      </w:r>
+      <w:r w:rsidR="00944B29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Но чтобы действительно научиться понимать другого человека, нужно знать пять важных принципов, пять ключей понимания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009179F0" w:rsidRDefault="009179F0" w:rsidP="009179F0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Признай потенциал </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>другого</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A26E8" w:rsidRDefault="009A26E8" w:rsidP="009A26E8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009179F0" w:rsidRDefault="009179F0" w:rsidP="009179F0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Каждый человек от рождения имеет  некий потенциал. Если вы будете подходить к человеку, изначально признавая, что он способен на лучшее, то все лучшие качество </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не проявятся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A26E8" w:rsidRPr="009179F0" w:rsidRDefault="009A26E8" w:rsidP="009179F0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0018581F" w:rsidRDefault="009A26E8" w:rsidP="009A26E8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A26E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Слушай, чтобы слышать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A26E8" w:rsidRDefault="009A26E8" w:rsidP="009A26E8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A26E8" w:rsidRDefault="009A26E8" w:rsidP="009A26E8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Разве можно понять кого-то</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> если не слышать, о чем он говорит?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED54C9" w:rsidRDefault="00ED54C9" w:rsidP="009A26E8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Когда человек действительно слушает  и старается понять, то снимаются все барьеры, люди действительно встречаются друг с другом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED54C9" w:rsidRDefault="00ED54C9" w:rsidP="009A26E8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED54C9" w:rsidRDefault="00ED54C9" w:rsidP="00ED54C9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Не оценивай, а пойми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED54C9" w:rsidRDefault="00ED54C9" w:rsidP="00ED54C9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED54C9" w:rsidRDefault="00ED54C9" w:rsidP="00ED54C9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если человек кого-то оценивает ниже себя, то он уже не интересен. И с ним он уже не хочет строить никаких серьезных отношений. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED54C9" w:rsidRDefault="00ED54C9" w:rsidP="00ED54C9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED54C9" w:rsidRDefault="00ED54C9" w:rsidP="00ED54C9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Будь честен и открыт.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED54C9" w:rsidRDefault="00ED54C9" w:rsidP="00ED54C9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED54C9" w:rsidRDefault="00ED54C9" w:rsidP="00ED54C9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Всегда надо стремиться жить без масок и быть честным перед собой и перед миром. Зачем притворяться кем-то, если вы ни такой.</w:t>
+      </w:r>
+      <w:r w:rsidR="004F5D70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Зачем показывать  то, что вам не свойственно. Нет смысла говорить,  что любишь, если </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004F5D70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>настроен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004F5D70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> враждебно. Нет смысла молчать, если тебя раздражает.  Слушайте себя и будьте открыты как к себе, так и к собеседнику. Качество отношений зависит от того, какие мы на самом деле, а не от того какие мы носим маски.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00844867" w:rsidRDefault="00844867" w:rsidP="00ED54C9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED54C9" w:rsidRDefault="00ED54C9" w:rsidP="00ED54C9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Помоги стать лучше.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00274C7B" w:rsidRDefault="00274C7B" w:rsidP="00274C7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00274C7B" w:rsidRPr="009A26E8" w:rsidRDefault="00274C7B" w:rsidP="00274C7B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Не только самому надо вести себя открыто, но и создавать такую атмосферу, в которой другой человек </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>может</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> открыто выражать</w:t>
+      </w:r>
+      <w:r w:rsidR="00470F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> себя и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> свои чувства.</w:t>
+      </w:r>
+      <w:r w:rsidR="00470F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Это поможет ему глубже понимать себя и развивать свои лучшие стороны. Каждый человек может помочь </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00470F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>другому</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00470F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стать лучше, осознать свои намерения и цели. Ваше общение может вселить в человека силу и уверенность, может дать ему заряд энергии и воодушевление, чтобы поменять свою жизнь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A26E8" w:rsidRDefault="009A26E8" w:rsidP="009A26E8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4793" w:rsidRDefault="003F4793" w:rsidP="009A26E8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Цените хорошие отношения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4793" w:rsidRPr="009A26E8" w:rsidRDefault="003F4793" w:rsidP="009A26E8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цените каждого человека, который находится рядом с вами. Любите людей и будьте открыты, не зависимо от того, отвечают вам ли вам взаимностью. Делайте сами первый шаг</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2479D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> навстречу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2479D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Улучшением взаимоотношений н</w:t>
+      </w:r>
+      <w:r w:rsidR="00A651CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ачинается с изменения вашего отн</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2479D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ошения к людям, с развития в себе необходимых качеств</w:t>
+      </w:r>
+      <w:r w:rsidR="00A651CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, со стремлением понять других. И тогда любые отношения будут приносить вам огромное удовлетворение и радость.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="003F4793" w:rsidRPr="009A26E8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="1D230DD8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FD9AB926"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="30"/>
+  <w:zoom w:percent="33"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00AC3D09"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00AC3D09"/>
+    <w:rsidRoot w:val="00C055FF"/>
+    <w:rsid w:val="0018581F"/>
+    <w:rsid w:val="002147F7"/>
+    <w:rsid w:val="00274C7B"/>
+    <w:rsid w:val="002F36B5"/>
+    <w:rsid w:val="003F4793"/>
+    <w:rsid w:val="00470F7E"/>
+    <w:rsid w:val="004F5D70"/>
+    <w:rsid w:val="0055710C"/>
+    <w:rsid w:val="00802D0C"/>
+    <w:rsid w:val="00844867"/>
+    <w:rsid w:val="009179F0"/>
+    <w:rsid w:val="00944B29"/>
+    <w:rsid w:val="009A26E8"/>
+    <w:rsid w:val="00A651CD"/>
+    <w:rsid w:val="00AB6E9A"/>
+    <w:rsid w:val="00B2479D"/>
+    <w:rsid w:val="00C055FF"/>
+    <w:rsid w:val="00D21CD3"/>
+    <w:rsid w:val="00ED54C9"/>
+    <w:rsid w:val="00FB36B6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -680,50 +1450,61 @@
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="009179F0"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -869,62 +1650,73 @@
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="009179F0"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1173,65 +1965,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1305</Words>
-  <Characters>7440</Characters>
+  <Words>532</Words>
+  <Characters>3036</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>62</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8728</CharactersWithSpaces>
+  <CharactersWithSpaces>3561</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>