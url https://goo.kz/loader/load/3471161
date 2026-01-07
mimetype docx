--- v0 (2025-12-15)
+++ v1 (2026-01-07)
@@ -1,941 +1,2533 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00F51108" w:rsidRPr="00F51108" w:rsidRDefault="00F51108" w:rsidP="00F51108">
+    <w:p w:rsidR="00F3795D" w:rsidRPr="006D0BCA" w:rsidRDefault="004F551B" w:rsidP="002371A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F51108">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F3795D" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Неліктен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F3795D" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F3795D" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:r w:rsidR="00F3795D" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F3795D" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ұсақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F3795D" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>моторикасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F3795D" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F3795D" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>дамытуымыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F3795D" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F3795D" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F3795D" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F3795D" w:rsidRPr="006D0BCA" w:rsidRDefault="00F3795D" w:rsidP="002371A7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қабілетінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қайнар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көзі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>саусақтарының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұшында</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0E9E" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>Развитие мелкой моторики, как средство развития речи детей</w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002371A7" w:rsidRDefault="00F3795D" w:rsidP="002371A7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бұ</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00F51108">
-[...16 lines deleted...]
-        <w:t>У</w:t>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00F51108">
-[...26 lines deleted...]
-        <w:t> возникают проблемы, связанные с координацией движений, особенно мелких движений рук и, в частности, пальцев (ребенку трудно зашнуровать ботинки, застегнуть пуговицы и т.д.) Известно, что отставание в развитии моторики часто сопровождается отставанием в развитии интеллекта и речи. Двигательные нарушения характеризуются мышечной дистонией, общей моторной неловкостью, недостаточностью тонких дифференцированных движений пальцев рук и мимической мускулатуры.</w:t>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кемеңгер</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0E9E" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғалым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогиканың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002371A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F51108" w:rsidRPr="00F51108" w:rsidRDefault="00F51108" w:rsidP="00F51108">
+    <w:p w:rsidR="00F3795D" w:rsidRPr="002371A7" w:rsidRDefault="002371A7" w:rsidP="002371A7">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F51108">
-[...26 lines deleted...]
-        <w:t> несложные занимательные задания, упражнения и игры, направленные на совершенствование движений пальцев. Эти занятия очень нравятся детям и являются весьма эффективными как для улучшения координации движений, так и для развития речи. Их польза еще и в том, что они подготавливают руку ребенка к рисованию, лепке, конструированию, письму.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidR="00F3795D" w:rsidRPr="002371A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В.А.Сухомлинскийдің  сөзі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F51108" w:rsidRPr="00F51108" w:rsidRDefault="00F51108" w:rsidP="00F51108">
+    <w:p w:rsidR="002371A7" w:rsidRPr="002371A7" w:rsidRDefault="00F3795D" w:rsidP="002371A7">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F51108">
-[...165 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002371A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Орысша  толық  сөзі  төмендегідей:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F3795D" w:rsidRPr="002371A7" w:rsidRDefault="006D0BCA" w:rsidP="002371A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...63 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>Игры с карандашом:</w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidR="00F3795D" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Истоки способностей и дарования детей — на кончиках их пальцев. От пальцев, образно говоря, идут тончайшие нити — ручейки, которые питают источник творческой мысли. </w:t>
+      </w:r>
+      <w:r w:rsidR="002371A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F3795D" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Другими словами, чем больше мастерства в детской руке, тем умнее ребенок»</w:t>
+      </w:r>
+      <w:r w:rsidR="002371A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            </w:t>
+      </w:r>
+      <w:r w:rsidR="00F3795D" w:rsidRPr="002371A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00F3795D" w:rsidRPr="002371A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В.А.Сухомлинский)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F51108" w:rsidRPr="00F51108" w:rsidRDefault="00F51108" w:rsidP="00F51108">
+    <w:p w:rsidR="00F3795D" w:rsidRPr="006D0BCA" w:rsidRDefault="00F3795D" w:rsidP="002371A7">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F51108">
-[...406 lines deleted...]
-        <w:t>-штриховки: горизонтальные, вертикальные, диагональные, волнистые линии, круговые, полуовальные, петлями. Для штриховки используются трафареты и лекала, по которым дети обводят фигурки. На более поздних этапах детям предлагаются задания по «копированию» предметов. Задача ребенка - срисовать предмет как м</w:t>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00F51108">
-[...6 lines deleted...]
-        <w:t>ожно точнее.</w:t>
+      <w:r w:rsidRPr="002371A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зіргі</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0E9E" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002371A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кезде «ұсақ моторика» деген  тіркесті жиі естиміз. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Солұсақ моторика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дегеніміз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не?   Физиологиялық тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғыдан</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0E9E" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">айтқанда </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолдың ұсақ бұлшық еттерінің  қозғалысы. Соныменқатар «қол мен көздің» тепе-теңдігін де ұмытпауымыз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>себебі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолдың ұсақ</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0E9E" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғалысы көздің бақылауымен жүзеге</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0E9E" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Бала қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғалысы қоршаған ортадағы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>танып-білу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>барысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалыптасады.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00F51108" w:rsidRPr="00F51108">
+    <w:p w:rsidR="00F3795D" w:rsidRPr="006D0BCA" w:rsidRDefault="00F3795D" w:rsidP="002371A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ересек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нақты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әрекет жасағанда біздің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білегіміз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әртүрлі бағытта қозғалу арқылы, қолқимылын жеңілдетеді. Ал балаға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білегін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айналдыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әлі де қиынға соғады. Сондықтан қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғалыс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасаукезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оның қолын ыиықтан төмен барлық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қозғалады. Яғни қарапайым қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғалыстың өзі баланың көп </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>энергиясын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кетіреді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Адам миының сөйлеуге және қолдың ұсақ қозғалысына </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аумағы өте жақын орналасқан. Яғни, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алақан мен саусақтардың ұсақ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>моторикасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы баланың естесақтау,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойлау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пайымдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> салу, сөйлеу сияқты  қабілеттерін  жақсарта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екенбіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">се </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>киіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шешінуіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суретсалуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жазуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  көмектеседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F3795D" w:rsidRPr="006D0BCA" w:rsidRDefault="00F3795D" w:rsidP="002371A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ғалымдардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дәлелдеуінше, ағзадағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғалысқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ми қыртыстарының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үштен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөлігінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүйке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нүктелерінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кескіні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алақан мен саусақтарда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орналасқан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Сондықтан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зерттеушілер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қанды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00144C17" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> те атаған. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дамытуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">баланың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8 айлығынан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастаған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дұрыс. Баланың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>саусақтарын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уқалау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арқылы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>одан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ертебастау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00590CBC" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00590CBC" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00590CBC" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғалымдар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F3795D" w:rsidRPr="006D0BCA" w:rsidRDefault="00F3795D" w:rsidP="002371A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Баланың саусақтарындағы ұсақ моториканы дамытудың жолдары сан алуан.</w:t>
+      </w:r>
+      <w:r w:rsidR="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мұны</w:t>
+      </w:r>
+      <w:r w:rsidR="004F551B" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>баланың жас</w:t>
+      </w:r>
+      <w:r w:rsidR="004F551B" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мөлшеріне қарап таңдау керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00244BDD" w:rsidRPr="006D0BCA" w:rsidRDefault="00F3795D" w:rsidP="002371A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Саусақтарға жаттығу жасау, түрлі дақылдармен сурет салу, түймелерді тізу, мозайкаларды  жинау, асық ойынау, саусақпен сурет салу, ермексаз, балшықтан түрлі бұйымдар жасау, түймеқадау, кесте тоқу, моншақ</w:t>
+      </w:r>
+      <w:r w:rsidR="00144C17" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тізу, оригами, түрлі</w:t>
+      </w:r>
+      <w:r w:rsidR="00144C17" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>табиғи заттардан \топырақ, жапырақ, ағаш, тас\ бұйымдар</w:t>
+      </w:r>
+      <w:r w:rsidR="00144C17" w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D0BCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жасау. Саусаққа киетін қуыршақтармен және саусақтың көлеңкесімен ойнау.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00244BDD" w:rsidRPr="006D0BCA" w:rsidSect="004F551B">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="709" w:right="566" w:bottom="1134" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00545CC5"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00F51108"/>
+    <w:rsidRoot w:val="00F3795D"/>
+    <w:rsid w:val="00144C17"/>
+    <w:rsid w:val="002371A7"/>
+    <w:rsid w:val="00244BDD"/>
+    <w:rsid w:val="004F551B"/>
+    <w:rsid w:val="00590CBC"/>
+    <w:rsid w:val="006555A4"/>
+    <w:rsid w:val="006D0BCA"/>
+    <w:rsid w:val="00DE5137"/>
+    <w:rsid w:val="00EF0E9E"/>
+    <w:rsid w:val="00F3795D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="252" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -1037,1704 +2629,202 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00666768"/>
-[...210 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="006555A4"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...1272 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://psihdocs.ru/teoreticheskie-samostoyatelenie-raboti-po-geometrii-10-klass.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://psihdocs.ru/role-hudojestvennoj-literaturi-v-rechevom-razvitii-detej-doshk.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://psihdocs.ru/detskie-strahi-v2.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Литейная">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="676A55"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EAEBDE"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="72A376"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="B0CCB0"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A8CDD7"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="C0BEAF"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="CEC597"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="E8B7B7"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="DB5353"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="903638"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -2867,57 +2957,69 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4310</Characters>
+  <Pages>1</Pages>
+  <Words>376</Words>
+  <Characters>2145</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>17</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5055</CharactersWithSpaces>
+  <CharactersWithSpaces>2516</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Пользователь Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>