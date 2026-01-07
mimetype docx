--- v0 (2025-12-14)
+++ v1 (2026-01-07)
@@ -1,2905 +1,456 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="009E40AE" w:rsidRPr="009E40AE" w:rsidRDefault="009E40AE" w:rsidP="009E40AE">
-[...1 lines deleted...]
-        <w:spacing w:before="150" w:after="150" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="007A7AAB" w:rsidRPr="007A7AAB" w:rsidRDefault="007A7AAB" w:rsidP="007A0975">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009E40AE">
+      <w:r w:rsidRPr="007A7AAB">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Е</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A7AAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t>сли</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007A7AAB">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009E40AE">
+        <w:t xml:space="preserve"> вы заметили признаки тревожности вашего ребенка, приложите максимум усилий, чтобы скорректировать своё поведение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A7AAB" w:rsidRPr="007A7AAB" w:rsidRDefault="007A7AAB" w:rsidP="007A7AAB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Үрейліліктің</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="007A7AAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Чаще обращайтесь к ребёнку по имени и поддерживайте визуальный контакт при разговоре.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A7AAB" w:rsidRPr="007A7AAB" w:rsidRDefault="007A7AAB" w:rsidP="007A7AAB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A7AAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Увеличьте количеств</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="007A7AAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о тактильных контактов. Ласковые прикосновения помогают вернуть доверие к миру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A7AAB" w:rsidRPr="007A7AAB" w:rsidRDefault="007A7AAB" w:rsidP="007A7AAB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A7AAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Чаще и, желательно, публично (например, за семейным ужином) отмечайте его успехи. Помните, что повод для похвалы всегда найдётся. Достаточно замечать мелочи, которые удаются вашему ребёнку лучше, чем вчера.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A7AAB" w:rsidRPr="007A7AAB" w:rsidRDefault="007A7AAB" w:rsidP="007A7AAB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A7AAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Устраивайте домашние праздники и приглашайте на н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">их </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сверс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007A7AAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ников</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009E40AE">
+      <w:r w:rsidRPr="007A7AAB">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Даже ваше присутствие в другой комнате, благотворно скажется на тревожном ребёнке. Он будет чувствоват</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ь себя увереннее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7AAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и это постепенно изменит о нём мнение сверстников. Поверьте, это крайне важно для него, даже если он не признаётся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A7AAB" w:rsidRPr="007A7AAB" w:rsidRDefault="007A7AAB" w:rsidP="007A7AAB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A7AAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Будьте последовательны в поощрениях и наказаниях. Представьте, как дезориентирован и испуган ваш ребенок, если вчера вы лишь бросили взгляд на недоеденную кашу, а сегодня накричали за то же самое.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A7AAB" w:rsidRPr="007A7AAB" w:rsidRDefault="007A7AAB" w:rsidP="007A7AAB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A7AAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Соблюдайте собственные правила и не запрещайте ребёнку без веских объяснений то, что раньше разрешали ему делать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A7AAB" w:rsidRPr="007A7AAB" w:rsidRDefault="007A7AAB" w:rsidP="007A7AAB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A7AAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Добивайтесь единодушия в требованиях с вашим супругом и другими взрослыми, которые составляют ближайшее окружение вашего ребёнка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A7AAB" w:rsidRPr="007A7AAB" w:rsidRDefault="007A7AAB" w:rsidP="007A7AAB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A7AAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Показывайте пример позитивных ожиданий от будущего и демонстрируйте уверенное поведение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A7AAB" w:rsidRPr="007A7AAB" w:rsidRDefault="007A7AAB" w:rsidP="007A7AAB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A7AAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обсуждайте с ребёнком трудности в обучении и общении, и совместно вырабатывайте стратегию движения к успеху.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A7AAB" w:rsidRPr="007A7AAB" w:rsidRDefault="007A7AAB" w:rsidP="007A7AAB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A7AAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>И самое главное. Если вы не в силах выдерживать нужную лин</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ию </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>поведения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2743 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="007A7AAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> то обратитесь за помощью к профессиональному психологу. </w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="000105B1" w:rsidRPr="009E40AE" w:rsidSect="00937753">
+    <w:p w:rsidR="00101EE0" w:rsidRPr="007A7AAB" w:rsidRDefault="00101EE0" w:rsidP="007A7AAB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00101EE0" w:rsidRPr="007A7AAB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...12 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="01EC5B5F"/>
+    <w:nsid w:val="100673B3"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="2C0C45BE"/>
+    <w:tmpl w:val="E09C6B08"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
+      <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -2964,55 +515,959 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="06A7720F"/>
+    <w:nsid w:val="161674DC"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="029A22EE"/>
+    <w:tmpl w:val="B93CA198"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="43E61567"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9B42A9A0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="47D57E99"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="08502FF2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="4EAA18E6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EAC4FA9A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="515040F2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="AB50A52A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="546C7AE3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7400C858"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="6A464E7F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4D3E9D4E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="73A84CF3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="968E54D4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="741B6F36"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="549A1910"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="10"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -3077,120 +1532,142 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="98"/>
+  <w:zoom w:percent="89"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009E40AE"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00EA46AD"/>
+    <w:rsidRoot w:val="001E7379"/>
+    <w:rsid w:val="00101EE0"/>
+    <w:rsid w:val="001E7379"/>
+    <w:rsid w:val="00666768"/>
+    <w:rsid w:val="007A0975"/>
+    <w:rsid w:val="007A7AAB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="252" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -3292,141 +1769,713 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="400"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      <w:spacing w:val="20"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      </w:pBdr>
+      <w:spacing w:before="400"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="dotted" w:sz="4" w:space="1" w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+        <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      </w:pBdr>
+      <w:spacing w:before="300"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:after="120"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:spacing w:before="320" w:after="120"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:caps/>
+      <w:color w:val="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...10 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      <w:spacing w:val="20"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      <w:spacing w:val="15"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="Заголовок 7 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:caps/>
+      <w:color w:val="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="Заголовок 8 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="Заголовок 9 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
-    <w:name w:val="Balloon Text"/>
+    <w:name w:val="Title"/>
     <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="a5"/>
-    <w:uiPriority w:val="99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009E40AE"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="dotted" w:sz="2" w:space="1" w:color="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+        <w:bottom w:val="dotted" w:sz="2" w:space="6" w:color="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      </w:pBdr>
+      <w:spacing w:before="500" w:after="300" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      <w:spacing w:val="50"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      <w:spacing w:val="50"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:spacing w:after="560" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:spacing w:val="20"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:spacing w:val="20"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Emphasis"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:spacing w:val="5"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="No Spacing"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...6 lines deleted...]
-    <w:name w:val="Текст выноски Знак"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Без интервала Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a4"/>
-[...6 lines deleted...]
-      <w:szCs w:val="16"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00666768"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="21">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="22"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Цитата 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="21"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="dotted" w:sz="2" w:space="10" w:color="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+        <w:bottom w:val="dotted" w:sz="2" w:space="4" w:color="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      </w:pBdr>
+      <w:spacing w:before="160" w:line="300" w:lineRule="auto"/>
+      <w:ind w:left="1440" w:right="1440"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="5"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Выделенная цитата Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="5"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af0">
+    <w:name w:val="Intense Emphasis"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af1">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="31"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af2">
+    <w:name w:val="Intense Reference"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af3">
+    <w:name w:val="Book Title"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="5"/>
+      <w:u w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af4">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="252" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -3528,248 +2577,849 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="thinThickSmallGap" w:sz="12" w:space="1" w:color="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="400"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      <w:spacing w:val="20"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="4" w:space="1" w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      </w:pBdr>
+      <w:spacing w:before="400"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="dotted" w:sz="4" w:space="1" w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+        <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      </w:pBdr>
+      <w:spacing w:before="300"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:after="120"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:spacing w:before="320" w:after="120"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:caps/>
+      <w:color w:val="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...10 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      <w:spacing w:val="20"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      <w:spacing w:val="15"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="Заголовок 7 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:caps/>
+      <w:color w:val="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      <w:spacing w:val="10"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="Заголовок 8 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="Заголовок 9 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
-    <w:name w:val="Balloon Text"/>
+    <w:name w:val="Title"/>
     <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:link w:val="a5"/>
-    <w:uiPriority w:val="99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009E40AE"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="dotted" w:sz="2" w:space="1" w:color="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+        <w:bottom w:val="dotted" w:sz="2" w:space="6" w:color="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      </w:pBdr>
+      <w:spacing w:before="500" w:after="300" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      <w:spacing w:val="50"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      <w:spacing w:val="50"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:spacing w:after="560" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:spacing w:val="20"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:spacing w:val="20"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="75A675" w:themeColor="accent2" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Emphasis"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:spacing w:val="5"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="No Spacing"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...6 lines deleted...]
-    <w:name w:val="Текст выноски Знак"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Без интервала Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a4"/>
-[...6 lines deleted...]
-      <w:szCs w:val="16"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00666768"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="21">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="22"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Цитата 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="21"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="dotted" w:sz="2" w:space="10" w:color="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+        <w:bottom w:val="dotted" w:sz="2" w:space="4" w:color="4B734B" w:themeColor="accent2" w:themeShade="80"/>
+      </w:pBdr>
+      <w:spacing w:before="160" w:line="300" w:lineRule="auto"/>
+      <w:ind w:left="1440" w:right="1440"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="5"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Выделенная цитата Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="5"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af0">
+    <w:name w:val="Intense Emphasis"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:caps/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af1">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="31"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af2">
+    <w:name w:val="Intense Reference"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af3">
+    <w:name w:val="Book Title"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:rPr>
+      <w:caps/>
+      <w:color w:val="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+      <w:spacing w:val="5"/>
+      <w:u w:color="4A724A" w:themeColor="accent2" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af4">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00666768"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="840389099">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1832522254">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Литейная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="676A55"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="EAEBDE"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="72A376"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="B0CCB0"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A8CDD7"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="C0BEAF"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="CEC597"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="E8B7B7"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="DB5353"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="903638"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -3905,65 +3555,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>150</Words>
-  <Characters>861</Characters>
+  <Words>235</Words>
+  <Characters>1344</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>Reanimator Extreme Edition</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1009</CharactersWithSpaces>
+  <CharactersWithSpaces>1576</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Пользователь</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>1</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>