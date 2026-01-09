--- v0 (2025-12-14)
+++ v1 (2026-01-09)
@@ -1,2161 +1,1680 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="002D177D" w:rsidRPr="001425A8" w:rsidRDefault="002D177D" w:rsidP="001425A8">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="007B018C">
+      <w:r w:rsidRPr="001425A8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ПЕДАГОГИЧЕСКИЕ УСЛОВИЯ ПРИМЕНЕНИЯ  ИННОВАЦИОННЫХ МЕТОДИК И ТЕХНОЛОГИЙ В ОБРАЗОВАТЕЛЬНОМ ПРОЦЕССЕ ДОШКОЛЬНЫХ ОРГАНИЗАЦИЙ</w:t>
+        <w:t>МЕКТЕПКЕ ДЕЙІНГІ ТӘРБИЕ МЕН ОҚЫТУДЫ ҰЙЫМДАСТЫРУДЫҢ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="002D177D" w:rsidRPr="001425A8" w:rsidRDefault="002D177D" w:rsidP="001425A8">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001425A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ИННОВАЦИЯЛЫҚ БАҒЫТТАРЫ</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="002D177D" w:rsidRPr="004048BC" w:rsidRDefault="004048BC" w:rsidP="004048BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мектеп жасына дейінгі балаларды дамыту мәселесі мемлекеттік саясаттың ажырамас бөлігі болып отыр. Сондықтан мектепке дейінгі балаларды оқыту мен тәрбиелеудің негізгі мақсаты  баланың жеке басының қалыптасуы мен дамуы, қоршаған </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға бейімделуі. Заман ағымы өзгерді, жаһандану цивилизациясы туды. Адамның өмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сүру, қарым- қатынасқа түсе білу қарқыны жылдамдады, өйткені, шет тілін меңгеру, коммуникациялық қондырғылар, яғни (компьютер, интернет, гаджеттер, ұялы телефондар, электрондық оқулықтар, электрондық ойындар мен </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7FCB" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>йыншықтар т.б.) қажеттілік ретінде адам өміріне еніп кетті. Осыған орай, әлемдік стандарттарға сай әрекет ету қажеттілігі туды. Қары</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қатынасқа түсе білетін, тілдерді меңгерген, </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7FCB" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім алуға </w:t>
+      </w:r>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ширақ та, икемді, өмірдегі өзгермелі жағдайға тез бейімделуге икемді, қоғамға бейімделуге икемді сапалары бар ұрпақ тәрбиелеу міндеті тұр алдымызда. Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ім беру жүйесінде, соның ішінде, мектепке дейінгі мекемелер бұл бағытты ұстанып, балабақшаларда жаңа </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7FCB" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000B7FCB" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000B7FCB" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стандартына сай әрекет етуде.  «Тәй-тәй» бағдарламасы, тәрбие мен оқытудың ойын технологиясы, халық педагогикасын қолдану технологиясы, ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коммуникациялық оқыту технологиялары бағыттарында теориялық-әдістемелік ізденістерді тәжірибеге енгізу бағытында нәтижесін жинақтай отырып, соңғы 2 жыл көлемінде, ынтымақтастық технологиясының теориялық-әдістемелік негіздерін танып-білі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, тәжірибеге енгізуде. Инновациялық технологияларды енгізу үшін педагогтармен сұхбат, бақылау жүргізу, тест арқылы жағдаяттар туғыза отырып, бейнелеу ө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нері ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұмыстарын талдау арқылы зерттеу жүргізілді. Зерттеу барысында мынадай жағдайлар анықталды.Өздеріңізге мәлім, қазіргі кезеңде, топтарда балалар саны көп. Оларды режим кезеңдерінде болсын, оқу әрекетінде болсын, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>топшалар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға бөлген күннің өзінде, толық қанды қамту қиындық соқтырады. Осыған байланысты кейбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балалар:оқу процесінде – суретті, затты, бейне сюжетті көре отырып әңгіме құрастыруға, ойын үстінде – ойын шартын, сурет салу жапсыру, мүсіндеу кезінде – техникасын дұрыс меңгермей жататыны байқалды. Сонымен қатар, кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жағдайда, бірінің жауабын бірі тыңдап құптуға немесе жіберген қателігін түзетуге мүмкіндік болмай қалады. Осы олқылықтарды шешу, барлық технологияларды үйлестіре, интеграциялауға болатын оқытудың «Балаларды қоршаған орта жайлы құзіреттілігін қалыптастыруда ынтымақтастық технологиясын қолдануды әдістемелік тақырып ретінде енгізу ұйғарылды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.О</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыған орай, апробациядан өтіп жатқан бағдарламаның талаптарына негіздей отырып, оның бала бақшада жүзеге асырылуының бүкіл механизмі ойластырылып, тәжірибеге енгізілуде, оң нәтижесі байқалады</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұл іс балабақшаның Әдістемелік </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7FCB" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B018C">
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">В настоящее время в образовательный процесс активно внедряются различные технологии, направленные на развитие личности, на его самостоятельность. </w:t>
+        <w:t>Кеңесі басшылығымен жүйелі жүзеге асырылады. Бұл технологияның талаптарына сай белгілі бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тақырыпты меңгеру үшін тапсырма жұп, топша болып бөлінген балаларға беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="002D177D" w:rsidRPr="004048BC" w:rsidRDefault="004048BC" w:rsidP="004048BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B018C">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Дошкольное образование нашей страны сегодня совершенствуется, </w:t>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мысалы, тіл дамыту оқу әрекетінде: «Сурет бойынша әңгіме құрастыру», «Затты сипаттап беру», «Ертегіні жалғастыр» т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тапсырманы орындау кезінде, балалар бірінің пікірін бірі жалғастыруға, тыңдай білуге, мазмұндай білуге, серіктесімен бірігіп тапсырманы дұрыс орындауға, кедергі жасамауға, біріне бірі қолдау </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002D177D" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға деген талпынысы байқалады. Ал, мысалы: ересек топтарда сурет </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="002D177D" w:rsidRPr="004048BC" w:rsidRDefault="002D177D" w:rsidP="004048BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B018C">
+      <w:r w:rsidRPr="004048BC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">развивается, находится в поиске новых возможностей, создающих </w:t>
+        <w:t>«Көктем келді», мүсіндеу «Ормандағы кірпілер»</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007B018C">
+      <w:r w:rsidRPr="004048BC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>необходимые</w:t>
+        <w:t>,ж</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007B018C">
+      <w:r w:rsidRPr="004048BC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">апсыру «Гүл алаңы», математика «Үйлердің пішіндері бойынша көшеге орналастыр» сияқты тағы басқа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">көптеген күрделі тапсырмалар орындау кезінде алдыменқандай әрекет орындайтындығын, оны кім орындайтындығын серіктесімен </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7FCB" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзара келісіп, қалай сипаттап беретінін ақылдасуы және ортақ і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ің дұрыс шығуы үшін ынтымақта әрекет етуге деген қызығушылығын байқадық. Нәтижесінде балалардың ойлау, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D177D" w:rsidRPr="004048BC" w:rsidRDefault="002D177D" w:rsidP="004048BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сөйлеу, қабылдау, еске сақтау, зейін, қиял сияқты процестерінің дамуына ықпалды әсері бар екенін психолог та, ата аналар да ерекше атап көрсетуде. Сылбыр балалардың білім алуға қызығушылығы артып, біреуінің байланыстырып сөйлеу тілі шираса, енді бірі әлсіздеу болып тұрған сурет салу дағдылары жетілгендігі байқалады</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.С</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онымен қатар, жұп болып, кішігірім топ болып, ойнайтын драмалық, қимыл қозғалыс, сюжетті рөлді, үстел үсті ойындарын ұйымдастыруда ынтымақтастық технологиясы әдіс-тәсілдерін қолдану өте тиімді екені, балалардың дербес, тәрбиешінің басқаруынсыз ұйымдаса білу, тапсырманы бөлісе білу ерекшеліктері айқын кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іне бастады.</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7FCB" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ынтымақтастық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">технологиясының ұтымдылығы, оқытудың </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қа технологиялары, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D177D" w:rsidRPr="004048BC" w:rsidRDefault="002D177D" w:rsidP="004048BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әдістерімен тоғыстыра алуға мүмкіндік бере алатындығында </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ойлаймыз. Жеке тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лғаны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дамыту мақсатында әдіс-тәсілдерді және инновациялық педагогикалық технологияларды, балалармен ұйымдастырылған жұмыс түрлерін, таңдап алу біздің басты міндетіміз. Жаңа технологияларды мектепке дейінгі мекемелерге бейімдеу үшін жағдай жасау.</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7FCB" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Әрбір баланың деңгейін тексерудің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0D8"/>
+      </w:r>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және тәрбие-оқу үрдісін технология </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7FCB" w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларына сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоспарлаудың жаңа үлгілерін әзірлеп, жұмысқа енгізу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.Ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0D8"/>
+      </w:r>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәжірибесіне жаңа технологияларды енгізу.Инновациялық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F0D8"/>
+      </w:r>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> технологиялар жүйесін мектепке дейінгі білім беру кеңі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ігіне ендіру үдерісі кезеңмен іске асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D177D" w:rsidRPr="004048BC" w:rsidRDefault="002D177D" w:rsidP="004048BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.Тәрбиешілердің теориялық ізден</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұйымдастыру дағдыларын </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D177D" w:rsidRPr="004048BC" w:rsidRDefault="002D177D" w:rsidP="004048BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалыптастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұл кезең тәрбиешілердің инновациялық технологиялары саласындағы кәсіби педагогикалық құзыреттілігін дамытуға, сондай-ақ дайындалған ортаны инновациялық педагогикасының қағидаларына сүйеніп жасалаған дидактикалық </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D177D" w:rsidRPr="004048BC" w:rsidRDefault="002D177D" w:rsidP="004048BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">материалдармен бағытталуы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D177D" w:rsidRPr="004048BC" w:rsidRDefault="002D177D" w:rsidP="004048BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Тәрбиешілердің практикалық </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D177D" w:rsidRPr="004048BC" w:rsidRDefault="002D177D" w:rsidP="004048BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">даярлығын және балалардың </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>меңгеру</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="002D177D" w:rsidRPr="004048BC" w:rsidRDefault="002D177D" w:rsidP="004048BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B018C">
+      <w:r w:rsidRPr="004048BC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">условия для воспитания и развития ребенка и удовлетворения </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">көрсеткішін зерттеу. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="002D177D" w:rsidRPr="004048BC" w:rsidRDefault="002D177D" w:rsidP="004048BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B018C">
+      <w:r w:rsidRPr="004048BC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">потребностей родителей. Качество образования зависит от того, насколько эффективно осваиваются инновации в области дошкольного образования, так как они ориентированы на личность ребёнка, на развитие его способностей. В связи с этим меняются и педагогические функции воспитателей, которые организуют интеллектуальную деятельность детей, учат эмоционально относиться к творчеству и самостоятельно принимать решения. В целях инновационного преобразования дошкольного образования нами разработаны новые нормативные правовые документы. В этом году дошкольные организации республики будут работать по новой Учебной программе, разработанной на основе обновленного Государственного общеобразовательного стандарта. Эти документы ориентированы на индивидуальность ребенка, его развитие и удовлетворение требований детей и </w:t>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұмыс нәтижелерін қорытындылау.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="002D177D" w:rsidRPr="004048BC" w:rsidRDefault="002D177D" w:rsidP="004048BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B018C">
+      <w:r w:rsidRPr="004048BC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">родителей. Как известно, любая инновационная технология – это инструмент </w:t>
+        <w:t xml:space="preserve">Осы кезеңде эксперименталдық </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ңының апробациясы бойынша </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="00B6577A" w:rsidRPr="004048BC" w:rsidRDefault="002D177D" w:rsidP="004048BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B018C">
+      <w:r w:rsidRPr="004048BC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">профессиональной деятельности педагога. Педагогические инновационные технологии опираются на передовые методы и технические средства образовательного процесса в дошкольной организации. Их цель направлена </w:t>
+        <w:t>нәтижелерін жалпылау және талдау жұмыстары жүргізілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, әдістемелік материалдары мен дамыту орталарының элементтерінен көрме ұйымдастырылды. Жаңа технологияларды пайдалану кезінде балада өзінің мүмкіндіктеріне сай дамуға деген қызығушылық, жаңа білімді тануға деген құштарлығы оянады, өз әрекетінің </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әтижесіне</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="002D177D" w:rsidRPr="004048BC" w:rsidRDefault="002D177D" w:rsidP="004048BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B018C">
+      <w:r w:rsidRPr="004048BC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">на развитие моральных качеств, формируемых у </w:t>
+        <w:t>жауапкершілік сезіммен қарайды. Технологияларды қолдану барысында кеңі</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007B018C">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004048BC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>детей</w:t>
+        <w:t>ст</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007B018C">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004048BC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>.Т</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> – приоритет личности </w:t>
+        <w:t xml:space="preserve">ікті бағдарлау, ойлау, есте сақтау, байқағыштық, шығармашылық қабілеттерін дамытамыз, қол саусақ моторикасын дамытуға, затты бір-бірімен салыстыра білуге,талдау жасауға, баланың </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="002D177D" w:rsidRPr="004048BC" w:rsidRDefault="002D177D" w:rsidP="004048BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B018C">
+      <w:r w:rsidRPr="004048BC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ребенка, его индивидуальное </w:t>
+        <w:t>ө</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007B018C">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004048BC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>развитие</w:t>
+        <w:t>м</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007B018C">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004048BC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>;ц</w:t>
+        <w:t xml:space="preserve">ірге бейімділігін күшейтеміз. Сәбилердің сөздік қорларын байыту, сөздің дыбыстық жағын дұрыс айтуға үйрету, таным қабілетін, шығармашылығын дамытуға жақсы әсер етеді. Жаңа технологияларды пайдалану барысында </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007B018C">
+      <w:r w:rsidRPr="004048BC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>елостности</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>балабақша ұжымы балалармен, ата-аналармен ынтымақтастықта жұмыс жасайды, ата-аналармен байланыс, қары</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007B018C">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004048BC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> образа мира – установление </w:t>
+        <w:t>м-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатынас күшейеді, себебі қосымша қажетті құралдар ата-аналардың көмегімен дайындалады</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.М</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004048BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ектепке дейінгі білім берудің сапасына жетудің ең негізгі стратегиясы болып инновациялық әдістемелер мен технологияларды енгізуді қамтамасыз ететін және де баланың даму деңгейін болжамдап, диагностикалау арқылы мектепке дейінгі білім беру мен тәрбиелеудің мазмұнын жаңарту болып табылады.Қазіргі заманауи кезеңде гимназия </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="002D177D" w:rsidRPr="004048BC" w:rsidRDefault="002D177D" w:rsidP="004048BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B018C">
+      <w:r w:rsidRPr="004048BC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">через интеграцию содержания образования связи между объектами и явлениями, </w:t>
+        <w:t>ұжымының зерттеу қызметі Қазақстан Республикасының мектепке дейінгі білім беру мен тәрбиелеудің Жалпы білім беретін типтік бағдарламасын апробациялауды және гимназияның даму бағдарламасын жүзеге асыру аясында «Ә</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004048BC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="007B018C">
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004048BC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">создание целостной картины окружающего мира учета возрастных и индивидуальных особенностей ребенка – знание и применение особенностей возраста ребенка в ходе образовательного </w:t>
+        <w:t xml:space="preserve"> тәрбиеленушіні жеке психологиялық-педагогикалық сүйемелдеу арқылы мектепке дейінгі баланың негізгі құзыреттілігін диагностикалау және қалыптастыру» тақырыбы бойынша инновациялық қызметті қарастырады Педагогикалық процесті ұйымдастыруда заманауи педагогикалық технологиялар қолданылады: ОТП жекелеу, білім беру саласы аясында бағдарламалық материалдарды интеграциялау, ойын қызметін білім берудің технологиясы ретінде қолдану, денсаулық сақтаудың әдіс-тәсілдері. Балалармен жұмыс жасауда кешенді білім беруге бағытталған жоба әдісі оқу үдерісін даралап, ә</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007B018C">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004048BC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>процесса</w:t>
+        <w:t>р</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="007B018C">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004048BC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>;у</w:t>
+        <w:t xml:space="preserve"> балаға жоспарлау барысында өздік шешім қабылдап,өз жұмысын ұйымдастырып, бақылауға мүмкіндік береді. Жоба ─ өздік және ұжымдық аяқталған шығармашылық жұмысты меңзейді, оның нәтижесінің әлеуметтік маңызы бар. Ә</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007B018C">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004048BC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>чета</w:t>
+        <w:t>р</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="007B018C">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004048BC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и развития субъектных </w:t>
+        <w:t xml:space="preserve"> жоба негізінде мәселе түйіні бар, оны шешуге әр бағытта зерттеу ізденістерін жүргізу қажет және де оның нәтижелері жинақталып бір бүтін инновациялық жұмыс болады</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004048BC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="007B018C">
+        <w:t>.Н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004048BC">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">качеств ребенка – соблюдение его интересов и потребностей, развитие самостоятельности, инициативы, </w:t>
-[...54 lines deleted...]
-        <w:t xml:space="preserve"> технологии в дошкольном образовании способствуют повышению качества предоставляемых услуг, реализации возрастающих запросов родителей. К числу современных образовательных технологий можно отнести:</w:t>
+        <w:t xml:space="preserve">еге жоба әдісі таңдалып алынды?Мектепке дейінгі балаға сырттай қарап бақылай алмайды, ол жан-жақты көп білгісі келіп, қоршаған ортамен белсенді әрекет етуге талпынады. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="00B6577A" w:rsidRPr="004048BC" w:rsidRDefault="00B6577A" w:rsidP="004048BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1311 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="00B6577A" w:rsidRPr="004048BC" w:rsidRDefault="00B6577A" w:rsidP="004048BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="00B6577A" w:rsidRDefault="00B6577A" w:rsidP="004048BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="009C321F" w:rsidRDefault="009C321F" w:rsidP="004048BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="00767FDB" w:rsidRDefault="00767FDB" w:rsidP="004048BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="00767FDB" w:rsidRDefault="00767FDB" w:rsidP="004048BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="00767FDB" w:rsidRDefault="00767FDB" w:rsidP="004048BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="00767FDB" w:rsidRDefault="00767FDB" w:rsidP="004048BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="00767FDB" w:rsidRDefault="00767FDB" w:rsidP="004048BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="00767FDB" w:rsidRDefault="00767FDB" w:rsidP="004048BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="00767FDB" w:rsidRDefault="00767FDB" w:rsidP="004048BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="00767FDB" w:rsidRDefault="00767FDB" w:rsidP="004048BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="00767FDB" w:rsidRDefault="00767FDB" w:rsidP="004048BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="00767FDB" w:rsidRDefault="00767FDB" w:rsidP="004048BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="00767FDB" w:rsidRDefault="00767FDB" w:rsidP="004048BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="00767FDB" w:rsidRDefault="00767FDB" w:rsidP="004048BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="009C321F" w:rsidRDefault="009C321F" w:rsidP="004048BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
+    <w:p w:rsidR="009C321F" w:rsidRPr="004048BC" w:rsidRDefault="009C321F" w:rsidP="004048BC">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B018C" w:rsidRPr="007B018C" w:rsidRDefault="007B018C" w:rsidP="007B018C">
-[...49 lines deleted...]
-    <w:sectPr w:rsidR="00101EE0" w:rsidRPr="007B018C">
+    <w:sectPr w:rsidR="009C321F" w:rsidRPr="004048BC" w:rsidSect="00767FDB">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009B722F"/>
-[...4 lines deleted...]
-    <w:rsid w:val="009B722F"/>
+    <w:rsidRoot w:val="00B46AC7"/>
+    <w:rsid w:val="000657C2"/>
+    <w:rsid w:val="000B7FCB"/>
+    <w:rsid w:val="00126437"/>
+    <w:rsid w:val="001425A8"/>
+    <w:rsid w:val="001F33E5"/>
+    <w:rsid w:val="00280318"/>
+    <w:rsid w:val="002D177D"/>
+    <w:rsid w:val="004048BC"/>
+    <w:rsid w:val="00731067"/>
+    <w:rsid w:val="00767FDB"/>
+    <w:rsid w:val="007833BD"/>
+    <w:rsid w:val="007F1120"/>
+    <w:rsid w:val="00984E08"/>
+    <w:rsid w:val="00986BBE"/>
+    <w:rsid w:val="009C321F"/>
+    <w:rsid w:val="00AE3E29"/>
+    <w:rsid w:val="00B46AC7"/>
+    <w:rsid w:val="00B6577A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="252" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -2257,714 +1776,96 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00666768"/>
-[...210 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="007F1120"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...405 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="252" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -3066,822 +1967,30677 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00666768"/>
-[...210 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...405 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="44529669">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="987709811">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="745152379">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1613975552">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="103036793">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1085374143">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="427426261">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1383334232">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="219169881">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="456530773">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="339477691">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="308363079">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="784926015">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1197347519">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="694232692">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1113669381">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1189638759">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1948734188">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1431044831">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="615872736">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1383020154">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2137946432">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="796025957">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="736129938">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1301233385">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="408964312">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="120345808">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1601790557">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="860706195">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="223836838">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1580481681">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="297074817">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1834684676">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1255826088">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1826818383">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="564335235">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="877277516">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1499540003">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="285425896">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="376707732">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="914776872">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="772212474">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="555699633">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="224027377">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1647470336">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="332993588">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="573708125">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1312901392">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2090618816">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="657271377">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2136243445">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1570383530">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1805006782">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="190531085">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1824349674">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="215513755">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1213031986">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="923076913">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="487670293">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1038746320">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1710643341">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1252422619">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="929780242">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="535116545">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="485780353">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1488093170">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="165437513">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1886987663">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1769764491">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1858495525">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="251858685">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="25300804">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="852764550">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1712798316">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1764182731">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1779984714">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1548222466">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1254977458">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="965507878">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="34623158">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1079257083">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1291977285">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="430859559">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="630790033">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="569581097">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="749815620">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="419182219">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2057656280">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="428742612">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="737753614">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="996226579">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="422801002">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2086147267">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2111851803">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="847603112">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="58135311">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1187328045">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1382827619">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1310666383">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="704138716">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="532184405">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1505628530">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1262105169">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1686176610">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1136070148">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="850753379">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="844856313">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="961960748">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1358313616">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="151678679">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1776830596">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="137037710">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1492478455">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1118724622">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1226183167">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1798647100">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1787890482">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="279118597">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1344236697">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1128164075">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1485660932">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1217863461">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1326786247">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="766073344">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1656059837">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1003582963">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="573861524">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1335524564">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="263651374">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1854564689">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="7752464">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1345597661">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="480073860">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1742559525">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="333261644">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="343098967">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="587888787">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1407802121">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="436367658">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2002000027">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2022318483">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="380252809">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1079599592">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="657273318">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1412696789">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="397360502">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2141798159">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1105080385">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1303149115">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1606383700">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1390113684">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="637616256">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="402605037">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1957515674">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="786193031">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="452208617">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1008557347">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="711344764">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1022393426">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2075853843">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1386639972">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="290287518">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="540825059">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="65108379">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1533418252">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="526259381">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2076970161">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1665932485">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1119380000">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2104179662">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1749182575">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="408776646">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="936407887">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="920604078">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="703599504">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="154303358">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="735783270">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="962807747">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="598493545">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1656566887">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1650595404">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1759279815">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1627194232">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="519705758">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2071221151">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="700278440">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1388452908">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1617709927">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1486437584">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="232159667">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1732725626">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="515537855">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1846824295">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="384913017">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="288166012">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2085294078">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="358434067">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="347367109">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="785387745">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="198399916">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="3671151">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="360279968">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1690444456">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="607808909">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1470633043">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1274247317">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="211162917">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="37047309">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="779421718">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1014570201">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="856045870">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="656610367">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1301227371">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1041249383">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1988317984">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="388503516">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1545826064">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1342245021">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1938975935">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="161749355">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="742608293">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1596549841">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="161362208">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="927956327">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="312950913">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="760178162">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="430780893">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="248077360">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="860705955">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="65734833">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1842962314">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1266377574">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1587884549">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="168760768">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="113256689">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="987712816">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1331716385">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1692604874">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1728913999">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1340960901">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1063723356">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1227180939">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1131437196">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="92406419">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="983512508">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="270210632">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1582327412">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="651104373">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1479803269">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1190605951">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2012174275">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="66995580">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1345667536">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1848475535">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1127352595">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="655957835">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="512959553">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1904755309">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1843663054">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1265654579">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1223368474">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="926377236">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1183276881">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1554341847">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1398821404">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="543179733">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1825119229">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="938441350">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="508570616">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1803882877">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="31460988">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="943926089">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="304507328">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="618877736">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1465463746">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1116557591">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="201016630">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1042703880">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1836526681">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1673682804">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="619645959">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1379670086">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1323004539">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2004814128">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="241762353">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1825505894">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="351492128">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1704286124">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="219557523">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1189181553">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1046367660">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1792551584">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1519199557">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1745638637">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="408843090">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1156723155">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2100832436">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="516509178">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="311326219">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="621809515">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="384959131">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2043675690">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1234468727">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="849291573">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1878463770">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="507402102">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1906866673">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1237277550">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="996492897">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="914508425">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="973943917">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1059670275">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="305354309">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="892038990">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="678888785">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2139445708">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="283853807">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1150823721">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="190076829">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="977102580">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="894044129">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1327201000">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1241058227">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1869414699">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1706446643">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1939171208">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2016686864">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="216206551">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="278535828">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="577789750">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1084454382">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1320383339">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="159348616">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1369791950">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1067148642">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="279849026">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1985812062">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="332027541">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1073551158">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="113183576">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="763111148">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1294872928">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1167863388">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="559437494">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="957956871">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1880049082">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2102217486">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="19595994">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1639842981">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1150562154">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="11495469">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1077172865">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="870611552">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1363746633">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="980307114">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="571545828">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1841237331">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="657878205">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1196583419">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1694724340">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1724913305">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="21902699">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1634678714">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1707022905">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="46535094">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1842623179">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="574630249">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="790973199">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="345988907">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="671835253">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1938127604">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="218710111">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="103428043">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="165369622">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="91322441">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1117329397">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="722213220">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="452093318">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1738698496">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2084444254">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1251084672">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="44063294">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="285241318">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="46268761">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="815073873">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1621917299">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="811799998">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="766657930">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1825925969">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="974993580">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="671223756">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="113717079">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="680082189">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="161747276">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="555169452">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2004240368">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1310013683">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1522548918">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="848788530">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="734356138">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="827938333">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="846866010">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1762986750">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1174419565">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1442528114">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="287663691">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1967731173">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1066227370">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1478299023">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="742290482">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1393119851">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1981367">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="22947342">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1739160574">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1692145377">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1402830333">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2142771746">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="510484451">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="788090746">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="758601309">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1452090865">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="330261698">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2058505251">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="60062564">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1343433303">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1539315217">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="460542965">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="95058338">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1833139931">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1004091636">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="217321571">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="776564044">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="505099371">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="175654356">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2087221993">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1876965698">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="937367372">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1010720628">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2002272839">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="812870099">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1718973093">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1271548833">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1904020993">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1115759367">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1294948459">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="337387823">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="354691279">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="566262157">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1258171984">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1423642239">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="525288835">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1593858786">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="838352264">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="740374120">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1127428232">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2034649066">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1751803513">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1347515728">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="574439136">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="680938963">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="913590015">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1268931321">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="676231425">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1166703281">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1916888654">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1911228125">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1468358859">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1691953597">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1202010725">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1447040119">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="380061756">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1065103579">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1487012245">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1207833524">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1625692565">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1813713268">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="676083613">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="660541455">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="687290802">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="155999408">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1763799768">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2056854362">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1737316511">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1942107154">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="867716331">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1765345319">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1466309024">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="670990015">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="570845620">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="869950056">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1696342835">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2023968808">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1008869142">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="503085593">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1337614427">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="383648405">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="577447664">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1672757010">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1028917250">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1240403338">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2127579015">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="391926090">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="513542045">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="702173386">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="91435385">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2041279215">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1728724599">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1685207078">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="494228709">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2016955676">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1074354664">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1295215631">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="448624853">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="528565182">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1527404927">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1886092139">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1851606889">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="458450995">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="454639835">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="746458345">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1310208542">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="877472517">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1993410040">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2011256179">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1194345500">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="336930071">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1669822419">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2127918941">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1767336527">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2097654">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="987169078">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="72358047">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="502202420">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1339194162">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1482623253">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="52781510">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="244725922">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1495607796">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1294408688">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1653633904">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="422654965">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1275793205">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1963077273">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1095979148">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="691995758">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="175658794">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="120465507">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1939557776">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="936258264">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1208184774">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="459613018">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="861433887">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="213468652">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="67122567">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="519928926">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1328048668">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1656956145">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1177379391">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="985431118">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1765958252">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="19014469">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="312486746">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1089690112">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1338074072">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="206142081">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1434860085">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="589046293">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="396249476">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2038000548">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="546452998">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="424300651">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1064110216">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1558201770">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="704720994">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="981233817">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1344940135">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="45302101">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="100493954">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="556404123">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="125466322">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1860584167">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="847016523">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1625577371">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2129931419">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1216159023">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="607853214">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="985742691">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="182600205">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="367612529">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1422263783">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2051299451">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1997565904">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="876818641">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1302031958">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="183786228">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1502550336">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1308969555">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1594389753">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="600261129">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="931093">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1967469949">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="420757200">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1352025006">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="358361674">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1545868416">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="120536842">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="31392233">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1307011855">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="872809039">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="106589076">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="806316505">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1151219318">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1740520703">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="415519516">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1958680498">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="343287171">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="899680924">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="221596881">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="11033639">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1488012344">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1098523431">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="360714794">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1810048158">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1454708245">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="574556594">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="228736713">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="842938988">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1360666445">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1517843722">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="669874715">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="160896667">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1124154535">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1744135641">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1675913848">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="731074959">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2037540319">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1253466276">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="425853184">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1980256914">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1475219737">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1981575471">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1406561865">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2132896368">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1615554408">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="486753396">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="550921933">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1755276913">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="460001474">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1720132160">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="30544820">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1985574642">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1261332656">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1336149384">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="735594637">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1692951328">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1556355605">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="408188106">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="265701544">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1860466315">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1640183184">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1683975938">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1152794763">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="849754458">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1543664307">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1884947172">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1658027741">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="390542792">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1489059074">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="168445099">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="20479393">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1027632595">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1743482094">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="327750475">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1106853958">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1434351672">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="834418177">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1818108199">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1882666037">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1978294087">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1313288932">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1502425927">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="928658272">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="138959502">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="753163163">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1523129481">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1062949230">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="166604135">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1289238692">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="109670452">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="609316128">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="156383917">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="433525099">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1210528010">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1974751680">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1258515872">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1265068031">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1238707386">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="13574409">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1937637585">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1754470357">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1324355000">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1187905565">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1745688894">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1616598532">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="161705705">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="11348501">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1906986902">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="997465866">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1498032545">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="736784115">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="17975471">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2120417898">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="910577363">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="501622422">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1816020470">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="357005837">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1646662671">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="302084130">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1696535800">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="118495280">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="164705822">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="966933651">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1620723723">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1634093128">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="526647856">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1734159192">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1496266156">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="591358166">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="150873459">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1318069424">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="146947158">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1136602863">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="442187003">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="119151852">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="744760784">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1107191545">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2047757141">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="616568027">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="557665282">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="348945550">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2138404507">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1225527210">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1989548813">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1636060515">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1915505987">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="712467557">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="173301302">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1695425089">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="677539963">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1509515423">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1340889115">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="557059506">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1816558430">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1692297277">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="400906617">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="264578700">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1278177879">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="576718968">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1951007096">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1871141922">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="376012473">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="913971909">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2061007842">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="975720995">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="610434010">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="441803282">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1771923580">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="298345740">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="366873583">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1699965009">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="200364678">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="125970511">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2097970534">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1920207236">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="399400777">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="629046149">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1174877096">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1136945339">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1851411618">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="216432015">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="147407559">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1676491983">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1651597969">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1972054157">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1281300029">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="907569820">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="450054995">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1100178345">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="9768084">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="328563088">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1032996281">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1447699103">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1203205360">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1196038865">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1223055121">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1293098440">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="289867301">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1299648936">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1794978867">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="709115910">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="899485754">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="273631276">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1838574736">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="21127386">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="765424884">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1383673288">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1958876535">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="67920642">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1553497902">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1222671890">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="781220600">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="561184941">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1987198529">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1481919183">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1980305008">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1942951109">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1768964660">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1705666284">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="300422393">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="678241522">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1992712103">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="698237761">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="628318811">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1572884519">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="408039100">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1929850511">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1259408753">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="642471653">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="960845133">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="185339757">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1277643870">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1117258247">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1470898559">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="204174978">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="183901927">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="636640674">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1038506085">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1337534512">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1521353847">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1461340366">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="702095145">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2021273024">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="737244992">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2007702736">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1976329418">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1181360303">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1934895333">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1769345971">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1237589243">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1364939254">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1765960108">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="158619820">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1684168145">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1183589980">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="776556518">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1480027103">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="39479552">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1591935965">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1196965267">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1152910073">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="140581009">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="267352261">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1288464045">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="596521400">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="123350508">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1073507187">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1202669009">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="284969345">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="29033214">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1553149029">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="782191937">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1660958613">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1431972626">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1568106031">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1290548148">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="687876915">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1742362290">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="523835309">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1499996680">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="839464025">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1467158241">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1439060684">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1890870969">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1578200449">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="570193627">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1379666469">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1265697123">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="716274128">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1420326058">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1190335582">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1900822091">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1729456560">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="735931306">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="257180234">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="987323348">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1702823494">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="971984767">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1309088112">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2083066250">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1586917127">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="253125024">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1346830433">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="346906080">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="293873656">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1919170379">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1230077188">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="779495611">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="353775787">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="325479164">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2078167882">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1639146329">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2039381529">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="961887007">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="883295457">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="762920922">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="550968953">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="349838090">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1283539081">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1371800555">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1700279132">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1601723366">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="557784315">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1441996015">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="397946015">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1579823578">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="368991621">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1761214663">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1626307615">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1636989350">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1944191124">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="909851394">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1446461979">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="450368785">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1309167786">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="551505235">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="408159619">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="5401649">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="979773140">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="489634298">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1028993023">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1689788996">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="455484952">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1761753249">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="69929844">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1790318837">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1928030818">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1762336906">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1891575698">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="549927734">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="408893096">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1373383570">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="215820854">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1956406188">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1772125821">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="998656573">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="422649447">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1527594882">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1910729629">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="167671906">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1964799656">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="697706427">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="864442684">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2079786943">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="606934593">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1534269731">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1350060355">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="630789077">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1823236475">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1121726828">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="493838639">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1946157346">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="172260159">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1339188049">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1026634290">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1218934474">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1127625830">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="999381108">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1834372742">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="404762488">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="792213041">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="126359109">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1669405177">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2030178355">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1900631527">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="723411890">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1419129830">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="641471018">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1897812647">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="55864971">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1696269121">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1575970774">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="552232754">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="194851079">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1705473078">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1800295823">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2092046744">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2068792879">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="498231175">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1348173214">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="998070251">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1819498745">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1897741353">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="226693863">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="912620855">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1323924601">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1567108690">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="597911120">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="986670920">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1524979848">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1820069726">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="386949951">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="244195896">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1423799752">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="494036984">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="948925584">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1922253588">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1951431623">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1061178076">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2097164132">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="947542649">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2085297773">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1381319760">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1142308125">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="640695798">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="252084176">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2128158143">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1188833111">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="959801472">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="548305701">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1957903897">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1874145572">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1441800889">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="684092700">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="85422459">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="342820948">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="452670690">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1529640781">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2042778557">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="133370906">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1001005928">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1688362597">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1918703576">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1023745476">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1903130635">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2007976216">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="982200116">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2001233994">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="327951604">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1042823093">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="962922743">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1890141839">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1912538057">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1002199467">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="535242090">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1800147061">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1960187721">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1279948924">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1656761237">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="368146350">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1818649970">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2049911865">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="354385011">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1649548397">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="101919038">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1049577081">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="659578060">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="823620115">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1721443159">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1235049156">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="925920266">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1636063502">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="144707423">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="945036450">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="282269947">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1886794465">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1976061156">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1655379674">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1149327194">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="936908086">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="900560939">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1212569636">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1904289144">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="257830173">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1071925507">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="418909684">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1638804262">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1475415139">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1248422781">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="954143632">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="157815096">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="669017434">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1276988053">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1378429694">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1529220146">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1882354994">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="866524838">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1720010542">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="978150382">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1376662010">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1457404920">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="836462775">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1850217190">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="285041453">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1563366934">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1487546453">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1483079955">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="823090023">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="607157577">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="129177931">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1328291091">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1702196972">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1490368150">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="568612351">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="947276652">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="219824829">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1755780227">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1899315394">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1754082291">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="606811693">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="120273695">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="745418304">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1538734730">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1787001598">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="14309265">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1897668248">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="767846826">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1280531390">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="447701648">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1419905254">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1922986480">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="792330831">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="110591439">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="628710771">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="407268570">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="61101267">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1114903811">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="524439208">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="386687124">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="940990020">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="190464050">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1770662721">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1882596688">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1939018918">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1099988856">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1048335790">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="535386531">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1908102727">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2052999553">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1949115893">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1125736500">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1179277479">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="236789502">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="21593074">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="509679176">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1655571688">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="927470075">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1615287961">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1357151491">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2007512489">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="719329747">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1368529662">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1055811">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="922180429">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="809323090">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1273855695">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="145557640">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1722753379">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1747145737">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="256715525">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2110658912">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2132286875">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1617836045">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1970741169">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1330713442">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="557739902">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1781946496">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1358851996">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1337459276">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="536285509">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="99759644">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1895506257">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1112093711">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1120298596">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="910777887">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2128816953">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="825438777">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1323773936">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="542715995">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="558325325">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1391999571">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="487139137">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2012053204">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="689181379">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1572541637">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1416971477">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="731391369">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="291636324">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1975256661">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2046903683">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1027560701">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2087456825">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1783300668">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1140422031">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="590046893">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="737901733">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1951012031">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1957101856">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="851188264">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="141892820">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="327563227">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1744642938">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="401342652">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1061631953">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1924953945">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1032530924">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="41290014">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1407876019">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="929309499">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="567615670">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2099668260">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1248661036">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="671373704">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1781803826">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="722214439">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1416317105">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1318612249">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="73939930">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="556209581">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="571934724">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="272638257">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1583950911">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2081170604">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1779638328">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="386145474">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1519008281">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1974674896">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="571236492">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="108819579">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="740062135">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1456170481">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1943567665">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1829587571">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1082529320">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="24524033">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2053186252">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1802765495">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1927304655">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="385758031">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1880166444">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1676108528">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1065488302">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="570963496">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="580484367">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1596279672">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1575623860">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1095395767">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1224560593">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="403798180">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1175263993">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1428504491">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="548956445">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="679085258">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="930895314">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1898396544">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="937755040">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1685790760">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="942952934">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="390032946">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="215163398">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1204513939">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1961571808">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1793356888">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="219175859">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2073263102">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2050840505">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2065374798">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="609552721">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1927183468">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1455902336">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="565379199">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="575436344">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1685861213">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="455292967">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1069380743">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="432866982">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="197360607">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1234239997">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1303731173">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="61683997">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="365328502">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1974021579">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1367636966">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1664897446">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1949652046">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1459495626">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="989746220">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="934633580">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="596331087">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1290430224">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1944605309">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="577981823">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="338699358">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="714963677">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="326716912">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="13777310">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1779830198">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="369308355">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1844511507">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2090493757">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="984352091">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1896966135">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="431239592">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="409272844">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="23333176">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="606161668">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1999571381">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1998997160">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="967200044">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1049376820">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="780539776">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="212430134">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1582254404">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1313413987">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1051854319">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="599728177">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2117602427">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1383021046">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="427235409">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1917204544">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="85735173">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1662613612">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2066566583">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2125692234">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="651907467">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1452047548">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1417557975">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1501698227">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="286159316">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="32200103">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="467363923">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1740864525">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="720596953">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="319693186">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2087216347">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1513913559">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1025327553">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="580215949">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="536546746">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="418017440">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1274747377">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1056003035">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="130829180">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2042902406">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="422919819">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1722632445">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1029994553">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1399092593">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="394624570">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="551965582">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="364870151">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="391999382">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1907641412">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1645890464">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1359240309">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="287198842">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1204517846">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1924024831">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1305697898">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="551306513">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1079444435">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1237014832">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="858356372">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1020736096">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="720830615">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="511073364">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="362486234">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1068722040">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="397216965">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1521503351">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="168721709">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1225795102">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1656447853">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1801998742">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="282078056">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="931663561">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1008828173">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1049112784">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="640884586">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="804929605">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="908542743">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1710839407">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="88165265">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="457379209">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1390181133">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1224171451">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="625551262">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1965650811">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1501385345">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1229724310">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1782846290">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="752975599">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1358392082">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1120488239">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1756512051">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="607005302">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="76750216">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2104255005">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="391001964">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="885722590">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="373971590">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1727022515">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="258487656">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2013800293">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1927229359">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1574194007">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1586382186">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="101611906">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="545147153">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="736900273">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="292516402">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="621810762">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1457093922">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="671224183">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="195318024">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="821772255">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1515803744">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2088377455">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1590195083">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="857238755">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1463385005">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1375274707">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1277178303">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="219439446">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1329287269">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1193104819">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1302231453">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="859128513">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2110849052">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="986856594">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1197621029">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="256597180">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1167287876">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1719818913">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1865315806">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1696541594">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1092314630">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="567811006">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1627080237">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1072000194">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="135803760">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1958179536">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1033580760">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1404373827">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="340620900">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1976443078">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1824081655">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="174810075">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1666785256">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="580145166">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1040085395">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="820268951">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1725566154">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="818425367">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="953974685">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1800369789">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1475874102">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1670016278">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="9718191">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1817332496">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1244799283">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="788671357">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2782088">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1318874671">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="421803896">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="362484119">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1343971257">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1459834623">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="841092661">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="241332455">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2136099248">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="244386943">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1634411066">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="469057032">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1633095624">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="130366074">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1952123956">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="931159244">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="491261152">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="178734975">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1929386744">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="845249858">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1882938384">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1943801551">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="735202063">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="690496116">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1115170780">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1022703783">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1993756782">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="502862903">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="576792634">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1146438172">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1290356032">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1266843603">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1801412182">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="905725261">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="670714081">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="74595134">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1533223588">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="92820325">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1567909117">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1772120519">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="710106547">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="914634273">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="410658399">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="339091831">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1710252658">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1300766860">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="594241777">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="231429321">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1190877348">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="873083914">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1881088293">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="226310184">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2107338590">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="420760217">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2072578919">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1833569651">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1898472628">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1966615781">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1349913248">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="462969161">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1501387236">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="614025115">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="319695601">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1826359221">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1082216781">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="164908126">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1445030793">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="368726179">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="335116231">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1114398678">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="965356887">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="126701320">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="140077769">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="925268164">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="654650340">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1458570753">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1802377771">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2045595193">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2130513143">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1895921186">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="286931511">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2080470041">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2146852484">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="201600877">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2034450390">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="490020521">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1174800210">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1331786621">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="729304699">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1494491283">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="707994681">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="572662629">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1841501712">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1638756961">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="209921105">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1329477034">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1473861876">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1026952121">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1170563721">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1116171158">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="14887220">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="875579934">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="287517658">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1752043206">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1095175012">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="42411470">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1886090934">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1624847604">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="387998830">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1863006835">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1779838453">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="556206611">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="109472248">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1937596803">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="35127963">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="14158359">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="477305441">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="224341372">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="118185771">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="303824951">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1129978278">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1911306217">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1893492870">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="252785896">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1333294468">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2142141195">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="90512985">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1367296701">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1130438822">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2139302476">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1260871435">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1349327103">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1884100658">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1416781746">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1427073242">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="166212304">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1916431320">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1877430750">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1068261602">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1837920995">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="727843907">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="127750364">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="350643021">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="584605655">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1828782727">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1990477476">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="537163715">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="467744677">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1467776560">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="619193076">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2099674697">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1517112139">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="199824334">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1679771353">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="130055316">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1452357029">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="347414410">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2105758461">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1186989214">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="521089421">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="58751980">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1248227712">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2009482878">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1995062619">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1954677202">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1711033593">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="425271481">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2067679934">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2123256577">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1958216535">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1002780985">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1321274180">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="785854801">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="365369981">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1129973171">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="531919444">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="686172289">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1796750566">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1625191801">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1099644298">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="14842330">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1499736056">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1460612215">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1724518447">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1961719213">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="210504895">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="264577046">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="86578087">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="14888182">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1794519193">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1849952314">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="381370550">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="546333534">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="991101512">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="4939240">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1086809320">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1341200245">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2091072893">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="294675906">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1539469329">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1961917932">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="115830467">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1468090831">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="827676547">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1443721968">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="69426739">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2049380110">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="398288668">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="858810212">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="56249200">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="453595806">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="687491308">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="827401130">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1022438563">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="200168578">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="756437236">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="959341917">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1480809403">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="798694394">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1439912361">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1537424320">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1272934390">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1448083703">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="441926282">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1268847937">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2038845775">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1906910417">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1976058809">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="854537492">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1614480142">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="858735060">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="262690446">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="380326292">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1147284544">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="905411476">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="238826862">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1608198024">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="290864851">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1017655743">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="240337306">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1017855173">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1907256150">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1845121713">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="36860284">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1108963806">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2043046876">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="200946716">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="553547526">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1567690019">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1652056071">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="361247252">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1360933477">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1947417339">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="968583279">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="162933906">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="8876292">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1582712342">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1308627312">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1945838308">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="316804901">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="401760356">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="259608123">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1418163150">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1064521466">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1953631828">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="979070558">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1183789363">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="20782320">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="574096165">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="528955685">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1514613623">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="464004908">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1214542505">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1674140593">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="895623376">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1530921185">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1097945356">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1735270719">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2031251056">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1912890731">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1335764711">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="155193535">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="5718957">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1537502666">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="361133137">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="70853733">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1298224104">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="246114561">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1809318300">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1009525164">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1331368033">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1499732885">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="604266496">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="333538633">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1244415650">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1559779814">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1705980252">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="965113902">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="776026530">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="560294010">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="828523354">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1674600435">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="303125694">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="393358764">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="714425825">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1687975707">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1968005040">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="361901259">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1919359447">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1865708877">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="767698337">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="903682493">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2111968297">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="110056914">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="148905093">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="535850929">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="276260837">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1523276474">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1090663122">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="833958198">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1909537443">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="252859003">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1250695228">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1163010501">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="367265092">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="330837232">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="244194800">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="540049184">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="605237567">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1478570306">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="972712371">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="477919114">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="267465707">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1415127885">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1698265160">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="442648700">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1315256952">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="596837025">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1635524328">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1006713774">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="303122033">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1764568948">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2054840853">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1623801679">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1233125784">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="696543739">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1662079128">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="90397369">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="414012070">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1453984185">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="267323815">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1651906039">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="874469012">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="241376182">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="938607311">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1236476438">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="795291753">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1021011882">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="209390156">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="363946153">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1617910030">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="214044916">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1692956482">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1078093154">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="281154849">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="851726788">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1723209742">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1371228606">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="438453162">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1571651437">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="359009518">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="330911978">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1346709975">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="556629189">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1097288933">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="320355300">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1165558730">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1386023288">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="989093912">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="521435800">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1304314389">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="912085283">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="961690462">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="768820193">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="864367038">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1327367969">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="416707155">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2143887793">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="464012324">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="888960544">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1507163948">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1452671683">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1897006066">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1831485928">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="121266399">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1630739978">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="154104814">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="500050891">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="339048412">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1864828698">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="9532744">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2054502443">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1593395699">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="45028700">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1809855152">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="867378167">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1538859157">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="328607805">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1178151119">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="252208816">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="595552711">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="827210449">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="31077367">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="330183591">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="906915749">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="904099416">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1100298275">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="643312705">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1538007131">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1193231700">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="865872673">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="420954096">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1781875071">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1009602698">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1749841962">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="219246582">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1728725392">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="979724353">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1007168911">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1504321837">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1141120882">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1647512095">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1619220014">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1089544503">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1411460806">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1910000897">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="902370913">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="535780196">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="891772821">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="217055694">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="920138030">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1318655375">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="414327566">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1512447347">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1424303203">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="214589680">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1829589927">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1278217915">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="413094241">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="682169295">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1729717964">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1002660569">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1210341186">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="668026703">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1160661319">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="895160312">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="665861205">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="587269457">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2145345979">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2004429545">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1333608654">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1139885231">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2139447306">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="286087209">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="772282355">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1319764814">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1304121760">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2134245673">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="364334393">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="856696905">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="484786380">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1565873988">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1982076359">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="24214471">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="890724083">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1038091010">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1587226694">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="715130677">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="257177617">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1953004887">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="259608582">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="665477186">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1521431869">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1956256079">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2088502614">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="997921618">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1056777601">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1428503653">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="264265678">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="425266936">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1287586425">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1610770799">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1817140218">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="681472133">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="976110298">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="850998145">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1987314959">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="421993032">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1173641705">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1855920736">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1974867736">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="268780706">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="132646215">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="196164983">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="447353745">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="881407740">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="173347036">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1166018919">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="779571664">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1083914323">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1586650627">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1001742006">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="107163154">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2133397766">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="337007677">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1028530372">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="486212650">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1471022464">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="283000094">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="963344998">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1091313630">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="173498633">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1057705525">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1436556581">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="517087976">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1068500163">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="754984851">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="927158192">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="764687910">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1665665086">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1276716899">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="597521353">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="324093598">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="831599989">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1615749462">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1280212839">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1372725079">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1726637586">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1663238171">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="159732233">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1382483600">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1265647543">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1804423257">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="419103134">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="366416217">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="269555315">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="968509475">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="47606977">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1639677775">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="615411591">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="909771910">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="441345298">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="155997859">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1295254031">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="208956776">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1321469968">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1798333341">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="418019331">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="742145602">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="372266637">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2146392832">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="927929803">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="338315895">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1714115143">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="353651311">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="600644424">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="912013073">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="396125856">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="849224453">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="21833408">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="564221484">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1819682494">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1381051222">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="304554476">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2137092517">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1748726696">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="656148020">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="20740696">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1019089540">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1800145469">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1465001519">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1695881664">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1891381041">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2063022497">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2006664070">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="103573458">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="374277884">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1786197876">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="28460715">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1005205886">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="519246085">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1829901369">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1782383842">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1844591966">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1264453893">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2103143623">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="949092663">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="361589685">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="587077189">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1879122271">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1504973607">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1241018899">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1548490813">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2086567700">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1163860980">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1928809606">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1404908312">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1118185683">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1079592910">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1332296732">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="446199577">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="657999166">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2019500066">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1138523791">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1436091474">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1301497447">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2069961903">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2041590059">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1535342998">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="242492091">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1704671440">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="571700319">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="425923511">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1788238259">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1457869097">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="923102122">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="62720065">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="904411157">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="131211526">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1643390739">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="140467124">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="723723944">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="346293071">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1734161352">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="469177993">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="234585045">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1450707310">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1395620012">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="231354049">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1182470917">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="790635770">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="226917845">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="312294777">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1496334229">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1121651807">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="458693182">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1404133762">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1394159511">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1030031571">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2128232669">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1843082371">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="517280885">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1381980137">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="864055778">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="213741816">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="183906950">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1324892348">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2054308686">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="598224744">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="809979562">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1961646387">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="211967641">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="664167912">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="516820376">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2118326358">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="963582576">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1509326074">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="772826992">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1756709820">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="444621699">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1056466147">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2062360565">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="461848759">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1133064116">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="746537212">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="290940342">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="619264929">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="881400976">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1573082635">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="164443139">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1568105230">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="676468201">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="300229912">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="619917007">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1447457487">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="482357934">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1381124073">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1417365363">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="343440516">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="273370887">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1882739143">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1654262827">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1579173776">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2043703467">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="191920260">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="503059040">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1975283936">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1791705836">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1949700038">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="525750053">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1503811479">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1301230357">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1338580151">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="400565468">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="226191738">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="439838801">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="397368516">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1601331507">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2067561329">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1462528117">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1941140221">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="198206200">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1815676169">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1013920160">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1287547748">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2134323167">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="149833380">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="700979224">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1823809530">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1116023947">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1795514867">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1157111005">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1206525884">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2146969608">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1575974678">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="668673346">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1537157645">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1400790841">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="952712819">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1706909471">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1029336718">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1677343966">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="948509173">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1546409578">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1397703495">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="542137788">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="678239694">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="68424642">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="224995338">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="535896672">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1405684250">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="222764230">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1564097716">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1312321325">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1128402983">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="869562893">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2124958935">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="4018826">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="299775444">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="702169548">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1459641343">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1499230969">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1430085002">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="754010375">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1070536487">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1422603723">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1335374166">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="869682282">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="417215073">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1016612277">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1073696377">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="487214722">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1948612469">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1625115710">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="354381132">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="762531253">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="735472576">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1604804771">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2087915373">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1358773213">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="478688558">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="763651016">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="213200216">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="533034072">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="32538504">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="775368340">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="43453234">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2050835092">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1374959645">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1086220778">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1677338972">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="850333276">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1643922208">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="937639195">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1006249236">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2047749383">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="33427123">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="16808459">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="929199223">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="641690681">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2002543325">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1367483109">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="828516785">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="20514184">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1119226798">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="397870884">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1887521873">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1839153383">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1991641282">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2140030692">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1128202610">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="16584587">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1148670199">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="601493680">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1224608242">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="451486943">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="316611480">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="682710004">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1295213794">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1290476017">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1037848431">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1642928559">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1885292791">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1510173842">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1448701669">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1774285276">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="867060000">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1612393266">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="622151025">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="791750739">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="253322660">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1544056549">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1646813382">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="928464835">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1130050965">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="728385493">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1691223083">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1585266286">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="779452090">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1097218788">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1259102601">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1911505176">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1547064385">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1401251792">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1104770470">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="146291950">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="507257372">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="551621365">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1098411188">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1378430287">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1388843055">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1866216255">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="273488634">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1859847585">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1805734151">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="134378021">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="742264560">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="257757429">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="98840360">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="794176334">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1457214559">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1752042449">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1517764212">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="122624874">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1225987085">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1118717805">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="892355503">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="793526572">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1287782981">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="608243589">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1988821908">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1215581773">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="200481640">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="53085020">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1470826329">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1902249325">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="510150202">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1078213165">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1823497084">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1471944768">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1355618380">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="457533536">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1189686005">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2114325803">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1220284704">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2099709249">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="123470017">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1962760447">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1402214164">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1888569293">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="801927200">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="768819387">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1333752534">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="369498624">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2080127264">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="562831281">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1758817856">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="975135912">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="823276369">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="909847858">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1598172709">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1717927090">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1492795801">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="673218559">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2133672578">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2121994972">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2136436896">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1591739892">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2073696703">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1076822513">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1945501746">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="82071409">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="861865075">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="820192918">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1531529920">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1007638032">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1000541170">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1241526406">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="361248174">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1687630898">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1955550101">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="248348214">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="415786362">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="693271272">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1160583699">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1573127369">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="435560308">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1141465755">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2020231800">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1863350228">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1008361519">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="414863298">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1450323073">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1804418229">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2101485956">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1680737961">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="306011021">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1303729064">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1789397551">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1230311611">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1541434342">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1880630326">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="975838213">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="61949202">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1602909835">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1809475003">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1819612889">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="54084950">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="349840685">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1344553891">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1409958135">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1561861510">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="883710869">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1991443201">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="870532270">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1833830564">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2023823022">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="411900256">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2024748564">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1134444690">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1212889307">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1349795292">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1138374757">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="241763876">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="570390534">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="387581373">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="653149236">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="696927828">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="852770454">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="456989795">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="472481708">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="618730032">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="996765041">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="634994060">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="800418612">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1149517554">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1580796332">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="337804731">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="725489642">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2101218798">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2002543423">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="120804664">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1664315425">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1351565351">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="571697683">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="67072983">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="781799658">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="867572531">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2001998633">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="251622753">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="673336945">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1600678211">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1448307759">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2127774750">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1322078108">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="547299033">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1914392780">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="994259069">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1299528891">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1608081036">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="973410840">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="759445438">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="309990543">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="814224903">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="177936963">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="517425128">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1016616665">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1902671417">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="96021562">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1289774124">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="87965235">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1409688752">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="310600691">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1970935143">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="682711813">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1976178673">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="279186280">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="379327065">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2074306868">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="618874026">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1080181784">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1580292207">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1148206955">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2031683259">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="944731782">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="552928715">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1232354763">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="905603538">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1061488661">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="218637693">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="850800216">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2095279397">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="993291339">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="633564724">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1995599292">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1769932667">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="16126793">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1611548161">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1121727262">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="563756739">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1766996299">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="494296140">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2045055896">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1287656666">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1945452762">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="9336805">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="936132658">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1212769896">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1320772996">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="318120325">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="222251979">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="978997334">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="26107752">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="888415361">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1882090027">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="222641435">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1620259700">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1975988611">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="170529013">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="532964127">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="987440669">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1008828190">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1257516674">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="921569628">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="438062594">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1140809716">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="761996481">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="372267109">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="921067833">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1918050884">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="710037530">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="481384183">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1957445282">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1490050314">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1842161218">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1252011087">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Литейная">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="676A55"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EAEBDE"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="72A376"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="B0CCB0"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A8CDD7"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="C0BEAF"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="CEC597"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="E8B7B7"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="DB5353"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="903638"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -4016,55 +32772,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>5781</Characters>
+  <Pages>3</Pages>
+  <Words>1213</Words>
+  <Characters>6919</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>48</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>57</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6782</CharactersWithSpaces>
+  <CharactersWithSpaces>8116</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>1</dc:creator>
+  <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>