--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,2364 +1,563 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="001F5696" w:rsidRPr="00814D1F" w:rsidRDefault="00DD0535" w:rsidP="00814D1F">
-[...25 lines deleted...]
-    <w:p w:rsidR="001F5696" w:rsidRPr="00814D1F" w:rsidRDefault="00D41DD2" w:rsidP="00814D1F">
+    <w:p w:rsidR="002D338B" w:rsidRDefault="00D41DD2" w:rsidP="00D41DD2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00814D1F">
+      <w:r w:rsidRPr="00D41DD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00DD0535" w:rsidRPr="00814D1F">
+        </w:rPr>
+        <w:t xml:space="preserve">ВНИМАНИЮ РОДИТЕЛЕЙ! </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00023785" w:rsidRPr="00814D1F">
+        </w:rPr>
+        <w:br/>
+        <w:t>Как защитить ребенка от падения из окна</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> .</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>С наступлением весенне-летнего периода многие родители забывают о том, что открытое окно может быть смертельно опасно для ребенка. Каждый год от падений с высоты гибнет огромное количество детей. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00DD0535" w:rsidRPr="00814D1F">
+        </w:rPr>
+        <w:t>Будьте бдительны!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="001F5696" w:rsidRPr="00814D1F">
+        </w:rPr>
+        <w:t>Помните:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Никогда не держите окна открытыми, если дома маленький ребенок! Вам кажется, что Вы рядом, но секунда, на которую Вы отвлечетесь, может стать последней в жизни Вашего ребенка! </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2. Никогда не используйте противомоскитные сетки - дети опираются на них и выпадают вместе с ними наружу!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3. Никогда не оставляйте ребенка без присмотра!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>4. Установите на окна блокираторы, чтобы ребенок не мог самостоятельно открыть окно!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Падение из окна - является одной из основных причин детского травматизма и смертности, особенно в городах. Дети очень уязвимы перед раскрытым окном из-за естественной любознательности. Наличие в доме кондиционера - закономерно снижает риск выпадения из окна, однако помните, что в доме, где есть ребенок до 11 лет - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...14 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>НЕПРЕМЕННО</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> должны стоять хотя бы фиксаторы - это минимальная защита, так как ребенок может открыть окно и сам. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Как защитить ребенка от падения из окна?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1. Большинство случаев падения происходит тогда, когда родители оставляют детей без присмотра. Не оставляйте маленьких детей одних.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>2. Отодвиньте от окон все виды мебели, чтобы ребенок не мог залезть на подоконник.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>3. НИКОГДА не рассчитывайте на москитные сетки! Они не предназначены для защиты от падений! Напротив - москитная сетка способствует трагедии, ибо ребенок чувствует себя за ней в безопасности и опирается как на окно, так и на нее. Очень часто дети выпадают вместе с этими сетками.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">4. По возможности, открывайте окна сверху, а не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>настеж</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00814D1F" w:rsidRDefault="00D41DD2" w:rsidP="00814D1F">
+    <w:p w:rsidR="002D338B" w:rsidRDefault="00D41DD2" w:rsidP="00D41DD2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00814D1F">
-[...55 lines deleted...]
-      <w:r w:rsidRPr="00814D1F">
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5. Ставьте на окна специальные фиксаторы, которые не позволяют ребенку открыть окно более, чем на несколько дюймов. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>6. Защитите окна, вставив оконные решетки. Решетки защитят детей от падения из открытых окон. Вы можете обратиться в специальные фирмы, занимающиеся их монтажом и выбрать наиболее подходящие вашему типу окон.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>7. Если вы что-то показываете ребенку из окна - всегда крепко фиксируйте его, будьте готовы к резким движениям малыша, держите ладони сухими, не держите ребенка за одежду.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>8. Если у вас нет возможности прямо сейчас установить фиксирующее и страховое оборудование, вы легко можете просто открутить отверткой болты, крепящие рукоятки и убрать их повыше, используя по мере необходимости и сразу вынимая после использования. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...15 lines deleted...]
-        <w:t> </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Обратите внимание:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Если вы устанавливаете решетку на весь размер окна, должен быть способ быстро открыть ее в случае пожара! ( Это особенно необходимо, когда специалисты МЧС вынимают людей из горящего дома лестницами, батутами, или когда спастись можно только крайней мерой - незащищенным прыжком из окна). Решетка должна открываться на навесках и запираться навесным замком. Ключ вешается высоко от пола, около самого окна, на гвоздике, так, чтобы подросток и взрослый смогли быстро открыть окно за 30-60 секунд при острой необходимости. Не заваривайте решетками окна наглухо, это может стоить вам жизни даже на первом этаже! При любом типе решеток - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">просвет между прутьями не должен быть более половины поперечного размера головы ребенка (не более 10 см). Если ребенок может просунуть голову между прутьями - нет ни малейшего толку от такой решетки! Устанавливать фиксаторы, решетки - должны только профессионалы! Не экономьте на безопасности своих детей! Обращайтесь только к надежным фирмам, дающим долгую гарантию. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD0535" w:rsidRPr="00814D1F" w:rsidRDefault="00D41DD2" w:rsidP="00814D1F">
+    <w:p w:rsidR="00D41DD2" w:rsidRPr="00D41DD2" w:rsidRDefault="00D41DD2" w:rsidP="00D41DD2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00814D1F">
-[...8 lines deleted...]
-      <w:r w:rsidR="00B21548" w:rsidRPr="00814D1F">
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...24 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Безопасность детей дома. Как сделать безопасные окна для детей?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Многие родители пытаются самостоятельно изобретать способы и устройства защиты окон от детей. Всем известен простой способ защиты от открытия окна ребенком открутив ручку и положив ее повыше. Прикрутить металлическую цепь в верхней части окна, по типу дверной цепочки. Рассмотрим варианты, какие устройства защиты на окна от детей предлагают производители оконных комплектующих: Оконная ручка-замок с ключом Ручку с ключом можно найти на строительном рынке или заказать в любой оконной фирме. Легко установить: необходимо открутить два винта старой ручки, которые находятся под пластиковой пластиной у основания ручки и установить ручку с замком. Детский замок на окна</w:t>
+      </w:r>
+      <w:r w:rsidR="002D338B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для исключения случаев забывчивости есть специальные блокираторы (детские замки), которые ставятся на раму окна внизу створки, закрываются на ключ и позволяют открывать окно в поворотно-откидном положении свободно и не дающее открыть окно в поворотном положении даже на сантиметр. Внутренний стальной блокиратор - надежная защита на окна от детей для поворотных окон</w:t>
+      </w:r>
+      <w:r w:rsidR="002D338B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Можно установить внутренний ограничитель, позволяющий фурнитуре свободно открываться в поворотно-откидном положении и только на 10-15 см в поворотном. Это устройство не видно снаружи окна, оно полностью сделано из стали, устанавливается в верхней части окна. Чтобы открыть створку полностью необходимо разблокировать устройство, на это затрачивается около 1 минуты времени. Ребенок до 6 лет снять блокиратор не сможет, если Вы не будете делать операцию в его присутствии. Для маленького ребёнка будет небезопасным, если вы установите балконную дверь не с пластиковой вставкой сэндвича в нижней части, а стеклопакетом. Нижняя часть двери всегда доступна для исследования ребёнком, и он может ее разбить каким-либо предметом. Поэтому, если из дизайнерских побуждений или вопросов звукоизоляции от внешнего транспортного шума, вы заказываете балконный блок с установкой в балконной двери стеклопакета в нижней части двери или во всю дверь, то попросите в оконной фирме наклеить на внутреннее стекло антивандальную пленку или установить закаленное стекло. </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A72E0E" w:rsidRPr="00814D1F" w:rsidRDefault="00D41DD2" w:rsidP="00814D1F">
+    <w:p w:rsidR="00ED2E6E" w:rsidRPr="00D41DD2" w:rsidRDefault="00ED2E6E">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1919 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00ED2E6E" w:rsidRPr="00814D1F" w:rsidSect="00814D1F">
+    <w:sectPr w:rsidR="00ED2E6E" w:rsidRPr="00D41DD2" w:rsidSect="00FA65C4">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D41DD2"/>
-    <w:rsid w:val="00023785"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00271C07"/>
     <w:rsid w:val="002D338B"/>
-    <w:rsid w:val="003D496C"/>
-[...33 lines deleted...]
-    <w:rsid w:val="00D274EB"/>
     <w:rsid w:val="00D41DD2"/>
-    <w:rsid w:val="00DA239E"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00EC2644"/>
     <w:rsid w:val="00ED2E6E"/>
-    <w:rsid w:val="00F441AC"/>
     <w:rsid w:val="00FA65C4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -2588,61 +787,50 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D41DD2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D41DD2"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
-  </w:style>
-[...9 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="813257079">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="601450448">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
@@ -2930,65 +1118,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>808</Words>
-  <Characters>4612</Characters>
+  <Words>844</Words>
+  <Characters>4815</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>40</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>ПФ ТОО "KSP Steel"</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5410</CharactersWithSpaces>
+  <CharactersWithSpaces>5648</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>