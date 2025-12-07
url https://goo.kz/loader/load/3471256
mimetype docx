--- v0 (2025-12-06)
+++ v1 (2025-12-07)
@@ -1,965 +1,3191 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00853959">
-[...8 lines deleted...]
-        <w:t>Перед каждым выпускником школы встает вопрос — куда пойти учиться или куда поступать? Сделай свой шаг в будущее!</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Мектептің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>түлегін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ойландыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>басты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>сұрағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>оқуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>қайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>баруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00853959">
-[...8 lines deleted...]
-        <w:t>Мы поможем вас сделать правильный выбор!</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Дұрыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>таңдауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>өте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>қиын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">із </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>сендерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>көмектесеміз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rStyle w:val="a4"/>
-[...2 lines deleted...]
-          <w:iCs/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00853959">
-[...8 lines deleted...]
-        <w:t>Вы можете посетить сайты наших городских ВУЗов и колледжей.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>іздің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>қаламыздың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЖОО </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>колледждардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>сайттары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId5" w:history="1">
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="00853959">
-[...19 lines deleted...]
-        </w:r>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Иновациялық</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Евразиялық</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Университеті</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="00853959">
-[...7 lines deleted...]
-          <w:t>Павлодарский Государственный Педагогический Институт</w:t>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Павлодар </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Мемлекеттік</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Педагогикалық</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Институты</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00853959">
-[...18 lines deleted...]
-          <w:t>им.С.Торайгырова</w:t>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>С.Торайғыров</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>атындағы</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Павлодар </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Мемлекетті</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>к</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Университеті</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00853959">
-[...8 lines deleted...]
-        </w:r>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Павлодар </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Машиножасау</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Колледжі</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00853959">
-[...8 lines deleted...]
-        </w:r>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Павлодар </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Медициналық</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Колледжі</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="00853959">
-[...8 lines deleted...]
-        </w:r>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Павлодар</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>К</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>өлік</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>және</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Коммуникация </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Колледжі</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="00853959">
-[...8 lines deleted...]
-        </w:r>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Павлодар </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Музыкалық</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Колледжі</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00853959">
-[...10 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Астана </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>қу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>орындары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="00853959">
-[...18 lines deleted...]
-          <w:t>Л.Н.Гумилева</w:t>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Л.Н.Гумилев</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>атындағы</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Еуразиялық</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>ұлттық</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>университеті</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="00853959">
-[...8 lines deleted...]
-        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Қазақ</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>ұлттық</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>өнер</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>университеті</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="00853959">
-[...8 lines deleted...]
-        </w:r>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Астана </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>медициналық</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>университеті</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidRPr="00853959">
-[...8 lines deleted...]
-        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Қаржы</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Академиясы</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidRPr="00853959">
-[...8 lines deleted...]
-        </w:r>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Технология </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>және</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> бизнес </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>қазақ</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>университеті</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidRPr="00853959">
-[...8 lines deleted...]
-        </w:r>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Экономика, </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve">бизнес </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>ж</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>әне</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>халықаралық</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>сауда</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>университеті</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidRPr="00853959">
-[...8 lines deleted...]
-        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Қазақстан-Ресей</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>университеті</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidRPr="00853959">
-[...8 lines deleted...]
-        </w:r>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>"</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Тұ</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>ран</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>-Астана</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve">" </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>университеті</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00853959">
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Высшие учебные заведения </w:t>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Алматы </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00853959">
-[...10 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00853959">
-[...9 lines deleted...]
-        <w:t>.А</w:t>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>о</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00853959">
-[...9 lines deleted...]
-        <w:t>лматы</w:t>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>қу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>орындары</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00853959">
-[...6 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00853959">
-[...5 lines deleted...]
-        <w:t>Фараби</w:t>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Әль-Фараби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>атындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>қазақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ұлттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B5314">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>университеті</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidRPr="00853959">
-[...18 lines deleted...]
-          <w:t>Сатпаева</w:t>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve">К.И. </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Сатпаев</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>атындағы</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>қазақ</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>ұлттық</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>техникалық</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>университеті</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId21" w:history="1">
-        <w:r w:rsidRPr="00853959">
-[...8 lines deleted...]
-        </w:r>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Абая </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>атындағы</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>қазақ</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>ұлттық</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>педагогикалық</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>университеті</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId22" w:history="1">
-        <w:r w:rsidRPr="00853959">
-[...12 lines deleted...]
-            <w:rStyle w:val="a6"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve">С. </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:color w:val="auto"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>Курмангазы</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>атындағы</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>қазақ</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>ұлттық</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>консерваториясы</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidRPr="00853959">
-[...18 lines deleted...]
-          <w:t>Жургенова</w:t>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Т. </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Жүргеноватындағы</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>қазақ</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>ұлттық</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>өнер</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>академиясы</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidRPr="00853959">
-[...8 lines deleted...]
-        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Қазақ</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>ұлттық</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>аграрлық</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>университеті</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId25" w:history="1">
-        <w:r w:rsidRPr="00853959">
-[...18 lines deleted...]
-          <w:t>Асфендиярова</w:t>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Асфендияроватындағы</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Қазақ</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Ұлттық</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Медицина </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Үниверситеті</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId26" w:history="1">
-        <w:r w:rsidRPr="00853959">
-[...24 lines deleted...]
-            <w:rStyle w:val="a6"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Казахский университет международных отношений и мировых языков им. </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:color w:val="auto"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>Абылай</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidRPr="00853959">
-[...1 lines deleted...]
-            <w:rStyle w:val="a6"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:color w:val="auto"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t xml:space="preserve"> хана</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId27" w:history="1">
-        <w:r w:rsidRPr="00853959">
-[...18 lines deleted...]
-          <w:t>Х.А.Ясави</w:t>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Қ.А.Ясауиатындағы</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>халықаралық</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Қаза</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>қ-</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Түрік</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>университеті</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00853959" w:rsidRPr="00853959" w:rsidRDefault="00853959" w:rsidP="00853959">
+    <w:p w:rsidR="007B5314" w:rsidRPr="007B5314" w:rsidRDefault="007B5314" w:rsidP="007B5314">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId28" w:history="1">
-        <w:r w:rsidRPr="00853959">
-[...7 lines deleted...]
-          <w:t>Казахский государственный женский педагогический университет</w:t>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Қ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId29" w:tooltip="Қазақ мемлекеттік қыздар педагогикалық институты (мұндай бет жоқ)" w:history="1">
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>азақ</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>мемлекеттік</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>қыздар</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>педагогикалық</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007B5314">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> институты</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00531C06" w:rsidRPr="00853959" w:rsidRDefault="00531C06"/>
-    <w:sectPr w:rsidR="00531C06" w:rsidRPr="00853959">
+    <w:p w:rsidR="00531C06" w:rsidRPr="007B5314" w:rsidRDefault="00531C06"/>
+    <w:sectPr w:rsidR="00531C06" w:rsidRPr="007B5314">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -971,55 +3197,55 @@
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C719F0"/>
+    <w:rsidRoot w:val="00CF4183"/>
     <w:rsid w:val="000319D2"/>
     <w:rsid w:val="00531C06"/>
-    <w:rsid w:val="00853959"/>
-    <w:rsid w:val="00C719F0"/>
+    <w:rsid w:val="007B5314"/>
+    <w:rsid w:val="00CF4183"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1196,90 +3422,79 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00853959"/>
+    <w:rsid w:val="007B5314"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00853959"/>
+    <w:rsid w:val="007B5314"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
-    <w:name w:val="Emphasis"/>
-[...9 lines deleted...]
-  <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00853959"/>
+    <w:rsid w:val="007B5314"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -1437,123 +3652,112 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00853959"/>
+    <w:rsid w:val="007B5314"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00853959"/>
+    <w:rsid w:val="007B5314"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
-    <w:name w:val="Emphasis"/>
-[...9 lines deleted...]
-  <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00853959"/>
+    <w:rsid w:val="007B5314"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1991323250">
+    <w:div w:id="1593278261">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pmk-kolledg.kz/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tammby.narod.ru/kazahstan/kazuniart.htm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tammby.narod.ru/kazahstan/kazahstan-mo.htm" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tammby.narod.ru/kazahstan/ablaikhan.htm" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tammby.narod.ru/kazahstan/kaznpu.htm" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.psu.kz/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tammby.narod.ru/kazahstan/enu.htm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kuef.kz/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tammby.narod.ru/kazahstan/kaznmu.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kazutb.kz/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tammby.narod.ru/kazahstan/kazntu.htm" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ppi.kz/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.muscomplex.pavl.kz/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tammby.narod.ru/kazahstan/kaznau.htm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ineu.edu.kz/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fin-academy.kz/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tammby.narod.ru/kazahstan/kaznai.htm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tammby.narod.ru/kazahstan/zhenpi.htm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pktik.kz/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.turan.edu.kz/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.xn--llgpvl-4ofb0f3a.xn--z-stb/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.amu.kz/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tammby.narod.ru/kazahstan/conservatoire-kz.htm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tammby.narod.ru/kazahstan/kazahstan-mo.htm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pmk-kolledg.kz/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tammby.narod.ru/kazahstan/kazuniart.htm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tammby.narod.ru/kazahstan/kazahstan-mo.htm" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tammby.narod.ru/kazahstan/ablaikhan.htm" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tammby.narod.ru/kazahstan/kaznpu.htm" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.psu.kz/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tammby.narod.ru/kazahstan/enu.htm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kuef.kz/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kaznmu.kz/kz/glavnayakz.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kazutb.kz/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tammby.narod.ru/kazahstan/kazntu.htm" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kk.wikipedia.org/w/index.php?title=%D2%9A%D0%B0%D0%B7%D0%B0%D2%9B_%D0%BC%D0%B5%D0%BC%D0%BB%D0%B5%D0%BA%D0%B5%D1%82%D1%82%D1%96%D0%BA_%D2%9B%D1%8B%D0%B7%D0%B4%D0%B0%D1%80_%D0%BF%D0%B5%D0%B4%D0%B0%D0%B3%D0%BE%D0%B3%D0%B8%D0%BA%D0%B0%D0%BB%D1%8B%D2%9B_%D0%B8%D0%BD%D1%81%D1%82%D0%B8%D1%82%D1%83%D1%82%D1%8B&amp;action=edit&amp;redlink=1" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ppi.kz/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.muscomplex.pavl.kz/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tammby.narod.ru/kazahstan/kaznau.htm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ineu.edu.kz/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fin-academy.kz/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tammby.narod.ru/kazahstan/kaznai.htm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tammby.narod.ru/kazahstan/zhenpi.htm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pktik.kz/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.turan.edu.kz/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.xn--llgpvl-4ofb0f3a.xn--z-stb/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.amu.kz/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tammby.narod.ru/kazahstan/conservatoire-kz.htm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tammby.narod.ru/kazahstan/kazahstan-mo.htm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1802,54 +4006,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>416</Words>
-  <Characters>2372</Characters>
+  <Words>453</Words>
+  <Characters>2586</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2783</CharactersWithSpaces>
+  <CharactersWithSpaces>3033</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>23</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>